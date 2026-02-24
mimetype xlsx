--- v0 (2026-02-23)
+++ v1 (2026-02-24)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3546" uniqueCount="1200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3914" uniqueCount="1315">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2007,50 +2007,261 @@
   <si>
     <t>31468</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31468/indicacao_no_158-2026_-_construcao_ginasio_regiao_norte_-_fred_piau.docx</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo que determine ao setor competente a construção de um ginásio poliesportivo na região norte de Pedro Leopoldo.</t>
   </si>
   <si>
     <t>31494</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31494/indicacao_no_159-2026_-_melhorias_dr._neiva_-_fred_piau.docx</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo que determine ao setor competente a realização de melhorias na Rua Dr. Neiva, nas proximidades do Bar Litoral, localizada no Centro do município, tendo em vista os constantes alagamentos que ocorrem no local durante o período de chuvas.</t>
   </si>
   <si>
+    <t>31507</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31507/indicacao_no_160-2026_-_patas_de_borrachas_-_alex.docx</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo, por meio da Secretaria competente, que seja avaliada e providenciada a instalação de borrachas de proteção nas patas/apoios das máquinas utilizadas em obras no município.</t>
+  </si>
+  <si>
+    <t>31511</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31511/indicacao_no_161-2026_-_isencao_iptu_para_insatisfeitos_-_alex.docx</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo, que seja realizado estudo de viabilidade técnica, jurídica e orçamentária para instituir procedimento administrativo que permita ao cidadão solicitar reparos em vias públicas e na iluminação pública, bem como avaliar a possibilidade de isenção do IPTU nos casos de não atendimento dentro de prazo razoável.</t>
+  </si>
+  <si>
+    <t>31513</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31513/indicacao_no_162-2026_-_placas_de_ruas_-_alex.docx</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo, que seja realizado um levantamento e, posteriormente, a troca/substituição e instalação de placas de identificação das ruas em locais onde inexistem ou onde se encontram em más condições, com as seguintes especificações:_x000D_
+Identificação completa da via, contendo:_x000D_
+Nome oficial da rua;   CEP correspondente;_x000D_
+Identificação por vetor territorial, com padronização visual por cores, a fim de facilitar a localização e organização urbana, como por exemplo:_x000D_
+Vetor Norte – cor azul; Vetor Sul – cor amarela; Vetor Leste – cor verde; Vetor Oeste – cor vermelha;_x000D_
+(ou conforme definição técnica do município)_x000D_
+Inclusão de QR Code nas placas, que, ao ser escaneado pelo cidadão, direcione para uma página digital (biografia) contendo informações sobre a personalidade, fato histórico ou referência que deu nome à respectiva rua.</t>
+  </si>
+  <si>
+    <t>31515</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31515/indicacao_no_163-2026_-_drenagem_camilo_alves_-_alex.docx</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo, por meio da Secretaria Municipal de Obras, que seja elaborado e executado um projeto técnico de drenagem pluvial em toda a extensão da Avenida Camilo Alves, integrado ao pavimento asfáltico existente e/ou se precisar um pavimento asfáltico novo.</t>
+  </si>
+  <si>
+    <t>31517</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31517/indicacao_no_164-2026_-_rotatoria_araguaia_jaguara_-_alex.docx</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo, por meio do órgão competente de trânsito, a realização de estudo de viabilidade técnica para implantação de sinalização viária no cruzamento da Avenida Araguaia com a Rua Jaguara no bairro Andyara._x000D_
+rotatória</t>
+  </si>
+  <si>
+    <t>31519</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31519/indicacao_no_165-2026_-_bancos_em_torno_da_igreja_-_marcio.docx</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo a instalação de bancos em torno da Igreja Sagrado Coração de Jesus no bairro Teotônio Batista de Freitas, neste município.</t>
+  </si>
+  <si>
+    <t>31521</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31521/indicacao_no_166-2026_-_mutirao_otorrino_-_marcio.docx</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo a realização de Mutirão de Otorrino para zerar filas, neste município.</t>
+  </si>
+  <si>
+    <t>31523</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31523/indicacao_no_167-2026_-_ampliacao_de_cemai_-_marcio.docx</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo a realizar estudos técnicos para a devida ampliação de capacidade e estrutural do CEMAI no bairro Teotônio Batista de Freitas, neste município. CENTRO SOLIDÁRIO</t>
+  </si>
+  <si>
+    <t>31525</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31525/indicacao_no_168-2026_-_hora_extra_-_marcio.docx</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo a viabilizar o pagamento de hora extra aos motoristas do Pronto Atendimento e Hospital Francisco Gonçalves, neste município.</t>
+  </si>
+  <si>
+    <t>31527</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31527/indicacao_no_169-2026_-_wifi_ubs_-_marcio.docx</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo dar acesso gratuito à internet (wi-fi) nas UBSs, deste município.</t>
+  </si>
+  <si>
+    <t>31529</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31529/indicacao_no_170-2026_-_incineracao_lixo__-_silvana.docx</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo, através das Secretarias competentes, a realização de estudo de viabilidade técnica, econômica, ambiental e jurídica para a eventual aquisição e implantação de uma usina de tratamento térmico de resíduos sólidos (incineração ou tecnologia equivalente), com o objetivo de otimizar a destinação final dos resíduos urbanos no município.</t>
+  </si>
+  <si>
+    <t>31531</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31531/indicacao_no_171-2026_-_esports_jempel_-_silvana.docx</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo, através das Secretarias competentes, que sejam incluídos os esportes eletrônicos (eSports) como modalidade oficial no JEMPEL 2026 – Jogos Estudantis Municipais de Pedro Leopoldo.</t>
+  </si>
+  <si>
+    <t>31533</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31533/indicacao_no_172-2026_-_reformulacao_site_prefeitura_-_silvana.docx</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo, através das Secretarias competentes, que seja realizada a reformulação completa do portal eletrônico oficial da Prefeitura, com o objetivo de torná-lo mais moderno, acessível, funcional e transparente para a população.</t>
+  </si>
+  <si>
+    <t>31535</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31535/indicacao_no_173-2026_-_acompanhamento_saude_dpoc_-_silvana.docx</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo, por intermédio da Secretaria Municipal de Saúde, avalie e promova a implementação de ações estruturadas de prevenção, rastreamento precoce, educação em saúde e acompanhamento contínuo de pessoas com Doença Pulmonar Obstrutiva Crônica (DPOC), no âmbito da Atenção Primária à Saúde e do Serviço de Atenção Domiciliar (SAD) do Município de Pedro Leopoldo.</t>
+  </si>
+  <si>
+    <t>31537</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31537/indicacao_no_174-2026_-_placas_de_nomes_de_ruas_-_silvana.docx</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo, por intermédio da Secretaria competente, a adoção das providências necessárias para a implantação de placas de sinalização com os nomes das ruas nos bairros Parque Agenor Teixeira e Maria de Lourdes, neste Município.</t>
+  </si>
+  <si>
+    <t>31539</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31539/indicacao_no_175-2026_-_feira_livre_bairro_sto_antonio_-_jose.docx</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo que determine ao setor competente a criação de uma Feira Livre de Comidas Típicas, Arte e Artesanato na região do bairro Santo Antônio, neste município.</t>
+  </si>
+  <si>
+    <t>31541</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31541/indicacao_no_176-2026_-_patrolamento_vitalino_ferreira_-_jose.docx</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo que determine ao setor competente a realização de serviços de roçagem e patrolamento na Rua Vitalino Ferreira, em toda sua extensão, no bairro Ferreiras, neste município.</t>
+  </si>
+  <si>
     <t>31470</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31470/oficio_no_02-2026_voto_de_pesar.pdf</t>
   </si>
   <si>
     <t>Encaminha voto de pesar pelo falecimento do Sr. Geraldo Barbosa dos Santos, de autoria dos vereadores Márcio Pereira dos Santos e Rafael Vieira Faria. _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Ilma. Sra._x000D_
 Eva Francisca dos Santos e Familiares</t>
   </si>
   <si>
     <t>31471</t>
@@ -3278,150 +3489,99 @@
   <si>
     <t>31362</t>
   </si>
   <si>
     <t>31364</t>
   </si>
   <si>
     <t>31366</t>
   </si>
   <si>
     <t>31368</t>
   </si>
   <si>
     <t>31370</t>
   </si>
   <si>
     <t>31372</t>
   </si>
   <si>
     <t>31374</t>
   </si>
   <si>
     <t>31376</t>
   </si>
   <si>
-    <t>160</t>
-[...1 lines deleted...]
-  <si>
     <t>31378</t>
   </si>
   <si>
-    <t>161</t>
-[...1 lines deleted...]
-  <si>
     <t>31380</t>
   </si>
   <si>
-    <t>162</t>
-[...1 lines deleted...]
-  <si>
     <t>31382</t>
   </si>
   <si>
-    <t>163</t>
-[...1 lines deleted...]
-  <si>
     <t>31384</t>
   </si>
   <si>
-    <t>164</t>
-[...1 lines deleted...]
-  <si>
     <t>31386</t>
   </si>
   <si>
-    <t>165</t>
-[...1 lines deleted...]
-  <si>
     <t>31388</t>
   </si>
   <si>
-    <t>166</t>
-[...1 lines deleted...]
-  <si>
     <t>31390</t>
   </si>
   <si>
-    <t>167</t>
-[...1 lines deleted...]
-  <si>
     <t>31392</t>
   </si>
   <si>
-    <t>168</t>
-[...1 lines deleted...]
-  <si>
     <t>31394</t>
   </si>
   <si>
-    <t>169</t>
-[...1 lines deleted...]
-  <si>
     <t>31396</t>
   </si>
   <si>
-    <t>170</t>
-[...1 lines deleted...]
-  <si>
     <t>31398</t>
   </si>
   <si>
-    <t>171</t>
-[...1 lines deleted...]
-  <si>
     <t>31400</t>
   </si>
   <si>
-    <t>172</t>
-[...1 lines deleted...]
-  <si>
     <t>31402</t>
   </si>
   <si>
-    <t>173</t>
-[...1 lines deleted...]
-  <si>
     <t>31403</t>
   </si>
   <si>
-    <t>174</t>
-[...1 lines deleted...]
-  <si>
     <t>Indica ao Poder Executivo, determinar ao setor competente, que sejam adotadas as providências necessárias, para a sinalização viária adequada, bem como a instalação de guardrail (defesa metálica) na curva conhecida como “Curva Buraco das Moças”, localizada na Estrada José de Pedrão, que liga o Bairro Lagoa de Santo Antônio ao distrito de Fidalgo, neste município.</t>
   </si>
   <si>
     <t>31405</t>
   </si>
   <si>
-    <t>175</t>
-[...1 lines deleted...]
-  <si>
     <t>31407</t>
-  </si>
-[...1 lines deleted...]
-    <t>176</t>
   </si>
   <si>
     <t>31409</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>31411</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo, solicitar ao setorcompetente, a possibilidade de fazer o manilhamento na Rua HerculanoSoares de Oliveira, no trecho entre o nº 3.146 ao nº 3.284, em Quinta doSumidouro, neste município.</t>
   </si>
   <si>
     <t>31416</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>31418</t>
   </si>
@@ -3669,50 +3829,191 @@
   <si>
     <t>212</t>
   </si>
   <si>
     <t>“Altera a Lei nº 3.882, de 28 de novembro de 2025 que “Dispõe sobre a instituição o Dia Municipal do Ciclista no âmbito do Município de Pedro Leopoldo e dá outras providências””._x000D_
 CICLISTA_x000D_
 DIA</t>
   </si>
   <si>
     <t>31503</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento da Sra. Angela Maria Esteves</t>
   </si>
   <si>
     <t>31505</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>Solicito a Vossa Excelência observar um minuto de silêncio pelo falecimento da, __Terezinha Andrade Maia__, bem como registrar voto de pesar e enviá-lo aos seus familiares.</t>
+  </si>
+  <si>
+    <t>31512</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>31514</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>31516</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>31518</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>31520</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>31522</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>31524</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>31526</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>31528</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>31530</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>31532</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>31534</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>31536</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>31538</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>31540</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>31542</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>31544</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>Senhor Presidente, Solicito a Vossa Excelência observar um minuto de silêncio pelo falecimento do Sr. Luís Cláudio Corrêa Amorim registrar voto de pesar e enviá-lo aos seus familiares.</t>
+  </si>
+  <si>
+    <t>31546</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>Solicito a Vossa Excelência observar um minuto de silêncio pelo falecimento de MARLENE DA CUNHA PEREIRA bem como registrar voto de pesar e enviá-lo aos seus familiares.</t>
+  </si>
+  <si>
+    <t>31548</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>Solicito a Vossa Excelência observar um minuto de silêncio pelo falecimento de EDUARDO PEREIRA DA CRUZ bem como registrar voto de pesar e enviá-lo aos seus familiares.</t>
+  </si>
+  <si>
+    <t>31550</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>Solicito a Vossa Excelência observar um minuto de silêncio pelo falecimento de, __Mário Rodrigues__, bem como registrar voto de pesar e enviá-lo aos seus familiares.</t>
+  </si>
+  <si>
+    <t>31552</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>Solicito a Vossa Excelência observar um minuto de silêncio pelo falecimento de JOSÉ MIQUILINO FILHO bem como registrar voto de pesar e enviá-lo aos seus familiares.</t>
   </si>
   <si>
     <t>31320</t>
   </si>
   <si>
     <t>REP</t>
   </si>
   <si>
     <t>Representação</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31320/representacao_01-2026_-_cemig_-_wilson.docx</t>
   </si>
   <si>
     <t>31341</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31341/representacao_02-2026_-_cemig_-_alex.docx</t>
   </si>
   <si>
     <t>Requeiro à Companhia Energética de Minas Gerais – CEMIG informações detalhadas acerca dos investimentos realizados e previstos para o município, especialmente no que se refere a:_x000D_
 1.	Valores investidos pela CEMIG na cidade nos últimos anos, discriminando por tipo de obra ou melhoria;_x000D_
 2.	Projetos de infraestrutura elétrica, incluindo manutenção, ampliação da rede, substituição de equipamentos e modernização do sistema;_x000D_
 3.	Informações sobre eventual novo cálculo ou readequação de tensão elétrica adotado no município, esclarecendo:_x000D_
         o	Os critérios técnicos utilizados;_x000D_
@@ -3908,50 +4209,101 @@
     <t>31323</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31323/oficio_001_2026_-_voto_de_pesar_geraldo_barbosa_dos_santos.docx</t>
   </si>
   <si>
     <t>31349</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31349/voto_de_pesar.docx</t>
   </si>
   <si>
     <t>31504</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31504/angela_maria_esteves.doc</t>
   </si>
   <si>
     <t>ÂNGELA MARIA ESTEVES</t>
   </si>
   <si>
     <t>31506</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31506/voto_de_pesar_-_terezinha_andrade_maia.docx</t>
+  </si>
+  <si>
+    <t>31508</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31508/novoa_documento_do_microsoft_word.docx</t>
+  </si>
+  <si>
+    <t>nulo</t>
+  </si>
+  <si>
+    <t>31509</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31509/novoa_documento_do_microsoft_word.docx</t>
+  </si>
+  <si>
+    <t>31510</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31510/novoa_documento_do_microsoft_word.docx</t>
+  </si>
+  <si>
+    <t>31545</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31545/voto_de_pesar_-_luis_claudio_correa_amorim.docx</t>
+  </si>
+  <si>
+    <t>31547</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31547/marlene_da_cunha_pereira.docx</t>
+  </si>
+  <si>
+    <t>31549</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31549/eduardo_pereira_da_cruz.docx</t>
+  </si>
+  <si>
+    <t>31551</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31551/voto_de_pesar_-_mario_rodrigues.docx</t>
+  </si>
+  <si>
+    <t>31553</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31553/jose_miquilino_filho.docx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4255,56 +4607,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31022/indicacao_no_01-2026_-_ponte_altino_-_rafael.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31025/indicacao_no_02-2026_-_eventos_esportivos_de_inclusao_-_jose_augusto.doc.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31032/indicacao_no_04-2026_-_elevador_cantinho_da_luz_-_marcio.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31035/indicacao_no_05-2026_-_galerias_na_rua_professora_laura_-_marcio.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31038/indicacao_no_06-2026_-_vagas_pcds_-_alex.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31044/indicacao_no_07-2026_-_interprete_de_libras_eventos_oficiais_-_alex.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31047/indicacao_no_08-2026_-_urgencia_de_exames_do_pa_-_salim.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31050/indicacao_no_09-2026_-_recapeamento_david_felipe_teixeira_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31053/indicacao_no_10-2026_-_onibus_para_bairro_magalhaes_-_alex.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31056/indicacao_no_11-2026_-_rede_pluvial_via_norte_-_alex.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31059/indicacao_no_12-2026_-_faixa_de_pedestre_424_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31062/indicacao_no_13-2026_-_poda_arvore_av._magno_claret_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31071/indicacao_no_14-2026_-_drenagem_rua_domingos_sorrentino_-_rafael.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31098/indicacao_no_15-2026_-_drenagem_rua_ulisses_cardeal_-_rafael.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31092/indicacao_no_16-2026_-_drenagem_rua_expedicionario_rui_antonio_da_silva_-_rafael.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31094/indicacao_no_17-2026_-_drenagem_rua_tupis_-_rafael.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31095/indicacao_no_18-2026_-_calcada_europeia_-_alex.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31100/indicacao_no_19-2026_-_drenagem_bairro_boa_esperanca_-_wilson.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31102/indicacao_no_20-2026_-_poda_r._pacifico_jose_diniz_-_silvana.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31104/indicacao_no_21-2026_-_iluminacao_r._pacifico_jose_diniz_-_silvana.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31106/indicacao_no_22-2026_-_poda_r._juca_belizario_-_silvana.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31132/indicacao_no_23-2026_-_02_profissionais_farmacia_hospitalar_-_jose_augusto.doc.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31134/indicacao_no_24-2026_-_carreta_do_autismo_-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31136/indicacao_no_25-2026_-_criacao_parque_girassol_-_fred_piau_-_copia.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31138/indicacao_no_26-2026_-_revitalizacao_do_passeio_rua_juiz_ari_castilho__-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31140/indicacao_no_27-2026_-_isencao_de_iptu_para_quem_tem_fibromialgia_-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31142/indicacao_no_28-2026_-_tratamentos_complementares_para_quem_tem_fibromialgia_-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31146/indicacao_no_29-2026_-_poda_estrada_jose_pedrao_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31148/indicacao_no_30-2026_-_banheiro_quimico_praca_tancredo_neves_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31150/indicacao_no_31-2026_-_recepcionistas_hospital_francisco_goncalves_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31152/indicacao_no_32-2026_-_atelie_de_tecelagem_social__-_salim.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31158/indicacao_no_33-2026_-_poste_tombado_em_r._rivadavia_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31162/indicacao_no_34-2026_-_rede_pluvial_r._suzana_passos_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31164/indicacao_no_35-2026_-_proibido_estacionar_r._suzana_passos_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31166/indicacao_no_36-2026_-_tampa_de_bueiro_na_r._pedro_antonio_pereira_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31168/indicacao_no_37-2026_-_rede_pluvial_rua_das_violetas_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31169/indicacao_no_38-2026_-_melhoria_sinalizacao_ascendino_jose_da_costa__-_guilherme.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31174/indicacao_no_39-2026_-_escoamento_rua_tres_b._lagoa_sto_antonio_-_cynthia.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31176/indicacao_no_40-2026_-_monitoramento_de_arvores__-_cynthia.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31178/indicacao_no_41-2026_-_dentista_municipal_-_cynthia.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31180/indicacao_no_42-2026_-_av._araguaia_av._de_lazer_-_cynthia.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31182/indicacao_no_43-2026_-_placa_de_pare_r._joao_evangelista_serafim__-_cynthia.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31184/indicacao_no_44-2026_-_reparo_asfalto_r._santos__-_warlen.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31186/indicacao_no_45-2026_-_revitalizacao_predio_da_gcm_-_wilson.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31188/indicacao_no_46-2026_-_iluminacao_r._juiz_ari_castilho_-_gael.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31190/indicacao_no_47-2026_-_ponto_de_onibus_r._jaguara_-_gael.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31194/indicacao_no_48-2026_-_ponto_de_apoio_motorista_de_aplicativo_-_gael.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31196/indicacao_no_49-2026_-_limpeza_calcadas_comendador_-_gael.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31198/indicacao_no_50-2026_-_2_computadores_farmacia_municipal_-_gael.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31202/indicacao_no_51-2026_-_iptu_verde_-_salim.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31204/indicacao_no_52-2026_-_programa_de_idosos_para_jovens_-_salim.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31206/indicacao_no_53-2026_-_ia_nas_reunioes_ordinarias__-_wilson.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31216/indicacao_no_54-2026_-_governo_federal_arena_brasil_-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31218/indicacao_no_55-2026_-_drenagem_de_sao_joao_-_rafael.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31220/indicacao_no_56-2026_-_drenagem_de_nossa_senhora_das_gracas_-_rafael.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31222/indicacao_no_57-2026_-_redutor_na_rua_nossa_senhora_da_saude_-_rafael.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31224/indicacao_no_58-2026_-_bomba_na_rua_sao_paulo_-_alex.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31226/indicacao_no_59-2026_-_fiscalizacao_em_lagoa_de_santo_antonio_-_rafael.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31228/indicacao_no_60-2026_-_programa_doacao_caixa_de_agua_-_rafael.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31230/indicacao_no_61-2026_-_programa_de_multas_por_doacao_de_sangue_-_alex.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31232/indicacao_no_62-2026_-_iluminacao_via_norte_-_alex_e_salim.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31234/indicacao_no_63-2026_-_curso_atendimento_comercio_-_alex.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31236/indicacao_no_64-2026_-_viabilidade_de_transito_r._luiz_pires_-_alex.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31238/indicacao_no_65-2026_-_frigobar_em_hospital_-_jose.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31240/indicacao_no_66-2026_-_estagiaria_em_farmacia_hospitalar_-_jose.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31242/indicacao_no_67-2026_-_seguranca_transporte_publico_-_jose.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31244/indicacao_no_68-2026_-_retirada_de_lixo_na_r._nelson_teixeira_-_jose.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31246/indicacao_no_69-2026_-_pista_de_cooper_via_norte_-_silvana.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31249/indicacao_no_70-2026_-_recursos_para_associacao_cultural_companhia_pernas_pro_ar_-_warlen.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31259/indicacao_no_71-2026_-_limpeza_de_terreno_-_gael.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31261/indicacao_no_72-2026_-_rede_pluvial_na_rua_ascendino_-_warlen.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31266/indicacao_2026_-prefeitura__instalacao_de_pracas_inclusivas_de_pessoas_com_tea_no_municipio_de_pedro_leopoldo.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31268/indicacao_2026_-prefeitura__instalacao_de_um_playground_na_casa_do_autista.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31270/indicacao_2026_-prefeitura_corrida_kids.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31273/indicacao_2026_-prefeitura__reinauguracao_do_ceppel_com_jogos_profissionais_de_volei_baquete_e_futsal..docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31275/indicacao_2026_-prefeitura_instalacao_de_brinquedos_nas_pracas_dos_bairros_ferreira_santo_antonio_da_barra_e_vera_cruz_de_minas..docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31277/indicacao_de_operacao_tapa_buracos_na_rua_luis_bahia_santo_antonio..docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31279/indicacao_para_reparos_urgentes_na_rua_pedrinho_pedroca_bairro_santo_antonio.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31281/indicacao_de_cras_intinerante_no_bairro_manuel_brandao.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31283/indicacao_de_pavimentacao_no_bairro_manuel_brandao.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31285/indicacao_de_melhorias_no_atendimento_a_farmacia_municipal.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31286/indicacao_no_83-2026_-_buraco_rua_santos_-_gael.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31288/indicacao_no_84-2026_-_ponte_dr._lund_seguranca_estrutural_-_wilson.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31290/indicacao_no_85-2026_-_iluminacao_praca_jose_anjos_-_salim.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31292/indicacao_no_86-2026_-_recapeamento_e_sinalizacao_rua_antonio_elias_-_wilson.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31298/indicacao_no_87-2026_-_boi_da_manta_no_dr._lund_-_wilson.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31300/indicacao_no_88-2026_-_poco_artesiano_teotonio_-_marcio.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31302/indicacao_no_89-2026_-_poco_artesiano_prcas_-_marcio.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31304/indicacao_no_90-2026_-_armario_escola_raimundo_salvador_da_silva_-_marcio.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31306/indicacao_no_91-2026_-_armario_escola_municipal_dona_carmem_barroso_-_marcio.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31308/indicacao_no_92-2026_-_iluminacao_campo_do_terrestre_-_marcio.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31312/indicacao_no_93-2026_-_monumento_da_biblia_-_warlen.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31314/indicacao_no_94-2026_-_gerador_em_farmacia_municipal_-_gael.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31316/indicacao_no_95-2026_-_fiscalizacao_de_cacambas_-_jose.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31327/indicacao______2026_-_farmaceutico_farmacia_municipal.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31329/indicacao_-_revisao_do_sistema_de_drenagem_pluvial_e_melhoria_na_via_e_nas_calcadas_da_rua_amando_filho.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31331/contratacao_estagiarios_correios_fidalgo.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31334/implantacao_de_um_programa_de_entrega_cestas_basicas_aos_alunos_rede_municipal.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31336/proibido_jogar_lixo_rua_luis_pires_dias_guimaraes_em_lagoa.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31338/instalacao_de_grade_na_vala_de_escoamento_no_centro.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31344/indicacao_no_103-2026_-_mocao_de_parabens_shr_-_rafael.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31347/indicacao_no_104-2026_-_recapeamento_av._gil_antonio_pereira_-_rafael.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31351/indicacao_no_105-2026_-_estacionamento_45o_escolas_-_alex.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31353/indicacao_no_106-2026_-_cemiterio_vertical_-_alex.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31355/indicacao_no_107-2026_-_sinalizacao_via_norte_-_alex.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31357/indicacao_no_108-2026_-_sinalizacao_central_park_-_alex.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31359/indicacao_no_109-2026_-_protocolo_para_obras_em_vias_publicas_-__alex.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31361/indicacao_no_110-2026_-_boca_de_lobo_rua_presidente_kennedy_-_rafael.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31363/indicacao_no_111-2026_-_cameras_no_hospital_-_marcio.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31365/indicacao_no_112-2026_-_cameras_na_camara_-_marcio.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31367/indicacao_no_113-2026_-_cameras_no_estacionamento_da_prefeitura_-_marcio.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31369/indicacao_no_114-2026_-_capina_trevo_da_holcim_-_jose.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31371/indicacao_no_115-2026_-_duplicacao_de_ponte_rua_sao_paulo_-_marcio.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31373/indicacao_no_116-2026_-_duplicacao_de_ponte_rua_francisco_de_azevedo_-_marcio.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31375/indicacao_no_117-2026_-_muro_secretaria_municipal_educacao_-_silvana.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31377/indicacao_no_118-2026_-_buraco_em_cruzamento_-_silvana.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31379/indicacao_no_119-2026_-_troca_de_lampada_-_silvana.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31381/indicacao_no_120-2026_-_programa_esporte_e_saude_-_salim.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31383/indicacao_no_121-2026_-_passarela_424_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31385/indicacao_no_122-2026_-_bueiro_magno_claret_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31387/indicacao_no_123-2026_-_afundamento_de_asfalto_magno_claret_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31389/indicacao_no_124-2026_-_ponto_urubu_-_wilson.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31391/indicacao_no_125-2026_-_poda-supressao_de_arvore_ubs_-_silvana.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31393/indicacao_no_126-2026_-_ampliacao_de_cemiterio_-_salim.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31395/indicacao_no_127-2026_-_estudo_transito_de_carretas_no_centro_-_wilson.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31397/indicacao_no_128-2026_-_fiscalizacao_esgoto_area_verde_-_salim.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31399/indicacao_no_129-2026_-_recapeamento_rua_fidalgo_e_dr._louis_ensch_-_warlen.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31401/indicacao_no_130-2026_-_praca_primeira_infancia_-_silvana.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31404/sinalizacao_curva_estrada_jose_de_pedrao.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31406/manilhamento_rua_olhos_dagua_em_fidalgo.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31408/ginecologista_na_eap_quinta_do_sumidouro.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31410/implantacao_projeto_corpo_em_movimento_aulas_de_forro_e_bale.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31414/indicacao_no_135-2026_-_manilhamento_na_rua_herculano_soares_de_oliveira_-_cynthia.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31413/indicacao_no_136-2026_-_parcelamento_solo_distritos_industriais_-_jose.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31415/indicacao_no_137-2026_-_pavimentacao_francisco_cardoso_pereira_-_jose.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31423/indicacao_no_138-2026_-_tapa_buraco_romaneli__-_wilson.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31425/indicacao_no_139-2026_-_capina_jose_joao_nassif_-_jose.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31427/indicacao_no_140-2026_-_ponte_do_urubu_-_salim.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31429/indicacao_no_141-2026_-_reforma_trevo_holcim_-_wilson.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31431/indicacao_no_142-2026_-_bueiro_cristiano_otoni_-__gilmar.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31433/indicacao_no_143-2026_-_poda_de_arvore_escola_alice_lobato_-_salim.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31435/indicacao_no_144-2026_-_capina_bairro_santo_antonio_-_jose.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31437/indicacao_no_145-2026_-_horario_de_transportes_site_prefeitura_-_gael.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31439/indicacao_no_146-2026_-_mais_onibus_santo_antonio_-_gael.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31441/indicacao_no_147-2026_-_cobertura_escola_pedro_leopoldo_-_gael.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31443/indicacao_no_148-2026_-_limpeza_lote_rua_violetas_-_gael.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31445/indicacao_no_149-2026_-_transporte_escolar_ponte_alta_-_gael.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31447/indicacao_no_150-2026_-_tapa_buraco_antonio_demetrio_-_wilson.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31461/indicacao_no_151-2026_-_faixa_professor_bicalho_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31455/indicacao_no_152-2026_-_capina_rivadavia_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31457/indicacao_no_153-2026_-_juca_machado_tapa_buraco_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31459/indicacao_no_154-2026_-_capina_manutencao_pontos_vera_cruz_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31462/indicacao_no_155-2026_-_redutor_heitor_claudio_sales_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31464/indicacao_no_156-2026_-_cobertura_quadra_fazenda_modelo_-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31466/indicacao_no_157-2026_-_casinha_de_cachorro_-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31468/indicacao_no_158-2026_-_construcao_ginasio_regiao_norte_-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31494/indicacao_no_159-2026_-_melhorias_dr._neiva_-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31470/oficio_no_02-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31471/oficio_no_03-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31472/oficio_no_04-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31474/oficio_no_06-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31475/oficio_no_07-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31476/ofico_no_08-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31477/oficio_no_9-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31478/oficio_no_10-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31479/oficio_no_11-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31480/oficio_n_12-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31481/oficio_no_13-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31482/oficio_no_14-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31483/oficio_no_15-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31484/oficio_no_16-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31485/oficio_no_17-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31486/oficio_no_18-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31487/oficio_no_19-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31489/oficio_no_22-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31491/oficio_no_23-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31492/oficio_no_24-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31493/oficio_no_25-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31041/projeto_de_lei_no_01-2026.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31065/projeto_de_lei_no_02-2026.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31068/projeto_de_lei_no_03-2026.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31109/projeto_de_lei_no_04-2026.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31110/projeto_de_lei_no_05-2026.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31112/projeto_de_lei_no_06-2026.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31114/projeto_de_lei_no_07-2026.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31116/projeto_de_lei_no_08-2026.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31130/projeto_de_lei_no_09-2026.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31160/projeto_de_lei_no_10-2026.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31212/projeto_de_lei_no_12-2026.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31214/projeto_de_lei_no_13-2026.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31264/projeto_de_lei_-_praca_inclusiva.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31294/projeto_de_lei_no_15-2026.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31296/projeto_de_lei_no_16-2026.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31318/projeto_de_lei_no_17-2026.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31343/projeto_de_lei_vigilancia_colaborativa.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31419/projeto_de_lei_-_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31421/projeto_de_lei_-_casinha_de_pets.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31490/projeto_de_lei_21-2026.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31502/projeto_de_lei-dispoe_sobre_o_dia_municipal_do_ciclista_-_altera_data.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31295/projeto_de_lei_no_15-2026.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31320/representacao_01-2026_-_cemig_-_wilson.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31341/representacao_02-2026_-_cemig_-_alex.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31417/representacao_03-2026_-_der_-_marcio.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31192/requerimento_no_01-2026_-_audiencia_publica_comerciantes_de_rua_-_gael.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31200/requerimento_no_02-2026_-_situacao_amianto_no_municipio_-_gael.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31310/requerimento_no_03-2026_-_situacao_imovel_rua_comendador_700_-_gael.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31325/requerimento_____26_-_piso_saude.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31449/requerimento_no_05-2026_-_ponte_ferreiras_-_gael.docx" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31451/requerimento_no_06-2026_-_ldx_construcoes_-_gael.docx" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31118/wagner_diogo_de_souza.doc" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31120/reginaldo_lima_de_godoi.doc" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31122/expedito_moreira_lima.doc" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31124/voto_de_pesar.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31126/vitor_soares_de_oliveira.doc" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31128/voto_de_pesar.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31144/maria_jose_vasques_faria.doc" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31154/voto_de_pesar.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31156/irvalmo_caldeira_couto.doc" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31170/aguinaldo_de_almeida.docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31172/voto_de_pesar_-_angela_maria_pereira.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31208/voto_de_pesar_-_cristina_fernandes_alves.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31252/voto_de_pesar.docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31254/voto_de_pesar.docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31256/voto_de_pesar_-_gilson_aureliano_teixeira.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31258/maria_alice_diniz_siqueira.docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31323/oficio_001_2026_-_voto_de_pesar_geraldo_barbosa_dos_santos.docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31349/voto_de_pesar.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31504/angela_maria_esteves.doc" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31506/voto_de_pesar_-_terezinha_andrade_maia.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31022/indicacao_no_01-2026_-_ponte_altino_-_rafael.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31025/indicacao_no_02-2026_-_eventos_esportivos_de_inclusao_-_jose_augusto.doc.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31032/indicacao_no_04-2026_-_elevador_cantinho_da_luz_-_marcio.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31035/indicacao_no_05-2026_-_galerias_na_rua_professora_laura_-_marcio.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31038/indicacao_no_06-2026_-_vagas_pcds_-_alex.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31044/indicacao_no_07-2026_-_interprete_de_libras_eventos_oficiais_-_alex.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31047/indicacao_no_08-2026_-_urgencia_de_exames_do_pa_-_salim.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31050/indicacao_no_09-2026_-_recapeamento_david_felipe_teixeira_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31053/indicacao_no_10-2026_-_onibus_para_bairro_magalhaes_-_alex.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31056/indicacao_no_11-2026_-_rede_pluvial_via_norte_-_alex.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31059/indicacao_no_12-2026_-_faixa_de_pedestre_424_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31062/indicacao_no_13-2026_-_poda_arvore_av._magno_claret_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31071/indicacao_no_14-2026_-_drenagem_rua_domingos_sorrentino_-_rafael.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31098/indicacao_no_15-2026_-_drenagem_rua_ulisses_cardeal_-_rafael.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31092/indicacao_no_16-2026_-_drenagem_rua_expedicionario_rui_antonio_da_silva_-_rafael.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31094/indicacao_no_17-2026_-_drenagem_rua_tupis_-_rafael.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31095/indicacao_no_18-2026_-_calcada_europeia_-_alex.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31100/indicacao_no_19-2026_-_drenagem_bairro_boa_esperanca_-_wilson.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31102/indicacao_no_20-2026_-_poda_r._pacifico_jose_diniz_-_silvana.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31104/indicacao_no_21-2026_-_iluminacao_r._pacifico_jose_diniz_-_silvana.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31106/indicacao_no_22-2026_-_poda_r._juca_belizario_-_silvana.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31132/indicacao_no_23-2026_-_02_profissionais_farmacia_hospitalar_-_jose_augusto.doc.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31134/indicacao_no_24-2026_-_carreta_do_autismo_-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31136/indicacao_no_25-2026_-_criacao_parque_girassol_-_fred_piau_-_copia.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31138/indicacao_no_26-2026_-_revitalizacao_do_passeio_rua_juiz_ari_castilho__-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31140/indicacao_no_27-2026_-_isencao_de_iptu_para_quem_tem_fibromialgia_-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31142/indicacao_no_28-2026_-_tratamentos_complementares_para_quem_tem_fibromialgia_-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31146/indicacao_no_29-2026_-_poda_estrada_jose_pedrao_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31148/indicacao_no_30-2026_-_banheiro_quimico_praca_tancredo_neves_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31150/indicacao_no_31-2026_-_recepcionistas_hospital_francisco_goncalves_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31152/indicacao_no_32-2026_-_atelie_de_tecelagem_social__-_salim.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31158/indicacao_no_33-2026_-_poste_tombado_em_r._rivadavia_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31162/indicacao_no_34-2026_-_rede_pluvial_r._suzana_passos_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31164/indicacao_no_35-2026_-_proibido_estacionar_r._suzana_passos_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31166/indicacao_no_36-2026_-_tampa_de_bueiro_na_r._pedro_antonio_pereira_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31168/indicacao_no_37-2026_-_rede_pluvial_rua_das_violetas_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31169/indicacao_no_38-2026_-_melhoria_sinalizacao_ascendino_jose_da_costa__-_guilherme.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31174/indicacao_no_39-2026_-_escoamento_rua_tres_b._lagoa_sto_antonio_-_cynthia.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31176/indicacao_no_40-2026_-_monitoramento_de_arvores__-_cynthia.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31178/indicacao_no_41-2026_-_dentista_municipal_-_cynthia.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31180/indicacao_no_42-2026_-_av._araguaia_av._de_lazer_-_cynthia.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31182/indicacao_no_43-2026_-_placa_de_pare_r._joao_evangelista_serafim__-_cynthia.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31184/indicacao_no_44-2026_-_reparo_asfalto_r._santos__-_warlen.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31186/indicacao_no_45-2026_-_revitalizacao_predio_da_gcm_-_wilson.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31188/indicacao_no_46-2026_-_iluminacao_r._juiz_ari_castilho_-_gael.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31190/indicacao_no_47-2026_-_ponto_de_onibus_r._jaguara_-_gael.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31194/indicacao_no_48-2026_-_ponto_de_apoio_motorista_de_aplicativo_-_gael.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31196/indicacao_no_49-2026_-_limpeza_calcadas_comendador_-_gael.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31198/indicacao_no_50-2026_-_2_computadores_farmacia_municipal_-_gael.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31202/indicacao_no_51-2026_-_iptu_verde_-_salim.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31204/indicacao_no_52-2026_-_programa_de_idosos_para_jovens_-_salim.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31206/indicacao_no_53-2026_-_ia_nas_reunioes_ordinarias__-_wilson.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31216/indicacao_no_54-2026_-_governo_federal_arena_brasil_-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31218/indicacao_no_55-2026_-_drenagem_de_sao_joao_-_rafael.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31220/indicacao_no_56-2026_-_drenagem_de_nossa_senhora_das_gracas_-_rafael.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31222/indicacao_no_57-2026_-_redutor_na_rua_nossa_senhora_da_saude_-_rafael.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31224/indicacao_no_58-2026_-_bomba_na_rua_sao_paulo_-_alex.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31226/indicacao_no_59-2026_-_fiscalizacao_em_lagoa_de_santo_antonio_-_rafael.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31228/indicacao_no_60-2026_-_programa_doacao_caixa_de_agua_-_rafael.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31230/indicacao_no_61-2026_-_programa_de_multas_por_doacao_de_sangue_-_alex.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31232/indicacao_no_62-2026_-_iluminacao_via_norte_-_alex_e_salim.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31234/indicacao_no_63-2026_-_curso_atendimento_comercio_-_alex.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31236/indicacao_no_64-2026_-_viabilidade_de_transito_r._luiz_pires_-_alex.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31238/indicacao_no_65-2026_-_frigobar_em_hospital_-_jose.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31240/indicacao_no_66-2026_-_estagiaria_em_farmacia_hospitalar_-_jose.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31242/indicacao_no_67-2026_-_seguranca_transporte_publico_-_jose.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31244/indicacao_no_68-2026_-_retirada_de_lixo_na_r._nelson_teixeira_-_jose.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31246/indicacao_no_69-2026_-_pista_de_cooper_via_norte_-_silvana.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31249/indicacao_no_70-2026_-_recursos_para_associacao_cultural_companhia_pernas_pro_ar_-_warlen.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31259/indicacao_no_71-2026_-_limpeza_de_terreno_-_gael.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31261/indicacao_no_72-2026_-_rede_pluvial_na_rua_ascendino_-_warlen.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31266/indicacao_2026_-prefeitura__instalacao_de_pracas_inclusivas_de_pessoas_com_tea_no_municipio_de_pedro_leopoldo.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31268/indicacao_2026_-prefeitura__instalacao_de_um_playground_na_casa_do_autista.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31270/indicacao_2026_-prefeitura_corrida_kids.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31273/indicacao_2026_-prefeitura__reinauguracao_do_ceppel_com_jogos_profissionais_de_volei_baquete_e_futsal..docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31275/indicacao_2026_-prefeitura_instalacao_de_brinquedos_nas_pracas_dos_bairros_ferreira_santo_antonio_da_barra_e_vera_cruz_de_minas..docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31277/indicacao_de_operacao_tapa_buracos_na_rua_luis_bahia_santo_antonio..docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31279/indicacao_para_reparos_urgentes_na_rua_pedrinho_pedroca_bairro_santo_antonio.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31281/indicacao_de_cras_intinerante_no_bairro_manuel_brandao.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31283/indicacao_de_pavimentacao_no_bairro_manuel_brandao.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31285/indicacao_de_melhorias_no_atendimento_a_farmacia_municipal.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31286/indicacao_no_83-2026_-_buraco_rua_santos_-_gael.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31288/indicacao_no_84-2026_-_ponte_dr._lund_seguranca_estrutural_-_wilson.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31290/indicacao_no_85-2026_-_iluminacao_praca_jose_anjos_-_salim.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31292/indicacao_no_86-2026_-_recapeamento_e_sinalizacao_rua_antonio_elias_-_wilson.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31298/indicacao_no_87-2026_-_boi_da_manta_no_dr._lund_-_wilson.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31300/indicacao_no_88-2026_-_poco_artesiano_teotonio_-_marcio.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31302/indicacao_no_89-2026_-_poco_artesiano_prcas_-_marcio.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31304/indicacao_no_90-2026_-_armario_escola_raimundo_salvador_da_silva_-_marcio.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31306/indicacao_no_91-2026_-_armario_escola_municipal_dona_carmem_barroso_-_marcio.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31308/indicacao_no_92-2026_-_iluminacao_campo_do_terrestre_-_marcio.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31312/indicacao_no_93-2026_-_monumento_da_biblia_-_warlen.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31314/indicacao_no_94-2026_-_gerador_em_farmacia_municipal_-_gael.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31316/indicacao_no_95-2026_-_fiscalizacao_de_cacambas_-_jose.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31327/indicacao______2026_-_farmaceutico_farmacia_municipal.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31329/indicacao_-_revisao_do_sistema_de_drenagem_pluvial_e_melhoria_na_via_e_nas_calcadas_da_rua_amando_filho.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31331/contratacao_estagiarios_correios_fidalgo.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31334/implantacao_de_um_programa_de_entrega_cestas_basicas_aos_alunos_rede_municipal.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31336/proibido_jogar_lixo_rua_luis_pires_dias_guimaraes_em_lagoa.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31338/instalacao_de_grade_na_vala_de_escoamento_no_centro.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31344/indicacao_no_103-2026_-_mocao_de_parabens_shr_-_rafael.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31347/indicacao_no_104-2026_-_recapeamento_av._gil_antonio_pereira_-_rafael.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31351/indicacao_no_105-2026_-_estacionamento_45o_escolas_-_alex.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31353/indicacao_no_106-2026_-_cemiterio_vertical_-_alex.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31355/indicacao_no_107-2026_-_sinalizacao_via_norte_-_alex.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31357/indicacao_no_108-2026_-_sinalizacao_central_park_-_alex.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31359/indicacao_no_109-2026_-_protocolo_para_obras_em_vias_publicas_-__alex.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31361/indicacao_no_110-2026_-_boca_de_lobo_rua_presidente_kennedy_-_rafael.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31363/indicacao_no_111-2026_-_cameras_no_hospital_-_marcio.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31365/indicacao_no_112-2026_-_cameras_na_camara_-_marcio.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31367/indicacao_no_113-2026_-_cameras_no_estacionamento_da_prefeitura_-_marcio.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31369/indicacao_no_114-2026_-_capina_trevo_da_holcim_-_jose.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31371/indicacao_no_115-2026_-_duplicacao_de_ponte_rua_sao_paulo_-_marcio.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31373/indicacao_no_116-2026_-_duplicacao_de_ponte_rua_francisco_de_azevedo_-_marcio.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31375/indicacao_no_117-2026_-_muro_secretaria_municipal_educacao_-_silvana.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31377/indicacao_no_118-2026_-_buraco_em_cruzamento_-_silvana.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31379/indicacao_no_119-2026_-_troca_de_lampada_-_silvana.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31381/indicacao_no_120-2026_-_programa_esporte_e_saude_-_salim.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31383/indicacao_no_121-2026_-_passarela_424_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31385/indicacao_no_122-2026_-_bueiro_magno_claret_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31387/indicacao_no_123-2026_-_afundamento_de_asfalto_magno_claret_-_gilmar.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31389/indicacao_no_124-2026_-_ponto_urubu_-_wilson.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31391/indicacao_no_125-2026_-_poda-supressao_de_arvore_ubs_-_silvana.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31393/indicacao_no_126-2026_-_ampliacao_de_cemiterio_-_salim.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31395/indicacao_no_127-2026_-_estudo_transito_de_carretas_no_centro_-_wilson.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31397/indicacao_no_128-2026_-_fiscalizacao_esgoto_area_verde_-_salim.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31399/indicacao_no_129-2026_-_recapeamento_rua_fidalgo_e_dr._louis_ensch_-_warlen.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31401/indicacao_no_130-2026_-_praca_primeira_infancia_-_silvana.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31404/sinalizacao_curva_estrada_jose_de_pedrao.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31406/manilhamento_rua_olhos_dagua_em_fidalgo.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31408/ginecologista_na_eap_quinta_do_sumidouro.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31410/implantacao_projeto_corpo_em_movimento_aulas_de_forro_e_bale.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31414/indicacao_no_135-2026_-_manilhamento_na_rua_herculano_soares_de_oliveira_-_cynthia.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31413/indicacao_no_136-2026_-_parcelamento_solo_distritos_industriais_-_jose.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31415/indicacao_no_137-2026_-_pavimentacao_francisco_cardoso_pereira_-_jose.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31423/indicacao_no_138-2026_-_tapa_buraco_romaneli__-_wilson.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31425/indicacao_no_139-2026_-_capina_jose_joao_nassif_-_jose.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31427/indicacao_no_140-2026_-_ponte_do_urubu_-_salim.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31429/indicacao_no_141-2026_-_reforma_trevo_holcim_-_wilson.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31431/indicacao_no_142-2026_-_bueiro_cristiano_otoni_-__gilmar.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31433/indicacao_no_143-2026_-_poda_de_arvore_escola_alice_lobato_-_salim.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31435/indicacao_no_144-2026_-_capina_bairro_santo_antonio_-_jose.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31437/indicacao_no_145-2026_-_horario_de_transportes_site_prefeitura_-_gael.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31439/indicacao_no_146-2026_-_mais_onibus_santo_antonio_-_gael.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31441/indicacao_no_147-2026_-_cobertura_escola_pedro_leopoldo_-_gael.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31443/indicacao_no_148-2026_-_limpeza_lote_rua_violetas_-_gael.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31445/indicacao_no_149-2026_-_transporte_escolar_ponte_alta_-_gael.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31447/indicacao_no_150-2026_-_tapa_buraco_antonio_demetrio_-_wilson.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31461/indicacao_no_151-2026_-_faixa_professor_bicalho_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31455/indicacao_no_152-2026_-_capina_rivadavia_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31457/indicacao_no_153-2026_-_juca_machado_tapa_buraco_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31459/indicacao_no_154-2026_-_capina_manutencao_pontos_vera_cruz_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31462/indicacao_no_155-2026_-_redutor_heitor_claudio_sales_-_guilherme.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31464/indicacao_no_156-2026_-_cobertura_quadra_fazenda_modelo_-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31466/indicacao_no_157-2026_-_casinha_de_cachorro_-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31468/indicacao_no_158-2026_-_construcao_ginasio_regiao_norte_-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31494/indicacao_no_159-2026_-_melhorias_dr._neiva_-_fred_piau.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31507/indicacao_no_160-2026_-_patas_de_borrachas_-_alex.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31511/indicacao_no_161-2026_-_isencao_iptu_para_insatisfeitos_-_alex.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31513/indicacao_no_162-2026_-_placas_de_ruas_-_alex.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31515/indicacao_no_163-2026_-_drenagem_camilo_alves_-_alex.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31517/indicacao_no_164-2026_-_rotatoria_araguaia_jaguara_-_alex.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31519/indicacao_no_165-2026_-_bancos_em_torno_da_igreja_-_marcio.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31521/indicacao_no_166-2026_-_mutirao_otorrino_-_marcio.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31523/indicacao_no_167-2026_-_ampliacao_de_cemai_-_marcio.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31525/indicacao_no_168-2026_-_hora_extra_-_marcio.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31527/indicacao_no_169-2026_-_wifi_ubs_-_marcio.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31529/indicacao_no_170-2026_-_incineracao_lixo__-_silvana.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31531/indicacao_no_171-2026_-_esports_jempel_-_silvana.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31533/indicacao_no_172-2026_-_reformulacao_site_prefeitura_-_silvana.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31535/indicacao_no_173-2026_-_acompanhamento_saude_dpoc_-_silvana.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31537/indicacao_no_174-2026_-_placas_de_nomes_de_ruas_-_silvana.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31539/indicacao_no_175-2026_-_feira_livre_bairro_sto_antonio_-_jose.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31541/indicacao_no_176-2026_-_patrolamento_vitalino_ferreira_-_jose.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31470/oficio_no_02-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31471/oficio_no_03-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31472/oficio_no_04-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31474/oficio_no_06-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31475/oficio_no_07-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31476/ofico_no_08-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31477/oficio_no_9-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31478/oficio_no_10-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31479/oficio_no_11-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31480/oficio_n_12-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31481/oficio_no_13-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31482/oficio_no_14-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31483/oficio_no_15-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31484/oficio_no_16-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31485/oficio_no_17-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31486/oficio_no_18-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31487/oficio_no_19-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31489/oficio_no_22-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31491/oficio_no_23-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31492/oficio_no_24-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31493/oficio_no_25-2026_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31041/projeto_de_lei_no_01-2026.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31065/projeto_de_lei_no_02-2026.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31068/projeto_de_lei_no_03-2026.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31109/projeto_de_lei_no_04-2026.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31110/projeto_de_lei_no_05-2026.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31112/projeto_de_lei_no_06-2026.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31114/projeto_de_lei_no_07-2026.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31116/projeto_de_lei_no_08-2026.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31130/projeto_de_lei_no_09-2026.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31160/projeto_de_lei_no_10-2026.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31212/projeto_de_lei_no_12-2026.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31214/projeto_de_lei_no_13-2026.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31264/projeto_de_lei_-_praca_inclusiva.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31294/projeto_de_lei_no_15-2026.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31296/projeto_de_lei_no_16-2026.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31318/projeto_de_lei_no_17-2026.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31343/projeto_de_lei_vigilancia_colaborativa.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31419/projeto_de_lei_-_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31421/projeto_de_lei_-_casinha_de_pets.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31490/projeto_de_lei_21-2026.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31502/projeto_de_lei-dispoe_sobre_o_dia_municipal_do_ciclista_-_altera_data.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31295/projeto_de_lei_no_15-2026.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31320/representacao_01-2026_-_cemig_-_wilson.docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31341/representacao_02-2026_-_cemig_-_alex.docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31417/representacao_03-2026_-_der_-_marcio.docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31192/requerimento_no_01-2026_-_audiencia_publica_comerciantes_de_rua_-_gael.docx" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31200/requerimento_no_02-2026_-_situacao_amianto_no_municipio_-_gael.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31310/requerimento_no_03-2026_-_situacao_imovel_rua_comendador_700_-_gael.docx" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31325/requerimento_____26_-_piso_saude.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31449/requerimento_no_05-2026_-_ponte_ferreiras_-_gael.docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31451/requerimento_no_06-2026_-_ldx_construcoes_-_gael.docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31118/wagner_diogo_de_souza.doc" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31120/reginaldo_lima_de_godoi.doc" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31122/expedito_moreira_lima.doc" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31124/voto_de_pesar.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31126/vitor_soares_de_oliveira.doc" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31128/voto_de_pesar.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31144/maria_jose_vasques_faria.doc" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31154/voto_de_pesar.docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31156/irvalmo_caldeira_couto.doc" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31170/aguinaldo_de_almeida.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31172/voto_de_pesar_-_angela_maria_pereira.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31208/voto_de_pesar_-_cristina_fernandes_alves.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31252/voto_de_pesar.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31254/voto_de_pesar.docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31256/voto_de_pesar_-_gilson_aureliano_teixeira.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31258/maria_alice_diniz_siqueira.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31323/oficio_001_2026_-_voto_de_pesar_geraldo_barbosa_dos_santos.docx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31349/voto_de_pesar.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31504/angela_maria_esteves.doc" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31506/voto_de_pesar_-_terezinha_andrade_maia.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31508/novoa_documento_do_microsoft_word.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31509/novoa_documento_do_microsoft_word.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31510/novoa_documento_do_microsoft_word.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31545/voto_de_pesar_-_luis_claudio_correa_amorim.docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31547/marlene_da_cunha_pereira.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31549/eduardo_pereira_da_cruz.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31551/voto_de_pesar_-_mario_rodrigues.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/materialegislativa/2026/31553/jose_miquilino_filho.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H446"/>
+  <dimension ref="A1:H492"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="63.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="206.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -8444,7410 +8796,8606 @@
       </c>
       <c r="D160" t="s">
         <v>11</v>
       </c>
       <c r="E160" t="s">
         <v>12</v>
       </c>
       <c r="F160" t="s">
         <v>113</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>659</v>
       </c>
       <c r="H160" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>661</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>17</v>
+        <v>662</v>
       </c>
       <c r="D161" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
       <c r="E161" t="s">
+        <v>12</v>
+      </c>
+      <c r="F161" t="s">
+        <v>36</v>
+      </c>
+      <c r="G161" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="G161" s="1" t="s">
+      <c r="H161" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
+        <v>665</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
         <v>666</v>
       </c>
-      <c r="B162" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D162" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
       <c r="E162" t="s">
-        <v>663</v>
+        <v>12</v>
+      </c>
+      <c r="F162" t="s">
+        <v>36</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>667</v>
       </c>
       <c r="H162" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>669</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>27</v>
+        <v>670</v>
       </c>
       <c r="D163" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
       <c r="E163" t="s">
-        <v>663</v>
+        <v>12</v>
+      </c>
+      <c r="F163" t="s">
+        <v>36</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="H163" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>31</v>
+        <v>674</v>
       </c>
       <c r="D164" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
       <c r="E164" t="s">
-        <v>663</v>
+        <v>12</v>
+      </c>
+      <c r="F164" t="s">
+        <v>36</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>24</v>
+        <v>675</v>
       </c>
       <c r="H164" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>35</v>
+        <v>678</v>
       </c>
       <c r="D165" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
       <c r="E165" t="s">
-        <v>663</v>
+        <v>12</v>
+      </c>
+      <c r="F165" t="s">
+        <v>36</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="H165" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>40</v>
+        <v>682</v>
       </c>
       <c r="D166" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
       <c r="E166" t="s">
-        <v>663</v>
+        <v>12</v>
+      </c>
+      <c r="F166" t="s">
+        <v>23</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="H166" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>44</v>
+        <v>686</v>
       </c>
       <c r="D167" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
       <c r="E167" t="s">
-        <v>663</v>
+        <v>12</v>
+      </c>
+      <c r="F167" t="s">
+        <v>23</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="H167" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>49</v>
+        <v>690</v>
       </c>
       <c r="D168" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
       <c r="E168" t="s">
-        <v>663</v>
+        <v>12</v>
+      </c>
+      <c r="F168" t="s">
+        <v>23</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="H168" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>54</v>
+        <v>694</v>
       </c>
       <c r="D169" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
       <c r="E169" t="s">
-        <v>663</v>
+        <v>12</v>
+      </c>
+      <c r="F169" t="s">
+        <v>23</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="H169" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>58</v>
+        <v>698</v>
       </c>
       <c r="D170" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
       <c r="E170" t="s">
-        <v>663</v>
+        <v>12</v>
+      </c>
+      <c r="F170" t="s">
+        <v>23</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="H170" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>692</v>
+        <v>701</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>62</v>
+        <v>702</v>
       </c>
       <c r="D171" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
       <c r="E171" t="s">
-        <v>663</v>
+        <v>12</v>
+      </c>
+      <c r="F171" t="s">
+        <v>96</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>693</v>
+        <v>703</v>
       </c>
       <c r="H171" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>695</v>
+        <v>705</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>66</v>
+        <v>706</v>
       </c>
       <c r="D172" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
       <c r="E172" t="s">
-        <v>663</v>
+        <v>12</v>
+      </c>
+      <c r="F172" t="s">
+        <v>96</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>696</v>
+        <v>707</v>
       </c>
       <c r="H172" t="s">
-        <v>697</v>
+        <v>708</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>698</v>
+        <v>709</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>70</v>
+        <v>710</v>
       </c>
       <c r="D173" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
       <c r="E173" t="s">
-        <v>663</v>
+        <v>12</v>
+      </c>
+      <c r="F173" t="s">
+        <v>96</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>699</v>
+        <v>711</v>
       </c>
       <c r="H173" t="s">
-        <v>700</v>
+        <v>712</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>701</v>
+        <v>713</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>74</v>
+        <v>714</v>
       </c>
       <c r="D174" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
       <c r="E174" t="s">
-        <v>663</v>
+        <v>12</v>
+      </c>
+      <c r="F174" t="s">
+        <v>96</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>702</v>
+        <v>715</v>
       </c>
       <c r="H174" t="s">
-        <v>703</v>
+        <v>716</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>704</v>
+        <v>717</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>78</v>
+        <v>718</v>
       </c>
       <c r="D175" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
       <c r="E175" t="s">
-        <v>663</v>
+        <v>12</v>
+      </c>
+      <c r="F175" t="s">
+        <v>96</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>705</v>
+        <v>719</v>
       </c>
       <c r="H175" t="s">
-        <v>706</v>
+        <v>720</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>707</v>
+        <v>721</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>82</v>
+        <v>722</v>
       </c>
       <c r="D176" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
       <c r="E176" t="s">
-        <v>663</v>
+        <v>12</v>
+      </c>
+      <c r="F176" t="s">
+        <v>18</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>708</v>
+        <v>723</v>
       </c>
       <c r="H176" t="s">
-        <v>709</v>
+        <v>724</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>710</v>
+        <v>725</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>86</v>
+        <v>726</v>
       </c>
       <c r="D177" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
       <c r="E177" t="s">
-        <v>663</v>
+        <v>12</v>
+      </c>
+      <c r="F177" t="s">
+        <v>18</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>711</v>
+        <v>727</v>
       </c>
       <c r="H177" t="s">
-        <v>712</v>
+        <v>728</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>713</v>
+        <v>729</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>90</v>
+        <v>17</v>
       </c>
       <c r="D178" t="s">
-        <v>662</v>
+        <v>730</v>
       </c>
       <c r="E178" t="s">
-        <v>663</v>
+        <v>731</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>714</v>
+        <v>732</v>
       </c>
       <c r="H178" t="s">
-        <v>715</v>
+        <v>733</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>716</v>
+        <v>734</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>104</v>
+        <v>22</v>
       </c>
       <c r="D179" t="s">
-        <v>662</v>
+        <v>730</v>
       </c>
       <c r="E179" t="s">
-        <v>663</v>
+        <v>731</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>717</v>
+        <v>735</v>
       </c>
       <c r="H179" t="s">
-        <v>718</v>
+        <v>736</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>108</v>
+        <v>27</v>
       </c>
       <c r="D180" t="s">
-        <v>662</v>
+        <v>730</v>
       </c>
       <c r="E180" t="s">
-        <v>663</v>
+        <v>731</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>720</v>
+        <v>738</v>
       </c>
       <c r="H180" t="s">
-        <v>721</v>
+        <v>739</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>722</v>
+        <v>740</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="D181" t="s">
-        <v>662</v>
+        <v>730</v>
       </c>
       <c r="E181" t="s">
-        <v>663</v>
+        <v>731</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>723</v>
+        <v>24</v>
       </c>
       <c r="H181" t="s">
-        <v>724</v>
+        <v>741</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>725</v>
+        <v>742</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="D182" t="s">
-        <v>662</v>
+        <v>730</v>
       </c>
       <c r="E182" t="s">
-        <v>663</v>
+        <v>731</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>726</v>
+        <v>743</v>
       </c>
       <c r="H182" t="s">
-        <v>727</v>
+        <v>744</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>728</v>
+        <v>745</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="D183" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E183" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>731</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>731</v>
+        <v>746</v>
       </c>
       <c r="H183" t="s">
-        <v>732</v>
+        <v>747</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>733</v>
+        <v>748</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="D184" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E184" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>731</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>734</v>
+        <v>749</v>
       </c>
       <c r="H184" t="s">
-        <v>735</v>
+        <v>750</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>736</v>
+        <v>751</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="D185" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E185" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>731</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>737</v>
+        <v>752</v>
       </c>
       <c r="H185" t="s">
-        <v>738</v>
+        <v>753</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>739</v>
+        <v>754</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="D186" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E186" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>731</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>740</v>
+        <v>755</v>
       </c>
       <c r="H186" t="s">
-        <v>741</v>
+        <v>756</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>742</v>
+        <v>757</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="D187" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E187" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>743</v>
+        <v>731</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>744</v>
+        <v>758</v>
       </c>
       <c r="H187" t="s">
-        <v>745</v>
+        <v>759</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>746</v>
+        <v>760</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>35</v>
+        <v>62</v>
       </c>
       <c r="D188" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E188" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>731</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>747</v>
+        <v>761</v>
       </c>
       <c r="H188" t="s">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>749</v>
+        <v>763</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>40</v>
+        <v>66</v>
       </c>
       <c r="D189" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E189" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>731</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>750</v>
+        <v>764</v>
       </c>
       <c r="H189" t="s">
-        <v>751</v>
+        <v>765</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>752</v>
+        <v>766</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="D190" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E190" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>731</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>753</v>
+        <v>767</v>
       </c>
       <c r="H190" t="s">
-        <v>754</v>
+        <v>768</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>755</v>
+        <v>769</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="D191" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E191" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>731</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>756</v>
+        <v>770</v>
       </c>
       <c r="H191" t="s">
-        <v>757</v>
+        <v>771</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>758</v>
+        <v>772</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>54</v>
+        <v>78</v>
       </c>
       <c r="D192" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E192" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>731</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>759</v>
+        <v>773</v>
       </c>
       <c r="H192" t="s">
-        <v>760</v>
+        <v>774</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>761</v>
+        <v>775</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="D193" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E193" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>731</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>24</v>
+        <v>776</v>
       </c>
       <c r="H193" t="s">
-        <v>762</v>
+        <v>777</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>763</v>
+        <v>778</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="D194" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E194" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>731</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>764</v>
+        <v>779</v>
       </c>
       <c r="H194" t="s">
-        <v>765</v>
+        <v>780</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>766</v>
+        <v>781</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>66</v>
+        <v>90</v>
       </c>
       <c r="D195" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E195" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>731</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>767</v>
+        <v>782</v>
       </c>
       <c r="H195" t="s">
-        <v>768</v>
+        <v>783</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>769</v>
+        <v>784</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>70</v>
+        <v>104</v>
       </c>
       <c r="D196" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E196" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>731</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>770</v>
+        <v>785</v>
       </c>
       <c r="H196" t="s">
-        <v>771</v>
+        <v>786</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>772</v>
+        <v>787</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>74</v>
+        <v>108</v>
       </c>
       <c r="D197" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E197" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>731</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>773</v>
+        <v>788</v>
       </c>
       <c r="H197" t="s">
-        <v>774</v>
+        <v>789</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>775</v>
+        <v>790</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>78</v>
+        <v>112</v>
       </c>
       <c r="D198" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E198" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>731</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>776</v>
+        <v>791</v>
       </c>
       <c r="H198" t="s">
-        <v>777</v>
+        <v>792</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>778</v>
+        <v>793</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>82</v>
+        <v>117</v>
       </c>
       <c r="D199" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E199" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>731</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>779</v>
+        <v>794</v>
       </c>
       <c r="H199" t="s">
-        <v>780</v>
+        <v>795</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>781</v>
+        <v>796</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>86</v>
+        <v>10</v>
       </c>
       <c r="D200" t="s">
-        <v>729</v>
+        <v>797</v>
       </c>
       <c r="E200" t="s">
-        <v>730</v>
+        <v>798</v>
       </c>
       <c r="F200" t="s">
-        <v>45</v>
+        <v>176</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>782</v>
+        <v>799</v>
       </c>
       <c r="H200" t="s">
-        <v>783</v>
+        <v>800</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>784</v>
+        <v>801</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>90</v>
+        <v>17</v>
       </c>
       <c r="D201" t="s">
-        <v>729</v>
+        <v>797</v>
       </c>
       <c r="E201" t="s">
-        <v>730</v>
+        <v>798</v>
       </c>
       <c r="F201" t="s">
-        <v>113</v>
+        <v>176</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>785</v>
+        <v>802</v>
       </c>
       <c r="H201" t="s">
-        <v>786</v>
+        <v>803</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>787</v>
+        <v>804</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="D202" t="s">
-        <v>729</v>
+        <v>797</v>
       </c>
       <c r="E202" t="s">
-        <v>730</v>
+        <v>798</v>
       </c>
       <c r="F202" t="s">
-        <v>113</v>
+        <v>45</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>788</v>
+        <v>805</v>
       </c>
       <c r="H202" t="s">
-        <v>789</v>
+        <v>806</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>100</v>
+        <v>27</v>
       </c>
       <c r="D203" t="s">
-        <v>729</v>
+        <v>797</v>
       </c>
       <c r="E203" t="s">
-        <v>730</v>
+        <v>798</v>
       </c>
       <c r="F203" t="s">
-        <v>167</v>
+        <v>36</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>791</v>
+        <v>808</v>
       </c>
       <c r="H203" t="s">
-        <v>792</v>
+        <v>809</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>793</v>
+        <v>810</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>104</v>
+        <v>31</v>
       </c>
       <c r="D204" t="s">
-        <v>729</v>
+        <v>797</v>
       </c>
       <c r="E204" t="s">
-        <v>730</v>
+        <v>798</v>
       </c>
       <c r="F204" t="s">
-        <v>13</v>
+        <v>811</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>794</v>
+        <v>812</v>
       </c>
       <c r="H204" t="s">
-        <v>795</v>
+        <v>813</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>796</v>
+        <v>814</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D205" t="s">
         <v>797</v>
       </c>
       <c r="E205" t="s">
         <v>798</v>
       </c>
       <c r="F205" t="s">
-        <v>13</v>
+        <v>176</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>24</v>
+        <v>815</v>
       </c>
       <c r="H205" t="s">
-        <v>799</v>
+        <v>816</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>800</v>
+        <v>817</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="D206" t="s">
         <v>797</v>
       </c>
       <c r="E206" t="s">
         <v>798</v>
       </c>
       <c r="F206" t="s">
-        <v>18</v>
+        <v>176</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>24</v>
+        <v>818</v>
       </c>
       <c r="H206" t="s">
-        <v>20</v>
+        <v>819</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>801</v>
+        <v>820</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="D207" t="s">
         <v>797</v>
       </c>
       <c r="E207" t="s">
         <v>798</v>
       </c>
       <c r="F207" t="s">
-        <v>23</v>
+        <v>113</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>24</v>
+        <v>821</v>
       </c>
       <c r="H207" t="s">
-        <v>802</v>
+        <v>822</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>803</v>
+        <v>823</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="D208" t="s">
         <v>797</v>
       </c>
       <c r="E208" t="s">
         <v>798</v>
       </c>
       <c r="F208" t="s">
-        <v>23</v>
+        <v>176</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>24</v>
+        <v>824</v>
       </c>
       <c r="H208" t="s">
-        <v>29</v>
+        <v>825</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>804</v>
+        <v>826</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="D209" t="s">
         <v>797</v>
       </c>
       <c r="E209" t="s">
         <v>798</v>
       </c>
       <c r="F209" t="s">
-        <v>23</v>
+        <v>206</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>24</v>
+        <v>827</v>
       </c>
       <c r="H209" t="s">
-        <v>805</v>
+        <v>828</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>806</v>
+        <v>829</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="D210" t="s">
         <v>797</v>
       </c>
       <c r="E210" t="s">
         <v>798</v>
       </c>
       <c r="F210" t="s">
-        <v>36</v>
+        <v>167</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H210" t="s">
-        <v>38</v>
+        <v>830</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>807</v>
+        <v>831</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="D211" t="s">
         <v>797</v>
       </c>
       <c r="E211" t="s">
         <v>798</v>
       </c>
       <c r="F211" t="s">
-        <v>176</v>
+        <v>36</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>24</v>
+        <v>832</v>
       </c>
       <c r="H211" t="s">
-        <v>732</v>
+        <v>833</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>808</v>
+        <v>834</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="D212" t="s">
         <v>797</v>
       </c>
       <c r="E212" t="s">
         <v>798</v>
       </c>
       <c r="F212" t="s">
         <v>36</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>24</v>
+        <v>835</v>
       </c>
       <c r="H212" t="s">
-        <v>42</v>
+        <v>836</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>809</v>
+        <v>837</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="D213" t="s">
         <v>797</v>
       </c>
       <c r="E213" t="s">
         <v>798</v>
       </c>
       <c r="F213" t="s">
-        <v>45</v>
+        <v>113</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>24</v>
+        <v>838</v>
       </c>
       <c r="H213" t="s">
-        <v>47</v>
+        <v>839</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>810</v>
+        <v>840</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="D214" t="s">
         <v>797</v>
       </c>
       <c r="E214" t="s">
         <v>798</v>
       </c>
       <c r="F214" t="s">
-        <v>50</v>
+        <v>91</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>24</v>
+        <v>841</v>
       </c>
       <c r="H214" t="s">
-        <v>52</v>
+        <v>842</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>811</v>
+        <v>843</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="D215" t="s">
         <v>797</v>
       </c>
       <c r="E215" t="s">
         <v>798</v>
       </c>
       <c r="F215" t="s">
-        <v>36</v>
+        <v>91</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>24</v>
+        <v>844</v>
       </c>
       <c r="H215" t="s">
-        <v>56</v>
+        <v>845</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>812</v>
+        <v>846</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="D216" t="s">
         <v>797</v>
       </c>
       <c r="E216" t="s">
         <v>798</v>
       </c>
       <c r="F216" t="s">
-        <v>36</v>
+        <v>176</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>24</v>
+        <v>847</v>
       </c>
       <c r="H216" t="s">
-        <v>60</v>
+        <v>848</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>813</v>
+        <v>849</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="D217" t="s">
         <v>797</v>
       </c>
       <c r="E217" t="s">
         <v>798</v>
       </c>
       <c r="F217" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>24</v>
+        <v>850</v>
       </c>
       <c r="H217" t="s">
-        <v>64</v>
+        <v>851</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>814</v>
+        <v>852</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="D218" t="s">
         <v>797</v>
       </c>
       <c r="E218" t="s">
         <v>798</v>
       </c>
       <c r="F218" t="s">
-        <v>50</v>
+        <v>113</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>24</v>
+        <v>853</v>
       </c>
       <c r="H218" t="s">
-        <v>68</v>
+        <v>854</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>815</v>
+        <v>855</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="D219" t="s">
         <v>797</v>
       </c>
       <c r="E219" t="s">
         <v>798</v>
       </c>
       <c r="F219" t="s">
-        <v>176</v>
+        <v>113</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>24</v>
+        <v>856</v>
       </c>
       <c r="H219" t="s">
-        <v>735</v>
+        <v>857</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>816</v>
+        <v>858</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>78</v>
+        <v>100</v>
       </c>
       <c r="D220" t="s">
         <v>797</v>
       </c>
       <c r="E220" t="s">
         <v>798</v>
       </c>
       <c r="F220" t="s">
-        <v>45</v>
+        <v>167</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>24</v>
+        <v>859</v>
       </c>
       <c r="H220" t="s">
-        <v>738</v>
+        <v>860</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>817</v>
+        <v>861</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>82</v>
+        <v>104</v>
       </c>
       <c r="D221" t="s">
         <v>797</v>
       </c>
       <c r="E221" t="s">
         <v>798</v>
       </c>
       <c r="F221" t="s">
         <v>13</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>24</v>
+        <v>862</v>
       </c>
       <c r="H221" t="s">
-        <v>818</v>
+        <v>863</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>819</v>
+        <v>864</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="D222" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E222" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F222" t="s">
         <v>13</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H222" t="s">
-        <v>820</v>
+        <v>867</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>821</v>
+        <v>868</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="D223" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E223" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F223" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H223" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>822</v>
+        <v>869</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>100</v>
+        <v>22</v>
       </c>
       <c r="D224" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E224" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F224" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="G224" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H224" t="s">
-        <v>88</v>
+        <v>870</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>823</v>
+        <v>871</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>104</v>
+        <v>27</v>
       </c>
       <c r="D225" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E225" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F225" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G225" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H225" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>824</v>
+        <v>872</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>108</v>
+        <v>31</v>
       </c>
       <c r="D226" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E226" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F226" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H226" t="s">
-        <v>93</v>
+        <v>873</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>825</v>
+        <v>874</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>112</v>
+        <v>35</v>
       </c>
       <c r="D227" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E227" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F227" t="s">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H227" t="s">
-        <v>98</v>
+        <v>38</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>826</v>
+        <v>875</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>117</v>
+        <v>40</v>
       </c>
       <c r="D228" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E228" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F228" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H228" t="s">
-        <v>102</v>
+        <v>800</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>827</v>
+        <v>876</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>121</v>
+        <v>44</v>
       </c>
       <c r="D229" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E229" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F229" t="s">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H229" t="s">
-        <v>106</v>
+        <v>42</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>828</v>
+        <v>877</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>125</v>
+        <v>49</v>
       </c>
       <c r="D230" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E230" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F230" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H230" t="s">
-        <v>741</v>
+        <v>47</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>829</v>
+        <v>878</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>129</v>
+        <v>54</v>
       </c>
       <c r="D231" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E231" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F231" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H231" t="s">
-        <v>745</v>
+        <v>52</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>830</v>
+        <v>879</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>133</v>
+        <v>58</v>
       </c>
       <c r="D232" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E232" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F232" t="s">
-        <v>176</v>
+        <v>36</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H232" t="s">
-        <v>748</v>
+        <v>56</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>831</v>
+        <v>880</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>137</v>
+        <v>62</v>
       </c>
       <c r="D233" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E233" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F233" t="s">
-        <v>176</v>
+        <v>36</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H233" t="s">
-        <v>751</v>
+        <v>60</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>832</v>
+        <v>881</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>141</v>
+        <v>66</v>
       </c>
       <c r="D234" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E234" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F234" t="s">
-        <v>113</v>
+        <v>50</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H234" t="s">
-        <v>754</v>
+        <v>64</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>833</v>
+        <v>882</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>145</v>
+        <v>70</v>
       </c>
       <c r="D235" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E235" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F235" t="s">
-        <v>113</v>
+        <v>50</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H235" t="s">
-        <v>834</v>
+        <v>68</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>835</v>
+        <v>883</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>149</v>
+        <v>74</v>
       </c>
       <c r="D236" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E236" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F236" t="s">
-        <v>113</v>
+        <v>176</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H236" t="s">
-        <v>836</v>
+        <v>803</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>837</v>
+        <v>884</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>153</v>
+        <v>78</v>
       </c>
       <c r="D237" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E237" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F237" t="s">
-        <v>113</v>
+        <v>45</v>
       </c>
       <c r="G237" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H237" t="s">
-        <v>838</v>
+        <v>806</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>839</v>
+        <v>885</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>158</v>
+        <v>82</v>
       </c>
       <c r="D238" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E238" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F238" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H238" t="s">
-        <v>840</v>
+        <v>886</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>841</v>
+        <v>887</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>162</v>
+        <v>90</v>
       </c>
       <c r="D239" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E239" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F239" t="s">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H239" t="s">
-        <v>842</v>
+        <v>888</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>843</v>
+        <v>889</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>166</v>
+        <v>95</v>
       </c>
       <c r="D240" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E240" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F240" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H240" t="s">
-        <v>844</v>
+        <v>84</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>845</v>
+        <v>890</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="D241" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E241" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F241" t="s">
-        <v>176</v>
+        <v>36</v>
       </c>
       <c r="G241" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H241" t="s">
-        <v>757</v>
+        <v>88</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>846</v>
+        <v>891</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>175</v>
+        <v>104</v>
       </c>
       <c r="D242" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E242" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F242" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G242" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H242" t="s">
-        <v>110</v>
+        <v>76</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>847</v>
+        <v>892</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>180</v>
+        <v>108</v>
       </c>
       <c r="D243" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E243" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F243" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
       <c r="G243" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H243" t="s">
-        <v>848</v>
+        <v>93</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>849</v>
+        <v>893</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>184</v>
+        <v>112</v>
       </c>
       <c r="D244" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E244" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F244" t="s">
-        <v>113</v>
+        <v>96</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H244" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>850</v>
+        <v>894</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>188</v>
+        <v>117</v>
       </c>
       <c r="D245" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E245" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F245" t="s">
-        <v>113</v>
+        <v>96</v>
       </c>
       <c r="G245" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H245" t="s">
-        <v>123</v>
+        <v>102</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>851</v>
+        <v>895</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>192</v>
+        <v>121</v>
       </c>
       <c r="D246" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E246" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F246" t="s">
-        <v>113</v>
+        <v>96</v>
       </c>
       <c r="G246" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H246" t="s">
-        <v>127</v>
+        <v>106</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>852</v>
+        <v>896</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>196</v>
+        <v>125</v>
       </c>
       <c r="D247" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E247" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F247" t="s">
-        <v>113</v>
+        <v>36</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H247" t="s">
-        <v>131</v>
+        <v>809</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>853</v>
+        <v>897</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>201</v>
+        <v>129</v>
       </c>
       <c r="D248" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E248" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F248" t="s">
-        <v>113</v>
+        <v>18</v>
       </c>
       <c r="G248" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H248" t="s">
-        <v>854</v>
+        <v>813</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>855</v>
+        <v>898</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>205</v>
+        <v>133</v>
       </c>
       <c r="D249" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E249" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F249" t="s">
-        <v>18</v>
+        <v>176</v>
       </c>
       <c r="G249" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H249" t="s">
-        <v>135</v>
+        <v>816</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>856</v>
+        <v>899</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>210</v>
+        <v>137</v>
       </c>
       <c r="D250" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E250" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F250" t="s">
-        <v>18</v>
+        <v>176</v>
       </c>
       <c r="G250" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H250" t="s">
-        <v>139</v>
+        <v>819</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>857</v>
+        <v>900</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>214</v>
+        <v>141</v>
       </c>
       <c r="D251" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E251" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F251" t="s">
-        <v>18</v>
+        <v>113</v>
       </c>
       <c r="G251" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H251" t="s">
-        <v>143</v>
+        <v>822</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>858</v>
+        <v>901</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>218</v>
+        <v>145</v>
       </c>
       <c r="D252" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E252" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F252" t="s">
-        <v>45</v>
+        <v>113</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H252" t="s">
-        <v>147</v>
+        <v>902</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>859</v>
+        <v>903</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>222</v>
+        <v>149</v>
       </c>
       <c r="D253" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E253" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F253" t="s">
-        <v>154</v>
+        <v>113</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H253" t="s">
-        <v>860</v>
+        <v>904</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>861</v>
+        <v>905</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>226</v>
+        <v>153</v>
       </c>
       <c r="D254" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E254" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F254" t="s">
         <v>113</v>
       </c>
       <c r="G254" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H254" t="s">
-        <v>862</v>
+        <v>906</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>863</v>
+        <v>907</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>230</v>
+        <v>158</v>
       </c>
       <c r="D255" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E255" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F255" t="s">
-        <v>50</v>
+        <v>154</v>
       </c>
       <c r="G255" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H255" t="s">
-        <v>151</v>
+        <v>908</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>864</v>
+        <v>909</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>234</v>
+        <v>162</v>
       </c>
       <c r="D256" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E256" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F256" t="s">
-        <v>206</v>
+        <v>113</v>
       </c>
       <c r="G256" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H256" t="s">
-        <v>760</v>
+        <v>910</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>865</v>
+        <v>911</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>238</v>
+        <v>166</v>
       </c>
       <c r="D257" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E257" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F257" t="s">
         <v>154</v>
       </c>
       <c r="G257" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H257" t="s">
-        <v>156</v>
+        <v>912</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>866</v>
+        <v>913</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>242</v>
+        <v>171</v>
       </c>
       <c r="D258" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E258" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F258" t="s">
-        <v>154</v>
+        <v>176</v>
       </c>
       <c r="G258" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H258" t="s">
-        <v>160</v>
+        <v>825</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>867</v>
+        <v>914</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>246</v>
+        <v>175</v>
       </c>
       <c r="D259" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E259" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F259" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="G259" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H259" t="s">
-        <v>164</v>
+        <v>110</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>868</v>
+        <v>915</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>250</v>
+        <v>180</v>
       </c>
       <c r="D260" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E260" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F260" t="s">
-        <v>154</v>
+        <v>113</v>
       </c>
       <c r="G260" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H260" t="s">
-        <v>169</v>
+        <v>916</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>869</v>
+        <v>917</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>254</v>
+        <v>184</v>
       </c>
       <c r="D261" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E261" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F261" t="s">
-        <v>154</v>
+        <v>113</v>
       </c>
       <c r="G261" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H261" t="s">
-        <v>173</v>
+        <v>119</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>870</v>
+        <v>918</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>258</v>
+        <v>188</v>
       </c>
       <c r="D262" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E262" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F262" t="s">
-        <v>176</v>
+        <v>113</v>
       </c>
       <c r="G262" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H262" t="s">
-        <v>871</v>
+        <v>123</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>872</v>
+        <v>919</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>262</v>
+        <v>192</v>
       </c>
       <c r="D263" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E263" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F263" t="s">
-        <v>50</v>
+        <v>113</v>
       </c>
       <c r="G263" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H263" t="s">
-        <v>873</v>
+        <v>127</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>874</v>
+        <v>920</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>266</v>
+        <v>196</v>
       </c>
       <c r="D264" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E264" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F264" t="s">
-        <v>176</v>
+        <v>113</v>
       </c>
       <c r="G264" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H264" t="s">
-        <v>178</v>
+        <v>131</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>875</v>
+        <v>921</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>270</v>
+        <v>201</v>
       </c>
       <c r="D265" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E265" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F265" t="s">
-        <v>176</v>
+        <v>113</v>
       </c>
       <c r="G265" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H265" t="s">
-        <v>182</v>
+        <v>922</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>876</v>
+        <v>923</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>275</v>
+        <v>205</v>
       </c>
       <c r="D266" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E266" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F266" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
       <c r="G266" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H266" t="s">
-        <v>186</v>
+        <v>135</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>877</v>
+        <v>924</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>279</v>
+        <v>210</v>
       </c>
       <c r="D267" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E267" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F267" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
       <c r="G267" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H267" t="s">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>878</v>
+        <v>925</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>283</v>
+        <v>214</v>
       </c>
       <c r="D268" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E268" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F268" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
       <c r="G268" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H268" t="s">
-        <v>194</v>
+        <v>143</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>879</v>
+        <v>926</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>287</v>
+        <v>218</v>
       </c>
       <c r="D269" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E269" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F269" t="s">
-        <v>197</v>
+        <v>45</v>
       </c>
       <c r="G269" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H269" t="s">
-        <v>199</v>
+        <v>147</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>880</v>
+        <v>927</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>291</v>
+        <v>222</v>
       </c>
       <c r="D270" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E270" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F270" t="s">
-        <v>91</v>
+        <v>154</v>
       </c>
       <c r="G270" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H270" t="s">
-        <v>203</v>
+        <v>928</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>881</v>
+        <v>929</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>295</v>
+        <v>226</v>
       </c>
       <c r="D271" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E271" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F271" t="s">
-        <v>206</v>
+        <v>113</v>
       </c>
       <c r="G271" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H271" t="s">
-        <v>208</v>
+        <v>930</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>882</v>
+        <v>931</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>299</v>
+        <v>230</v>
       </c>
       <c r="D272" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E272" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F272" t="s">
-        <v>206</v>
+        <v>50</v>
       </c>
       <c r="G272" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H272" t="s">
-        <v>212</v>
+        <v>151</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>883</v>
+        <v>932</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>303</v>
+        <v>234</v>
       </c>
       <c r="D273" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E273" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F273" t="s">
         <v>206</v>
       </c>
       <c r="G273" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H273" t="s">
-        <v>884</v>
+        <v>828</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>885</v>
+        <v>933</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>307</v>
+        <v>238</v>
       </c>
       <c r="D274" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E274" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F274" t="s">
-        <v>206</v>
+        <v>154</v>
       </c>
       <c r="G274" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H274" t="s">
-        <v>216</v>
+        <v>156</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>886</v>
+        <v>934</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>311</v>
+        <v>242</v>
       </c>
       <c r="D275" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E275" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F275" t="s">
-        <v>206</v>
+        <v>154</v>
       </c>
       <c r="G275" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H275" t="s">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>887</v>
+        <v>935</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>315</v>
+        <v>246</v>
       </c>
       <c r="D276" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E276" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F276" t="s">
-        <v>206</v>
+        <v>154</v>
       </c>
       <c r="G276" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H276" t="s">
-        <v>224</v>
+        <v>164</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>888</v>
+        <v>936</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>319</v>
+        <v>250</v>
       </c>
       <c r="D277" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E277" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F277" t="s">
-        <v>206</v>
+        <v>154</v>
       </c>
       <c r="G277" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H277" t="s">
-        <v>889</v>
+        <v>169</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>890</v>
+        <v>937</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>323</v>
+        <v>254</v>
       </c>
       <c r="D278" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E278" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F278" t="s">
-        <v>45</v>
+        <v>154</v>
       </c>
       <c r="G278" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H278" t="s">
-        <v>228</v>
+        <v>173</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>891</v>
+        <v>938</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>327</v>
+        <v>258</v>
       </c>
       <c r="D279" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E279" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F279" t="s">
-        <v>45</v>
+        <v>176</v>
       </c>
       <c r="G279" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H279" t="s">
-        <v>232</v>
+        <v>939</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>892</v>
+        <v>940</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>331</v>
+        <v>262</v>
       </c>
       <c r="D280" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E280" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F280" t="s">
-        <v>91</v>
+        <v>50</v>
       </c>
       <c r="G280" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H280" t="s">
-        <v>236</v>
+        <v>941</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>893</v>
+        <v>942</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>335</v>
+        <v>266</v>
       </c>
       <c r="D281" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E281" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F281" t="s">
-        <v>50</v>
+        <v>176</v>
       </c>
       <c r="G281" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H281" t="s">
-        <v>894</v>
+        <v>178</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>895</v>
+        <v>943</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>339</v>
+        <v>270</v>
       </c>
       <c r="D282" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E282" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F282" t="s">
-        <v>896</v>
+        <v>176</v>
       </c>
       <c r="G282" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H282" t="s">
-        <v>762</v>
+        <v>182</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>897</v>
+        <v>944</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>343</v>
+        <v>275</v>
       </c>
       <c r="D283" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E283" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F283" t="s">
-        <v>36</v>
+        <v>176</v>
       </c>
       <c r="G283" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H283" t="s">
-        <v>765</v>
+        <v>186</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>898</v>
+        <v>945</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>347</v>
+        <v>279</v>
       </c>
       <c r="D284" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E284" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F284" t="s">
-        <v>36</v>
+        <v>176</v>
       </c>
       <c r="G284" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H284" t="s">
-        <v>768</v>
+        <v>190</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>899</v>
+        <v>946</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>351</v>
+        <v>283</v>
       </c>
       <c r="D285" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E285" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F285" t="s">
-        <v>113</v>
+        <v>176</v>
       </c>
       <c r="G285" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H285" t="s">
-        <v>240</v>
+        <v>194</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>900</v>
+        <v>947</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>355</v>
+        <v>287</v>
       </c>
       <c r="D286" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E286" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F286" t="s">
-        <v>13</v>
+        <v>197</v>
       </c>
       <c r="G286" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H286" t="s">
-        <v>244</v>
+        <v>199</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>901</v>
+        <v>948</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>359</v>
+        <v>291</v>
       </c>
       <c r="D287" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E287" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F287" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="G287" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H287" t="s">
-        <v>248</v>
+        <v>203</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>902</v>
+        <v>949</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>363</v>
+        <v>295</v>
       </c>
       <c r="D288" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E288" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F288" t="s">
-        <v>13</v>
+        <v>206</v>
       </c>
       <c r="G288" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H288" t="s">
-        <v>252</v>
+        <v>208</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>903</v>
+        <v>950</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>367</v>
+        <v>299</v>
       </c>
       <c r="D289" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E289" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F289" t="s">
-        <v>36</v>
+        <v>206</v>
       </c>
       <c r="G289" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H289" t="s">
-        <v>256</v>
+        <v>212</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>904</v>
+        <v>951</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>371</v>
+        <v>303</v>
       </c>
       <c r="D290" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E290" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F290" t="s">
-        <v>13</v>
+        <v>206</v>
       </c>
       <c r="G290" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H290" t="s">
-        <v>260</v>
+        <v>952</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>905</v>
+        <v>953</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>375</v>
+        <v>307</v>
       </c>
       <c r="D291" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E291" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F291" t="s">
-        <v>13</v>
+        <v>206</v>
       </c>
       <c r="G291" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H291" t="s">
-        <v>906</v>
+        <v>216</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>907</v>
+        <v>954</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>379</v>
+        <v>311</v>
       </c>
       <c r="D292" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E292" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F292" t="s">
-        <v>36</v>
+        <v>206</v>
       </c>
       <c r="G292" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H292" t="s">
-        <v>268</v>
+        <v>220</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>908</v>
+        <v>955</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>383</v>
+        <v>315</v>
       </c>
       <c r="D293" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E293" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F293" t="s">
-        <v>36</v>
+        <v>206</v>
       </c>
       <c r="G293" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H293" t="s">
-        <v>273</v>
+        <v>224</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>909</v>
+        <v>956</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>387</v>
+        <v>319</v>
       </c>
       <c r="D294" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E294" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F294" t="s">
-        <v>36</v>
+        <v>206</v>
       </c>
       <c r="G294" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H294" t="s">
-        <v>277</v>
+        <v>957</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>910</v>
+        <v>958</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>391</v>
+        <v>323</v>
       </c>
       <c r="D295" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E295" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F295" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="G295" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H295" t="s">
-        <v>281</v>
+        <v>228</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>911</v>
+        <v>959</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>395</v>
+        <v>327</v>
       </c>
       <c r="D296" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E296" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F296" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="G296" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H296" t="s">
-        <v>285</v>
+        <v>232</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>912</v>
+        <v>960</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>399</v>
+        <v>331</v>
       </c>
       <c r="D297" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E297" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F297" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="G297" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H297" t="s">
-        <v>289</v>
+        <v>236</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>913</v>
+        <v>961</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>403</v>
+        <v>335</v>
       </c>
       <c r="D298" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E298" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F298" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="G298" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H298" t="s">
-        <v>293</v>
+        <v>962</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>914</v>
+        <v>963</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>407</v>
+        <v>339</v>
       </c>
       <c r="D299" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E299" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F299" t="s">
-        <v>18</v>
+        <v>964</v>
       </c>
       <c r="G299" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H299" t="s">
-        <v>297</v>
+        <v>830</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>915</v>
+        <v>965</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>411</v>
+        <v>343</v>
       </c>
       <c r="D300" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E300" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F300" t="s">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="G300" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H300" t="s">
-        <v>301</v>
+        <v>833</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>916</v>
+        <v>966</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>415</v>
+        <v>347</v>
       </c>
       <c r="D301" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E301" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F301" t="s">
-        <v>197</v>
+        <v>36</v>
       </c>
       <c r="G301" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H301" t="s">
-        <v>305</v>
+        <v>836</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>917</v>
+        <v>967</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>419</v>
+        <v>351</v>
       </c>
       <c r="D302" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E302" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F302" t="s">
-        <v>154</v>
+        <v>113</v>
       </c>
       <c r="G302" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H302" t="s">
-        <v>918</v>
+        <v>240</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>919</v>
+        <v>968</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>422</v>
+        <v>355</v>
       </c>
       <c r="D303" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E303" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F303" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="G303" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H303" t="s">
-        <v>920</v>
+        <v>244</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>921</v>
+        <v>969</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>426</v>
+        <v>359</v>
       </c>
       <c r="D304" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E304" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F304" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="G304" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H304" t="s">
-        <v>922</v>
+        <v>248</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>923</v>
+        <v>970</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>430</v>
+        <v>363</v>
       </c>
       <c r="D305" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E305" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F305" t="s">
-        <v>176</v>
+        <v>13</v>
       </c>
       <c r="G305" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H305" t="s">
-        <v>924</v>
+        <v>252</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>925</v>
+        <v>971</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>434</v>
+        <v>367</v>
       </c>
       <c r="D306" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E306" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F306" t="s">
-        <v>206</v>
+        <v>36</v>
       </c>
       <c r="G306" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H306" t="s">
-        <v>309</v>
+        <v>256</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>926</v>
+        <v>972</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>438</v>
+        <v>371</v>
       </c>
       <c r="D307" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E307" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F307" t="s">
-        <v>197</v>
+        <v>13</v>
       </c>
       <c r="G307" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H307" t="s">
-        <v>313</v>
+        <v>260</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>927</v>
+        <v>973</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>442</v>
+        <v>375</v>
       </c>
       <c r="D308" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E308" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F308" t="s">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c r="G308" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H308" t="s">
-        <v>771</v>
+        <v>974</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>928</v>
+        <v>975</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>446</v>
+        <v>379</v>
       </c>
       <c r="D309" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E309" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F309" t="s">
-        <v>113</v>
+        <v>36</v>
       </c>
       <c r="G309" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H309" t="s">
-        <v>317</v>
+        <v>268</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>929</v>
+        <v>976</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>450</v>
+        <v>383</v>
       </c>
       <c r="D310" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E310" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F310" t="s">
-        <v>113</v>
+        <v>36</v>
       </c>
       <c r="G310" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H310" t="s">
-        <v>321</v>
+        <v>273</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>930</v>
+        <v>977</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>454</v>
+        <v>387</v>
       </c>
       <c r="D311" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E311" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F311" t="s">
-        <v>113</v>
+        <v>36</v>
       </c>
       <c r="G311" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H311" t="s">
-        <v>325</v>
+        <v>277</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>931</v>
+        <v>978</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>458</v>
+        <v>391</v>
       </c>
       <c r="D312" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E312" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F312" t="s">
-        <v>113</v>
+        <v>36</v>
       </c>
       <c r="G312" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H312" t="s">
-        <v>329</v>
+        <v>281</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>932</v>
+        <v>979</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>462</v>
+        <v>395</v>
       </c>
       <c r="D313" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E313" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F313" t="s">
-        <v>113</v>
+        <v>18</v>
       </c>
       <c r="G313" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H313" t="s">
-        <v>333</v>
+        <v>285</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>933</v>
+        <v>980</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>466</v>
+        <v>399</v>
       </c>
       <c r="D314" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E314" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F314" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="G314" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H314" t="s">
-        <v>337</v>
+        <v>289</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>934</v>
+        <v>981</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>470</v>
+        <v>403</v>
       </c>
       <c r="D315" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E315" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F315" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="G315" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H315" t="s">
-        <v>935</v>
+        <v>293</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>936</v>
+        <v>982</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>474</v>
+        <v>407</v>
       </c>
       <c r="D316" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E316" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F316" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="G316" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H316" t="s">
-        <v>937</v>
+        <v>297</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>938</v>
+        <v>983</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>478</v>
+        <v>411</v>
       </c>
       <c r="D317" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E317" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F317" t="s">
-        <v>154</v>
+        <v>96</v>
       </c>
       <c r="G317" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H317" t="s">
-        <v>939</v>
+        <v>301</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>940</v>
+        <v>984</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>482</v>
+        <v>415</v>
       </c>
       <c r="D318" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E318" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F318" t="s">
-        <v>154</v>
+        <v>197</v>
       </c>
       <c r="G318" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H318" t="s">
-        <v>941</v>
+        <v>305</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>942</v>
+        <v>985</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>486</v>
+        <v>419</v>
       </c>
       <c r="D319" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E319" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F319" t="s">
-        <v>206</v>
+        <v>154</v>
       </c>
       <c r="G319" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H319" t="s">
-        <v>357</v>
+        <v>986</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>943</v>
+        <v>987</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>490</v>
+        <v>422</v>
       </c>
       <c r="D320" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E320" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F320" t="s">
         <v>91</v>
       </c>
       <c r="G320" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H320" t="s">
-        <v>361</v>
+        <v>988</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>944</v>
+        <v>989</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>494</v>
+        <v>426</v>
       </c>
       <c r="D321" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E321" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F321" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="G321" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H321" t="s">
-        <v>365</v>
+        <v>990</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>945</v>
+        <v>991</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>498</v>
+        <v>430</v>
       </c>
       <c r="D322" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E322" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F322" t="s">
-        <v>91</v>
+        <v>176</v>
       </c>
       <c r="G322" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H322" t="s">
-        <v>369</v>
+        <v>992</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>946</v>
+        <v>993</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>502</v>
+        <v>434</v>
       </c>
       <c r="D323" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E323" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F323" t="s">
-        <v>91</v>
+        <v>206</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>947</v>
+        <v>24</v>
       </c>
       <c r="H323" t="s">
-        <v>774</v>
+        <v>309</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>948</v>
+        <v>994</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>506</v>
+        <v>438</v>
       </c>
       <c r="D324" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E324" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F324" t="s">
-        <v>91</v>
+        <v>197</v>
       </c>
       <c r="G324" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H324" t="s">
-        <v>777</v>
+        <v>313</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>949</v>
+        <v>995</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>510</v>
+        <v>442</v>
       </c>
       <c r="D325" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E325" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F325" t="s">
-        <v>91</v>
+        <v>113</v>
       </c>
       <c r="G325" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H325" t="s">
-        <v>373</v>
+        <v>839</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>950</v>
+        <v>996</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>514</v>
+        <v>446</v>
       </c>
       <c r="D326" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E326" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F326" t="s">
-        <v>23</v>
+        <v>113</v>
       </c>
       <c r="G326" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H326" t="s">
-        <v>377</v>
+        <v>317</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>951</v>
+        <v>997</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>518</v>
+        <v>450</v>
       </c>
       <c r="D327" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E327" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F327" t="s">
-        <v>23</v>
+        <v>113</v>
       </c>
       <c r="G327" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H327" t="s">
-        <v>381</v>
+        <v>321</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>952</v>
+        <v>998</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>522</v>
+        <v>454</v>
       </c>
       <c r="D328" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E328" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F328" t="s">
-        <v>23</v>
+        <v>113</v>
       </c>
       <c r="G328" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H328" t="s">
-        <v>385</v>
+        <v>325</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>953</v>
+        <v>999</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>526</v>
+        <v>458</v>
       </c>
       <c r="D329" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E329" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F329" t="s">
-        <v>23</v>
+        <v>113</v>
       </c>
       <c r="G329" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H329" t="s">
-        <v>389</v>
+        <v>329</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>954</v>
+        <v>1000</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>530</v>
+        <v>462</v>
       </c>
       <c r="D330" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E330" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F330" t="s">
-        <v>23</v>
+        <v>113</v>
       </c>
       <c r="G330" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H330" t="s">
-        <v>393</v>
+        <v>333</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>955</v>
+        <v>1001</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>534</v>
+        <v>466</v>
       </c>
       <c r="D331" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E331" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F331" t="s">
-        <v>206</v>
+        <v>154</v>
       </c>
       <c r="G331" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H331" t="s">
-        <v>956</v>
+        <v>337</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>957</v>
+        <v>1002</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>538</v>
+        <v>470</v>
       </c>
       <c r="D332" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E332" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F332" t="s">
-        <v>197</v>
+        <v>154</v>
       </c>
       <c r="G332" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H332" t="s">
-        <v>397</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>958</v>
+        <v>1004</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>542</v>
+        <v>474</v>
       </c>
       <c r="D333" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E333" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F333" t="s">
-        <v>206</v>
+        <v>154</v>
       </c>
       <c r="G333" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H333" t="s">
-        <v>401</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>959</v>
+        <v>1006</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>546</v>
+        <v>478</v>
       </c>
       <c r="D334" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E334" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F334" t="s">
-        <v>18</v>
+        <v>154</v>
       </c>
       <c r="G334" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H334" t="s">
-        <v>405</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>960</v>
+        <v>1008</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>550</v>
+        <v>482</v>
       </c>
       <c r="D335" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E335" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F335" t="s">
-        <v>176</v>
+        <v>154</v>
       </c>
       <c r="G335" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H335" t="s">
-        <v>780</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>961</v>
+        <v>1010</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>554</v>
+        <v>486</v>
       </c>
       <c r="D336" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E336" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F336" t="s">
-        <v>91</v>
+        <v>206</v>
       </c>
       <c r="G336" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H336" t="s">
-        <v>962</v>
+        <v>357</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>963</v>
+        <v>1011</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>558</v>
+        <v>490</v>
       </c>
       <c r="D337" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E337" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F337" t="s">
-        <v>23</v>
+        <v>91</v>
       </c>
       <c r="G337" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H337" t="s">
-        <v>964</v>
+        <v>361</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>965</v>
+        <v>1012</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>562</v>
+        <v>494</v>
       </c>
       <c r="D338" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E338" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F338" t="s">
-        <v>206</v>
+        <v>45</v>
       </c>
       <c r="G338" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H338" t="s">
-        <v>966</v>
+        <v>365</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>967</v>
+        <v>1013</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>566</v>
+        <v>498</v>
       </c>
       <c r="D339" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E339" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F339" t="s">
-        <v>206</v>
+        <v>91</v>
       </c>
       <c r="G339" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H339" t="s">
-        <v>968</v>
+        <v>369</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>969</v>
+        <v>1014</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>570</v>
+        <v>502</v>
       </c>
       <c r="D340" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E340" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F340" t="s">
         <v>91</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>24</v>
+        <v>1015</v>
       </c>
       <c r="H340" t="s">
-        <v>970</v>
+        <v>842</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>971</v>
+        <v>1016</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>574</v>
+        <v>506</v>
       </c>
       <c r="D341" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E341" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F341" t="s">
-        <v>176</v>
+        <v>91</v>
       </c>
       <c r="G341" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H341" t="s">
-        <v>972</v>
+        <v>845</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>973</v>
+        <v>1017</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>578</v>
+        <v>510</v>
       </c>
       <c r="D342" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E342" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F342" t="s">
-        <v>176</v>
+        <v>91</v>
       </c>
       <c r="G342" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H342" t="s">
-        <v>974</v>
+        <v>373</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>975</v>
+        <v>1018</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>582</v>
+        <v>514</v>
       </c>
       <c r="D343" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E343" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F343" t="s">
-        <v>176</v>
+        <v>23</v>
       </c>
       <c r="G343" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H343" t="s">
-        <v>976</v>
+        <v>377</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>977</v>
+        <v>1019</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>586</v>
+        <v>518</v>
       </c>
       <c r="D344" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E344" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F344" t="s">
-        <v>176</v>
+        <v>23</v>
       </c>
       <c r="G344" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H344" t="s">
-        <v>978</v>
+        <v>381</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>979</v>
+        <v>1020</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>590</v>
+        <v>522</v>
       </c>
       <c r="D345" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E345" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F345" t="s">
-        <v>176</v>
+        <v>23</v>
       </c>
       <c r="G345" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H345" t="s">
-        <v>432</v>
+        <v>385</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>980</v>
+        <v>1021</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>594</v>
+        <v>526</v>
       </c>
       <c r="D346" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E346" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F346" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="G346" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H346" t="s">
-        <v>783</v>
+        <v>389</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>981</v>
+        <v>1022</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>598</v>
+        <v>530</v>
       </c>
       <c r="D347" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E347" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F347" t="s">
-        <v>982</v>
+        <v>23</v>
       </c>
       <c r="G347" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H347" t="s">
-        <v>983</v>
+        <v>393</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>984</v>
+        <v>1023</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>602</v>
+        <v>534</v>
       </c>
       <c r="D348" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E348" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F348" t="s">
-        <v>13</v>
+        <v>206</v>
       </c>
       <c r="G348" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H348" t="s">
-        <v>436</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>985</v>
+        <v>1025</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>606</v>
+        <v>538</v>
       </c>
       <c r="D349" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E349" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F349" t="s">
-        <v>13</v>
+        <v>197</v>
       </c>
       <c r="G349" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H349" t="s">
-        <v>440</v>
+        <v>397</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>986</v>
+        <v>1026</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>610</v>
+        <v>542</v>
       </c>
       <c r="D350" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E350" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F350" t="s">
-        <v>154</v>
+        <v>206</v>
       </c>
       <c r="G350" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H350" t="s">
-        <v>987</v>
+        <v>401</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>988</v>
+        <v>1027</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>614</v>
+        <v>546</v>
       </c>
       <c r="D351" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E351" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F351" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="G351" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H351" t="s">
-        <v>444</v>
+        <v>405</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>989</v>
+        <v>1028</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>618</v>
+        <v>550</v>
       </c>
       <c r="D352" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E352" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F352" t="s">
-        <v>36</v>
+        <v>176</v>
       </c>
       <c r="G352" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H352" t="s">
-        <v>448</v>
+        <v>848</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>990</v>
+        <v>1029</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>622</v>
+        <v>554</v>
       </c>
       <c r="D353" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E353" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F353" t="s">
-        <v>36</v>
+        <v>91</v>
       </c>
       <c r="G353" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H353" t="s">
-        <v>452</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>991</v>
+        <v>1031</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>626</v>
+        <v>558</v>
       </c>
       <c r="D354" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E354" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F354" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="G354" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H354" t="s">
-        <v>456</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>992</v>
+        <v>1033</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>630</v>
+        <v>562</v>
       </c>
       <c r="D355" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E355" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F355" t="s">
-        <v>36</v>
+        <v>206</v>
       </c>
       <c r="G355" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H355" t="s">
-        <v>460</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>993</v>
+        <v>1035</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>634</v>
+        <v>566</v>
       </c>
       <c r="D356" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E356" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F356" t="s">
-        <v>13</v>
+        <v>206</v>
       </c>
       <c r="G356" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H356" t="s">
-        <v>464</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>994</v>
+        <v>1037</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>638</v>
+        <v>570</v>
       </c>
       <c r="D357" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E357" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F357" t="s">
-        <v>23</v>
+        <v>91</v>
       </c>
       <c r="G357" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H357" t="s">
-        <v>468</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>995</v>
+        <v>1039</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>642</v>
+        <v>574</v>
       </c>
       <c r="D358" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E358" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F358" t="s">
-        <v>23</v>
+        <v>176</v>
       </c>
       <c r="G358" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H358" t="s">
-        <v>472</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>996</v>
+        <v>1041</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>646</v>
+        <v>578</v>
       </c>
       <c r="D359" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E359" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F359" t="s">
-        <v>23</v>
+        <v>176</v>
       </c>
       <c r="G359" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H359" t="s">
-        <v>476</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>997</v>
+        <v>1043</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>650</v>
+        <v>582</v>
       </c>
       <c r="D360" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E360" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F360" t="s">
-        <v>18</v>
+        <v>176</v>
       </c>
       <c r="G360" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H360" t="s">
-        <v>480</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>998</v>
+        <v>1045</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>654</v>
+        <v>586</v>
       </c>
       <c r="D361" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E361" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F361" t="s">
-        <v>23</v>
+        <v>176</v>
       </c>
       <c r="G361" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H361" t="s">
-        <v>484</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>999</v>
+        <v>1047</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>658</v>
+        <v>590</v>
       </c>
       <c r="D362" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E362" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F362" t="s">
-        <v>23</v>
+        <v>176</v>
       </c>
       <c r="G362" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H362" t="s">
-        <v>488</v>
+        <v>432</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1000</v>
+        <v>1048</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1001</v>
+        <v>594</v>
       </c>
       <c r="D363" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E363" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F363" t="s">
-        <v>96</v>
+        <v>45</v>
       </c>
       <c r="G363" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H363" t="s">
-        <v>492</v>
+        <v>851</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1002</v>
+        <v>1049</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1003</v>
+        <v>598</v>
       </c>
       <c r="D364" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E364" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F364" t="s">
-        <v>96</v>
+        <v>1050</v>
       </c>
       <c r="G364" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H364" t="s">
-        <v>496</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1004</v>
+        <v>1052</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1005</v>
+        <v>602</v>
       </c>
       <c r="D365" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E365" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F365" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="G365" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H365" t="s">
-        <v>500</v>
+        <v>436</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1006</v>
+        <v>1053</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1007</v>
+        <v>606</v>
       </c>
       <c r="D366" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E366" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F366" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G366" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H366" t="s">
-        <v>504</v>
+        <v>440</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1008</v>
+        <v>1054</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1009</v>
+        <v>610</v>
       </c>
       <c r="D367" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E367" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F367" t="s">
-        <v>50</v>
+        <v>154</v>
       </c>
       <c r="G367" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H367" t="s">
-        <v>508</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1010</v>
+        <v>1056</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1011</v>
+        <v>614</v>
       </c>
       <c r="D368" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E368" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F368" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="G368" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H368" t="s">
-        <v>512</v>
+        <v>444</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1012</v>
+        <v>1057</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1013</v>
+        <v>618</v>
       </c>
       <c r="D369" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E369" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F369" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="G369" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H369" t="s">
-        <v>516</v>
+        <v>448</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1014</v>
+        <v>1058</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1015</v>
+        <v>622</v>
       </c>
       <c r="D370" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E370" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F370" t="s">
-        <v>91</v>
+        <v>36</v>
       </c>
       <c r="G370" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H370" t="s">
-        <v>520</v>
+        <v>452</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1016</v>
+        <v>1059</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1017</v>
+        <v>626</v>
       </c>
       <c r="D371" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E371" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F371" t="s">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="G371" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H371" t="s">
-        <v>524</v>
+        <v>456</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1018</v>
+        <v>1060</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1019</v>
+        <v>630</v>
       </c>
       <c r="D372" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E372" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F372" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="G372" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H372" t="s">
-        <v>528</v>
+        <v>460</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1020</v>
+        <v>1061</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1021</v>
+        <v>634</v>
       </c>
       <c r="D373" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E373" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F373" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="G373" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H373" t="s">
-        <v>532</v>
+        <v>464</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1022</v>
+        <v>1062</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1023</v>
+        <v>638</v>
       </c>
       <c r="D374" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E374" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F374" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="G374" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H374" t="s">
-        <v>536</v>
+        <v>468</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1024</v>
+        <v>1063</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1025</v>
+        <v>642</v>
       </c>
       <c r="D375" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E375" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F375" t="s">
-        <v>197</v>
+        <v>23</v>
       </c>
       <c r="G375" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H375" t="s">
-        <v>540</v>
+        <v>472</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1026</v>
+        <v>1064</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>1027</v>
+        <v>646</v>
       </c>
       <c r="D376" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E376" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F376" t="s">
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="G376" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H376" t="s">
-        <v>544</v>
+        <v>476</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1028</v>
+        <v>1065</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>1029</v>
+        <v>650</v>
       </c>
       <c r="D377" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E377" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F377" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
       <c r="G377" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H377" t="s">
-        <v>1030</v>
+        <v>480</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1031</v>
+        <v>1066</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1032</v>
+        <v>654</v>
       </c>
       <c r="D378" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E378" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F378" t="s">
-        <v>176</v>
+        <v>23</v>
       </c>
       <c r="G378" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H378" t="s">
-        <v>552</v>
+        <v>484</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1033</v>
+        <v>1067</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1034</v>
+        <v>658</v>
       </c>
       <c r="D379" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E379" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F379" t="s">
-        <v>176</v>
+        <v>23</v>
       </c>
       <c r="G379" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H379" t="s">
-        <v>556</v>
+        <v>488</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1035</v>
+        <v>1068</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1036</v>
+        <v>662</v>
       </c>
       <c r="D380" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E380" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F380" t="s">
-        <v>176</v>
+        <v>96</v>
       </c>
       <c r="G380" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H380" t="s">
-        <v>560</v>
+        <v>492</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1037</v>
+        <v>1069</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1038</v>
+        <v>666</v>
       </c>
       <c r="D381" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E381" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F381" t="s">
-        <v>176</v>
+        <v>96</v>
       </c>
       <c r="G381" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H381" t="s">
-        <v>1039</v>
+        <v>496</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1040</v>
+        <v>1070</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1041</v>
+        <v>670</v>
       </c>
       <c r="D382" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E382" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F382" t="s">
-        <v>18</v>
+        <v>96</v>
       </c>
       <c r="G382" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H382" t="s">
-        <v>572</v>
+        <v>500</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1042</v>
+        <v>1071</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1043</v>
+        <v>674</v>
       </c>
       <c r="D383" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E383" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F383" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G383" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H383" t="s">
-        <v>1044</v>
+        <v>504</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1045</v>
+        <v>1072</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1046</v>
+        <v>678</v>
       </c>
       <c r="D384" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E384" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F384" t="s">
-        <v>113</v>
+        <v>50</v>
       </c>
       <c r="G384" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H384" t="s">
-        <v>786</v>
+        <v>508</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1047</v>
+        <v>1073</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>1048</v>
+        <v>682</v>
       </c>
       <c r="D385" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E385" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F385" t="s">
-        <v>113</v>
+        <v>50</v>
       </c>
       <c r="G385" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H385" t="s">
-        <v>789</v>
+        <v>512</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1049</v>
+        <v>1074</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1050</v>
+        <v>686</v>
       </c>
       <c r="D386" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E386" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F386" t="s">
-        <v>91</v>
+        <v>50</v>
       </c>
       <c r="G386" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H386" t="s">
-        <v>576</v>
+        <v>516</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1051</v>
+        <v>1075</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1052</v>
+        <v>690</v>
       </c>
       <c r="D387" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E387" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F387" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="G387" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H387" t="s">
-        <v>580</v>
+        <v>520</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1053</v>
+        <v>1076</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>1054</v>
+        <v>694</v>
       </c>
       <c r="D388" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E388" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F388" t="s">
-        <v>45</v>
+        <v>96</v>
       </c>
       <c r="G388" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H388" t="s">
-        <v>584</v>
+        <v>524</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1055</v>
+        <v>1077</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1056</v>
+        <v>698</v>
       </c>
       <c r="D389" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E389" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F389" t="s">
-        <v>91</v>
+        <v>45</v>
       </c>
       <c r="G389" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H389" t="s">
-        <v>588</v>
+        <v>528</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1057</v>
+        <v>1078</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1058</v>
+        <v>702</v>
       </c>
       <c r="D390" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E390" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F390" t="s">
-        <v>50</v>
+        <v>91</v>
       </c>
       <c r="G390" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H390" t="s">
-        <v>592</v>
+        <v>532</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1059</v>
+        <v>1079</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1060</v>
+        <v>706</v>
       </c>
       <c r="D391" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E391" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F391" t="s">
         <v>45</v>
       </c>
       <c r="G391" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H391" t="s">
-        <v>596</v>
+        <v>536</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1061</v>
+        <v>1080</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1062</v>
+        <v>710</v>
       </c>
       <c r="D392" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E392" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F392" t="s">
-        <v>18</v>
+        <v>197</v>
       </c>
       <c r="G392" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H392" t="s">
-        <v>600</v>
+        <v>540</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1063</v>
+        <v>1081</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>1064</v>
+        <v>714</v>
       </c>
       <c r="D393" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E393" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F393" t="s">
-        <v>206</v>
+        <v>96</v>
       </c>
       <c r="G393" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H393" t="s">
-        <v>604</v>
+        <v>544</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1065</v>
+        <v>1082</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>1066</v>
+        <v>718</v>
       </c>
       <c r="D394" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E394" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F394" t="s">
-        <v>206</v>
+        <v>176</v>
       </c>
       <c r="G394" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H394" t="s">
-        <v>608</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1067</v>
+        <v>1084</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>1068</v>
+        <v>722</v>
       </c>
       <c r="D395" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E395" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F395" t="s">
-        <v>206</v>
+        <v>176</v>
       </c>
       <c r="G395" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H395" t="s">
-        <v>612</v>
+        <v>552</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1069</v>
+        <v>1085</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>1070</v>
+        <v>726</v>
       </c>
       <c r="D396" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E396" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F396" t="s">
-        <v>206</v>
+        <v>176</v>
       </c>
       <c r="G396" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H396" t="s">
-        <v>616</v>
+        <v>556</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1071</v>
+        <v>1086</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>1072</v>
+        <v>1087</v>
       </c>
       <c r="D397" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E397" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F397" t="s">
-        <v>206</v>
+        <v>176</v>
       </c>
       <c r="G397" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H397" t="s">
-        <v>620</v>
+        <v>560</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1073</v>
+        <v>1088</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1074</v>
+        <v>1089</v>
       </c>
       <c r="D398" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E398" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F398" t="s">
-        <v>91</v>
+        <v>176</v>
       </c>
       <c r="G398" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H398" t="s">
-        <v>624</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1075</v>
+        <v>1091</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1076</v>
+        <v>1092</v>
       </c>
       <c r="D399" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E399" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F399" t="s">
-        <v>206</v>
+        <v>18</v>
       </c>
       <c r="G399" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H399" t="s">
-        <v>1077</v>
+        <v>572</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1078</v>
+        <v>1093</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1079</v>
+        <v>1094</v>
       </c>
       <c r="D400" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E400" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F400" t="s">
-        <v>206</v>
+        <v>23</v>
       </c>
       <c r="G400" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H400" t="s">
-        <v>1080</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1081</v>
+        <v>1096</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1082</v>
+        <v>1097</v>
       </c>
       <c r="D401" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E401" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F401" t="s">
-        <v>154</v>
+        <v>113</v>
       </c>
       <c r="G401" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H401" t="s">
-        <v>628</v>
+        <v>854</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1083</v>
+        <v>1098</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1084</v>
+        <v>1099</v>
       </c>
       <c r="D402" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E402" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F402" t="s">
-        <v>154</v>
+        <v>113</v>
       </c>
       <c r="G402" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H402" t="s">
-        <v>632</v>
+        <v>857</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1085</v>
+        <v>1100</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="D403" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E403" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F403" t="s">
-        <v>154</v>
+        <v>91</v>
       </c>
       <c r="G403" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H403" t="s">
-        <v>636</v>
+        <v>576</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1087</v>
+        <v>1102</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1088</v>
+        <v>1103</v>
       </c>
       <c r="D404" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E404" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F404" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="G404" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H404" t="s">
-        <v>640</v>
+        <v>580</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1089</v>
+        <v>1104</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1090</v>
+        <v>1105</v>
       </c>
       <c r="D405" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E405" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F405" t="s">
-        <v>154</v>
+        <v>45</v>
       </c>
       <c r="G405" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H405" t="s">
-        <v>644</v>
+        <v>584</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1091</v>
+        <v>1106</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1092</v>
+        <v>1107</v>
       </c>
       <c r="D406" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E406" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F406" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
       <c r="G406" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H406" t="s">
-        <v>648</v>
+        <v>588</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1093</v>
+        <v>1108</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1094</v>
+        <v>1109</v>
       </c>
       <c r="D407" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E407" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F407" t="s">
-        <v>113</v>
+        <v>50</v>
       </c>
       <c r="G407" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H407" t="s">
-        <v>652</v>
+        <v>592</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1095</v>
+        <v>1110</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1096</v>
+        <v>1111</v>
       </c>
       <c r="D408" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E408" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F408" t="s">
-        <v>113</v>
+        <v>45</v>
       </c>
       <c r="G408" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H408" t="s">
-        <v>656</v>
+        <v>596</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1097</v>
+        <v>1112</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>1098</v>
+        <v>1113</v>
       </c>
       <c r="D409" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E409" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F409" t="s">
-        <v>1099</v>
+        <v>18</v>
       </c>
       <c r="G409" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H409" t="s">
-        <v>1100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1101</v>
+        <v>1114</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>1102</v>
+        <v>1115</v>
       </c>
       <c r="D410" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E410" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F410" t="s">
-        <v>113</v>
+        <v>206</v>
       </c>
       <c r="G410" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H410" t="s">
-        <v>660</v>
+        <v>604</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1103</v>
+        <v>1116</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1104</v>
+        <v>1117</v>
       </c>
       <c r="D411" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E411" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F411" t="s">
         <v>206</v>
       </c>
       <c r="G411" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H411" t="s">
-        <v>1105</v>
+        <v>608</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1106</v>
+        <v>1118</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1107</v>
+        <v>1119</v>
       </c>
       <c r="D412" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E412" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F412" t="s">
         <v>206</v>
       </c>
       <c r="G412" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H412" t="s">
-        <v>1108</v>
+        <v>612</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1109</v>
+        <v>1120</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>1110</v>
+        <v>1121</v>
       </c>
       <c r="D413" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E413" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F413" t="s">
         <v>206</v>
       </c>
       <c r="G413" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H413" t="s">
-        <v>1111</v>
+        <v>616</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1112</v>
+        <v>1122</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1113</v>
+        <v>1123</v>
       </c>
       <c r="D414" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E414" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F414" t="s">
         <v>206</v>
       </c>
       <c r="G414" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H414" t="s">
-        <v>1114</v>
+        <v>620</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1115</v>
+        <v>1124</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1116</v>
+        <v>1125</v>
       </c>
       <c r="D415" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E415" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F415" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="G415" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H415" t="s">
-        <v>1117</v>
+        <v>624</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1118</v>
+        <v>1126</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1119</v>
+        <v>1127</v>
       </c>
       <c r="D416" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E416" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F416" t="s">
-        <v>113</v>
+        <v>206</v>
       </c>
       <c r="G416" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H416" t="s">
-        <v>1120</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1122</v>
+        <v>1130</v>
       </c>
       <c r="D417" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="E417" t="s">
-        <v>798</v>
+        <v>866</v>
       </c>
       <c r="F417" t="s">
-        <v>50</v>
+        <v>206</v>
       </c>
       <c r="G417" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H417" t="s">
-        <v>1123</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1124</v>
+        <v>1132</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>10</v>
+        <v>1133</v>
       </c>
       <c r="D418" t="s">
-        <v>1125</v>
+        <v>865</v>
       </c>
       <c r="E418" t="s">
-        <v>1126</v>
+        <v>866</v>
       </c>
       <c r="F418" t="s">
-        <v>91</v>
+        <v>154</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1127</v>
+        <v>24</v>
       </c>
       <c r="H418" t="s">
-        <v>962</v>
+        <v>628</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>17</v>
+        <v>1135</v>
       </c>
       <c r="D419" t="s">
-        <v>1125</v>
+        <v>865</v>
       </c>
       <c r="E419" t="s">
-        <v>1126</v>
+        <v>866</v>
       </c>
       <c r="F419" t="s">
-        <v>36</v>
+        <v>154</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1129</v>
+        <v>24</v>
       </c>
       <c r="H419" t="s">
-        <v>1130</v>
+        <v>632</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1131</v>
+        <v>1136</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>22</v>
+        <v>1137</v>
       </c>
       <c r="D420" t="s">
-        <v>1125</v>
+        <v>865</v>
       </c>
       <c r="E420" t="s">
-        <v>1126</v>
+        <v>866</v>
       </c>
       <c r="F420" t="s">
-        <v>23</v>
+        <v>154</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1132</v>
+        <v>24</v>
       </c>
       <c r="H420" t="s">
-        <v>1044</v>
+        <v>636</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1133</v>
+        <v>1138</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>10</v>
+        <v>1139</v>
       </c>
       <c r="D421" t="s">
-        <v>1134</v>
+        <v>865</v>
       </c>
       <c r="E421" t="s">
-        <v>1135</v>
+        <v>866</v>
       </c>
       <c r="F421" t="s">
-        <v>206</v>
+        <v>154</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1136</v>
+        <v>24</v>
       </c>
       <c r="H421" t="s">
-        <v>884</v>
+        <v>640</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>17</v>
+        <v>1141</v>
       </c>
       <c r="D422" t="s">
-        <v>1134</v>
+        <v>865</v>
       </c>
       <c r="E422" t="s">
-        <v>1135</v>
+        <v>866</v>
       </c>
       <c r="F422" t="s">
-        <v>206</v>
+        <v>154</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1138</v>
+        <v>24</v>
       </c>
       <c r="H422" t="s">
-        <v>889</v>
+        <v>644</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>22</v>
+        <v>1143</v>
       </c>
       <c r="D423" t="s">
-        <v>1134</v>
+        <v>865</v>
       </c>
       <c r="E423" t="s">
-        <v>1135</v>
+        <v>866</v>
       </c>
       <c r="F423" t="s">
-        <v>206</v>
+        <v>113</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1140</v>
+        <v>24</v>
       </c>
       <c r="H423" t="s">
-        <v>956</v>
+        <v>648</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>27</v>
+        <v>1145</v>
       </c>
       <c r="D424" t="s">
-        <v>1134</v>
+        <v>865</v>
       </c>
       <c r="E424" t="s">
-        <v>1135</v>
+        <v>866</v>
       </c>
       <c r="F424" t="s">
-        <v>206</v>
+        <v>113</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1142</v>
+        <v>24</v>
       </c>
       <c r="H424" t="s">
-        <v>1143</v>
+        <v>652</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>31</v>
+        <v>1147</v>
       </c>
       <c r="D425" t="s">
-        <v>1134</v>
+        <v>865</v>
       </c>
       <c r="E425" t="s">
-        <v>1135</v>
+        <v>866</v>
       </c>
       <c r="F425" t="s">
-        <v>206</v>
+        <v>113</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1145</v>
+        <v>24</v>
       </c>
       <c r="H425" t="s">
-        <v>1077</v>
+        <v>656</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>35</v>
+        <v>1149</v>
       </c>
       <c r="D426" t="s">
-        <v>1134</v>
+        <v>865</v>
       </c>
       <c r="E426" t="s">
-        <v>1135</v>
+        <v>866</v>
       </c>
       <c r="F426" t="s">
-        <v>206</v>
+        <v>1150</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1147</v>
+        <v>24</v>
       </c>
       <c r="H426" t="s">
-        <v>1080</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>10</v>
+        <v>1153</v>
       </c>
       <c r="D427" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E427" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F427" t="s">
         <v>113</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1151</v>
+        <v>24</v>
       </c>
       <c r="H427" t="s">
-        <v>1152</v>
+        <v>660</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>17</v>
+        <v>1155</v>
       </c>
       <c r="D428" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E428" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F428" t="s">
-        <v>113</v>
+        <v>206</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1154</v>
+        <v>24</v>
       </c>
       <c r="H428" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>22</v>
+        <v>1158</v>
       </c>
       <c r="D429" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E429" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F429" t="s">
-        <v>113</v>
+        <v>206</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1157</v>
+        <v>24</v>
       </c>
       <c r="H429" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>27</v>
+        <v>1161</v>
       </c>
       <c r="D430" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E430" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F430" t="s">
-        <v>154</v>
+        <v>206</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1160</v>
+        <v>24</v>
       </c>
       <c r="H430" t="s">
-        <v>840</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>31</v>
+        <v>1164</v>
       </c>
       <c r="D431" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E431" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F431" t="s">
-        <v>113</v>
+        <v>206</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1162</v>
+        <v>24</v>
       </c>
       <c r="H431" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>35</v>
+        <v>1167</v>
       </c>
       <c r="D432" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E432" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F432" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1165</v>
+        <v>24</v>
       </c>
       <c r="H432" t="s">
-        <v>844</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>40</v>
+        <v>1170</v>
       </c>
       <c r="D433" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E433" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F433" t="s">
         <v>113</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1167</v>
+        <v>24</v>
       </c>
       <c r="H433" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>44</v>
+        <v>1173</v>
       </c>
       <c r="D434" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E434" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F434" t="s">
-        <v>154</v>
+        <v>50</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1170</v>
+        <v>24</v>
       </c>
       <c r="H434" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>49</v>
+        <v>1176</v>
       </c>
       <c r="D435" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E435" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F435" t="s">
-        <v>113</v>
+        <v>36</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1173</v>
+        <v>24</v>
       </c>
       <c r="H435" t="s">
-        <v>1174</v>
+        <v>668</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>54</v>
+        <v>1178</v>
       </c>
       <c r="D436" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E436" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F436" t="s">
-        <v>176</v>
+        <v>36</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1176</v>
+        <v>24</v>
       </c>
       <c r="H436" t="s">
-        <v>871</v>
+        <v>672</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>58</v>
+        <v>1180</v>
       </c>
       <c r="D437" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E437" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F437" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1178</v>
+        <v>24</v>
       </c>
       <c r="H437" t="s">
-        <v>1179</v>
+        <v>676</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>62</v>
+        <v>1182</v>
       </c>
       <c r="D438" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E438" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F438" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1181</v>
+        <v>24</v>
       </c>
       <c r="H438" t="s">
-        <v>1182</v>
+        <v>680</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>1183</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>66</v>
+        <v>1184</v>
       </c>
       <c r="D439" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E439" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F439" t="s">
-        <v>154</v>
+        <v>23</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1184</v>
+        <v>24</v>
       </c>
       <c r="H439" t="s">
-        <v>918</v>
+        <v>684</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
         <v>1185</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>70</v>
+        <v>1186</v>
       </c>
       <c r="D440" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E440" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F440" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1186</v>
+        <v>24</v>
       </c>
       <c r="H440" t="s">
-        <v>920</v>
+        <v>688</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>1187</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>74</v>
+        <v>1188</v>
       </c>
       <c r="D441" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E441" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F441" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1188</v>
+        <v>24</v>
       </c>
       <c r="H441" t="s">
-        <v>922</v>
+        <v>692</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>1189</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>78</v>
+        <v>1190</v>
       </c>
       <c r="D442" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E442" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F442" t="s">
-        <v>176</v>
+        <v>23</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1190</v>
+        <v>24</v>
       </c>
       <c r="H442" t="s">
-        <v>924</v>
+        <v>696</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>1191</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>82</v>
+        <v>1192</v>
       </c>
       <c r="D443" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E443" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F443" t="s">
         <v>23</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1192</v>
+        <v>24</v>
       </c>
       <c r="H443" t="s">
-        <v>964</v>
+        <v>700</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>1193</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>86</v>
+        <v>1194</v>
       </c>
       <c r="D444" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E444" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F444" t="s">
-        <v>154</v>
+        <v>96</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1194</v>
+        <v>24</v>
       </c>
       <c r="H444" t="s">
-        <v>987</v>
+        <v>704</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>1195</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>90</v>
+        <v>1196</v>
       </c>
       <c r="D445" t="s">
-        <v>1149</v>
+        <v>865</v>
       </c>
       <c r="E445" t="s">
-        <v>1150</v>
+        <v>866</v>
       </c>
       <c r="F445" t="s">
-        <v>113</v>
+        <v>96</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1196</v>
+        <v>24</v>
       </c>
       <c r="H445" t="s">
-        <v>1197</v>
+        <v>708</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
         <v>1198</v>
       </c>
-      <c r="B446" t="s">
-[...2 lines deleted...]
-      <c r="C446" t="s">
+      <c r="D446" t="s">
+        <v>865</v>
+      </c>
+      <c r="E446" t="s">
+        <v>866</v>
+      </c>
+      <c r="F446" t="s">
+        <v>96</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H446" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D447" t="s">
+        <v>865</v>
+      </c>
+      <c r="E447" t="s">
+        <v>866</v>
+      </c>
+      <c r="F447" t="s">
+        <v>96</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H447" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D448" t="s">
+        <v>865</v>
+      </c>
+      <c r="E448" t="s">
+        <v>866</v>
+      </c>
+      <c r="F448" t="s">
+        <v>96</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H448" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D449" t="s">
+        <v>865</v>
+      </c>
+      <c r="E449" t="s">
+        <v>866</v>
+      </c>
+      <c r="F449" t="s">
+        <v>18</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H449" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D450" t="s">
+        <v>865</v>
+      </c>
+      <c r="E450" t="s">
+        <v>866</v>
+      </c>
+      <c r="F450" t="s">
+        <v>18</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H450" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D451" t="s">
+        <v>865</v>
+      </c>
+      <c r="E451" t="s">
+        <v>866</v>
+      </c>
+      <c r="F451" t="s">
+        <v>50</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D452" t="s">
+        <v>865</v>
+      </c>
+      <c r="E452" t="s">
+        <v>866</v>
+      </c>
+      <c r="F452" t="s">
+        <v>176</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D453" t="s">
+        <v>865</v>
+      </c>
+      <c r="E453" t="s">
+        <v>866</v>
+      </c>
+      <c r="F453" t="s">
+        <v>176</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D454" t="s">
+        <v>865</v>
+      </c>
+      <c r="E454" t="s">
+        <v>866</v>
+      </c>
+      <c r="F454" t="s">
+        <v>50</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D455" t="s">
+        <v>865</v>
+      </c>
+      <c r="E455" t="s">
+        <v>866</v>
+      </c>
+      <c r="F455" t="s">
+        <v>176</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>10</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F456" t="s">
+        <v>91</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>17</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F457" t="s">
+        <v>36</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>22</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F458" t="s">
+        <v>23</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>10</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F459" t="s">
+        <v>206</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H459" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>17</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F460" t="s">
+        <v>206</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="H460" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>22</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F461" t="s">
+        <v>206</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>27</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F462" t="s">
+        <v>206</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>31</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F463" t="s">
+        <v>206</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>35</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F464" t="s">
+        <v>206</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>10</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F465" t="s">
+        <v>113</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>17</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F466" t="s">
+        <v>113</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>22</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F467" t="s">
+        <v>113</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>27</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F468" t="s">
+        <v>154</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="H468" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>31</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F469" t="s">
+        <v>113</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>35</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F470" t="s">
+        <v>154</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H470" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>40</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F471" t="s">
+        <v>113</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>44</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F472" t="s">
+        <v>154</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>49</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E473" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F473" t="s">
+        <v>113</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>54</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E474" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F474" t="s">
+        <v>176</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="H474" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>58</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E475" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F475" t="s">
+        <v>50</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>62</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F476" t="s">
+        <v>50</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>66</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E477" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F477" t="s">
+        <v>154</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H477" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>70</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E478" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F478" t="s">
+        <v>91</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H478" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>74</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F479" t="s">
+        <v>50</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H479" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>78</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F480" t="s">
+        <v>176</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="H480" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>82</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F481" t="s">
+        <v>23</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>86</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F482" t="s">
+        <v>154</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>90</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F483" t="s">
+        <v>113</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
         <v>95</v>
       </c>
-      <c r="D446" t="s">
-[...5 lines deleted...]
-      <c r="F446" t="s">
+      <c r="D484" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F484" t="s">
         <v>50</v>
       </c>
-      <c r="G446" s="1" t="s">
-[...3 lines deleted...]
-        <v>1123</v>
+      <c r="G484" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>100</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F485" t="s">
+        <v>167</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>104</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E486" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F486" t="s">
+        <v>167</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>108</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F487" t="s">
+        <v>167</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>112</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E488" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F488" t="s">
+        <v>50</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>117</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F489" t="s">
+        <v>176</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>121</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F490" t="s">
+        <v>176</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>125</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E491" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F491" t="s">
+        <v>50</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>129</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F492" t="s">
+        <v>176</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1221</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -16253,50 +17801,96 @@
     <hyperlink ref="G422" r:id="rId421"/>
     <hyperlink ref="G423" r:id="rId422"/>
     <hyperlink ref="G424" r:id="rId423"/>
     <hyperlink ref="G425" r:id="rId424"/>
     <hyperlink ref="G426" r:id="rId425"/>
     <hyperlink ref="G427" r:id="rId426"/>
     <hyperlink ref="G428" r:id="rId427"/>
     <hyperlink ref="G429" r:id="rId428"/>
     <hyperlink ref="G430" r:id="rId429"/>
     <hyperlink ref="G431" r:id="rId430"/>
     <hyperlink ref="G432" r:id="rId431"/>
     <hyperlink ref="G433" r:id="rId432"/>
     <hyperlink ref="G434" r:id="rId433"/>
     <hyperlink ref="G435" r:id="rId434"/>
     <hyperlink ref="G436" r:id="rId435"/>
     <hyperlink ref="G437" r:id="rId436"/>
     <hyperlink ref="G438" r:id="rId437"/>
     <hyperlink ref="G439" r:id="rId438"/>
     <hyperlink ref="G440" r:id="rId439"/>
     <hyperlink ref="G441" r:id="rId440"/>
     <hyperlink ref="G442" r:id="rId441"/>
     <hyperlink ref="G443" r:id="rId442"/>
     <hyperlink ref="G444" r:id="rId443"/>
     <hyperlink ref="G445" r:id="rId444"/>
     <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>