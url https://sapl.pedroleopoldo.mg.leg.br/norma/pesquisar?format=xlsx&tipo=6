--- v0 (2025-11-18)
+++ v1 (2026-01-11)
@@ -10,130 +10,163 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5565" uniqueCount="3098">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5586" uniqueCount="3108">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>6929</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>2507</t>
+  </si>
+  <si>
+    <t>DEC</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6929/decreto_no_2.507_de_19_de_novembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o cancelamento dos restos a pagar não processados.</t>
+  </si>
+  <si>
+    <t>6910</t>
+  </si>
+  <si>
+    <t>2506</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6910/decreto_no_2.506_de_17_de_novembro_de_2025_1.pdf</t>
+  </si>
+  <si>
+    <t>Altera Decreto nº 2.352, de 8 de janeiro de 2025, o qual divulga os dias de feriados e pontos facultativos, nas repartições públicas municipais, no exercício de 2025.</t>
+  </si>
+  <si>
     <t>6900</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>2505</t>
   </si>
   <si>
-    <t>DEC</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6900/decreto_no_2.505_de_07_de_novembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Aprova o loteamento denominado CONDOMINIO FAZENDA DA LAJINHA de propriedade da Imobiliária Lajinha Ltda.</t>
   </si>
   <si>
     <t>6899</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6899/decreto_no_2.498_de_03_de_novembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera Decreto nº 2.471, de 1º de setembro de 2025, o qual dispõe sobre medidas preventivas de contenção, em razão da instabilidade do cenário econômico internacional no âmbito do Poder Executivo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>6898</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6898/decreto_no_2.497_de_30_de_outubro_de_2025_3.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o encerramentos do exercício financeiro de 2025, pelos órgão e entidades da Administração Pública Municipal e dá outras providências</t>
   </si>
   <si>
+    <t>6909</t>
+  </si>
+  <si>
+    <t>2496</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6909/decreto_no_2.496_de_27_de_outubro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Declara de Utilidade Pública Municipal, para fins de desapropriação amigável ou judicial, o imóvel que menciona e dá outras providências.</t>
+  </si>
+  <si>
     <t>6887</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6887/decreto_no_2.495_de_22_de_outubro_de_2025.pdf</t>
   </si>
   <si>
-    <t>Altera Decreto nº 2.352, de 8 de janeiro de 2025, o qual divulga os dias de feriados e pontos facultativos, nas repartições públicas municipais, no exercício de 2025.</t>
-[...1 lines deleted...]
-  <si>
     <t>6886</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6886/doc09566920251029171101.pdf</t>
   </si>
   <si>
     <t>Regulamenta a atribuição da Gratificação Temporária Estratégica - GTE, que tratam os arts. 9º e seguintes da Lei Delegada nº 2, de 29 de maio de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>6856</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6856/decreto_no_2.476_de_15_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os critérios para a avaliação de desempenho individual na Administração Pública do Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>6872</t>
@@ -409,53 +442,50 @@
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6790/decreto_no_2.448_de_08_de_julho_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera o Decreto nº 2.404, de 29 de maio de 2025, o qual identifica e fixa o quantitativo e a distribuição de cargos de provimento em comissão e gratificações temporárias estratégicas no âmbito da Secretaria Municipal de Governo, de que trata o art. 19 da Lei Delegada nº 01, de 29 de maio de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>6789</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6789/decreto_no_2.447_de_08_de_julho_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera o Decreto nº 2.403, de 29 de maio de 2025, o qual dispõe sobre a organização da Secretaria Municipal de Governo</t>
   </si>
   <si>
     <t>6829</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6829/decreto_no_2.445_de_01o_de_julho_de_2025.pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dispõe sobre o cancelamento dos restos a pagar não processados.</t>
   </si>
   <si>
     <t>6788</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6788/decreto_no_2.442_de_01_de_julho_de_2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta no Município de Pedro Leopoldo, os dispositivos da Lei Federal nº 13.874, de 20 de setembro de 2019, da Lei Estadual nº 23.959 de 27 de setembro de 2021, o Decreto Estadual nº 49.013 de 04 de abril de 2025, e legislações correlatas que tratam da liberdade econômica.</t>
   </si>
   <si>
     <t>6787</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6787/decreto_no_2.441_de_01_de_julho_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Comitê de Programação Orçamentária e Financeira de Pedro Leopoldo - COFIN, no âmbito do Poder Executivo Municipal.</t>
   </si>
@@ -1175,72 +1205,72 @@
   <si>
     <t>6614</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6614/decreto_n_2.353_de_16-01-2025_-_prog._orcamentaria_e_financeira.pdf</t>
   </si>
   <si>
     <t>Cria o comitê de Programação Orçamentária e Financeira de Pedro Leopoldo - COFIN, no âmbito do Poder Executivo Municipal</t>
   </si>
   <si>
     <t>6613</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6613/decreto_n_2.352_de_08_-01-2025_-_feriados.pdf</t>
   </si>
   <si>
     <t>Divulga os dias de feriados e pontos facultativos nas repartições públicas municipais, no exercício de 2025.</t>
   </si>
   <si>
+    <t>6612</t>
+  </si>
+  <si>
+    <t>2351</t>
+  </si>
+  <si>
+    <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6612/decreto_n_2.351_de_08-01-2025.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta normas gerais para a publicação de procedimento de manifestação de interesse  - PMI e dá outras providências.</t>
+  </si>
+  <si>
     <t>6549</t>
   </si>
   <si>
     <t>2.351</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6549/decreto_no_2.351_de_08-01-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta normas gerais para a publicação de Procedimento de Manifestação de Interesse - PMI e dá outras providências.</t>
-  </si>
-[...10 lines deleted...]
-    <t>Regulamenta normas gerais para a publicação de procedimento de manifestação de interesse  - PMI e dá outras providências.</t>
   </si>
   <si>
     <t>6514</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6514/decreto_2.350_de_30_de_dezembro_de_2024.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública municipal, para fins de desapropriação amigável ou judicial, parte do imóvel que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>6502</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6502/decreto_2.349_de_30_de_dezembro_de_2024.pdf</t>
   </si>
@@ -9798,56 +9828,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6900/decreto_no_2.505_de_07_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6899/decreto_no_2.498_de_03_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6898/decreto_no_2.497_de_30_de_outubro_de_2025_3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6887/decreto_no_2.495_de_22_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6886/doc09566920251029171101.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6856/decreto_no_2.476_de_15_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6872/decreto_no_2.493_de_09_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6862/decreto_no_2.486_de_01_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6861/decreto_no_2.485_de_01_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6860/decreto_no_2.484_de_30_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6859/decreto_no_2.483_de_30_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6858/decreto_no_2.482_de_30_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6857/decreto_no_2.480_de_25_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6841/decreto_no_2.471_de__1o_de_setemrbo_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6871/decreto_no_2.469_de_27_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6835/decreto_no_2.468_de_26_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6830/decreto_no_2.466_de_18_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6826/decreto_no_2.461_de_01_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6825/decreto_no_2.460_de_01_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6819/decreto_no_2.459_de_30_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6823/decreto_no_2.458_de_30_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6818/decreto_no_2.457_de_25_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6813/decreto_no_2.455_de_23_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6807/decreto_no_2.454_de_21_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6804/decreto_no_2.452_de_16_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6801/decreto_no_2.451_de_10_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6795/decreto_no_2.450_de_10_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6794/decreto_no_2.449_de_10_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6790/decreto_no_2.448_de_08_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6789/decreto_no_2.447_de_08_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6829/decreto_no_2.445_de_01o_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6788/decreto_no_2.442_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6787/decreto_no_2.441_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6778/decreto_no_2.440_de_23_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6769/decreto_no_2.439_de_12_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6773/decreto_no_2.438_de_11_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6772/decreto_no_2.437_de_11_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6762/decreto_no_2.436_de_11_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6743/decreto_no_2.426_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6742/decreto_no_2.425_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6741/decreto_no_2.424_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6740/decreto_no_2.423_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6738/decreto_no_2.421_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6737/decreto_no_2.420_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6736/decreto_no_2.419_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6735/decreto_no_2.418_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6734/decreto_no_2.417_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6733/decreto_no_2.416_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6732/decreto_no_2.415_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6731/decreto_no_2.414_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6730/decreto_no_2.413_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6728/decreto_no_2.412_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6727/decreto_no_2.411_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6726/decreto_no_2.410_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6724/decreto_no_2.409_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6723/decreto_no_2.408_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6722/decreto_no_2.407_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6721/decreto_no_2.406_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6720/decreto_no_2.405_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6719/decreto_no_2.404_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6718/decreto_no_2.403_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6717/decreto_no_2.402_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6716/decreto_no_2.401_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6715/decreto_no_2.400_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6714/decreto_no_2.399_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6712/decreto_no_2.398_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6711/decreto_no_2.396_de_20_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6684/decreto_no_2.392_de_02_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6680/decreto_no_2.391_de_29_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6678/decreto_no_2.389_de_25_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6677/decreto_no_2.388_de_24_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6676/decreto_no_2.387_de_24_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6675/decreto_no_2.386_de_24_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6674/decreto_no_2.385_de_22_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6649/decreto_no_2.379_de_19_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6650/decreto_no_2.378_de_18_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6664/decreto_no_2.377_de_18_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6663/decreto_no_2.375_de_06_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6629/decreto_n_2.369_de_20_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6628/decreto_n_2.368_de_19_de_fevereiro_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6615/decreto_n_2.354_de_17-01-2025_-_boi_da_manta.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6619/decreto_n_2.361_de_31-01-2025_-_altera_decreto_2.212_comissao_tecnica_municipal__ctm-reurb.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6618/decreto_n_2.360_de_27-01-2025_-_dispoe_sobre_hasteamento_da_bandeiras_nacional_do_estado_e_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6617/decreto_n_2.356_de_22-01-2025_-_dispoe_sobre_o_cancelamento_do_decreto_2.345_de_16_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6616/decreto_n_2.355_de_22-01-2025_-_altera_decreto_2.355_de_22_-01-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6606/decreto_n_2.355_de_22-01-2025_-_altera_decreto_2.355_de_22_-01-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6605/decreto_n_2.354_de_17-01-2025_-_boi_da_manta.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6603/decreto_n_2.353_de_16-01-2025_-_prog._orcamentaria_e_financeira.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6604/decreto_n_2.353_de_16-01-2025_-_prog._orcamentaria_e_financeira.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6614/decreto_n_2.353_de_16-01-2025_-_prog._orcamentaria_e_financeira.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6613/decreto_n_2.352_de_08_-01-2025_-_feriados.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6549/decreto_no_2.351_de_08-01-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6612/decreto_n_2.351_de_08-01-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6514/decreto_2.350_de_30_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6502/decreto_2.349_de_30_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6501/decreto_2.348_de_30_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6500/decreto_2.347_de_20_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6488/decreto_municipal_2.345_de_16_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6487/decreto_municipal_2.344_de_16_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6486/decreto_municipal_2.343_de_12_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6513/decreto_2.342_de_04_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6485/decreto_municipal_2.341_de_04_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6512/decreto_2.337_de_27_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6480/decreto_2.336_de_31_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6478/decreto_2.335_de_24_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6477/decreto_2.334_de_24_de_outubro_de_2024_1.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6472/decreto_2.333_de_16_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6471/decreto_2.331_de_14_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6470/decreto_2.330_de_07_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6469/decreto_2.329_de_03_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6468/decreto_2.328_de_03_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6458/decreto_2.326_de_19_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6457/decreto_2.325_de_19_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6455/decreto_2.324_de_5_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6454/decreto_2.323_de_5_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6446/decreto_2.322_de_04_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6453/decreto_2.321_de_agosto_de_2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6452/decreto_2320_de_21_de_agosto_de_2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6443/decreto_2.318_de_12_de_agosto_de_2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6435/decreto_2.317_de_04_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6431/decreto_2.315_de_03_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6430/decreto_2.314_de_03_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6429/decreto_2.313_de_02_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6428/decreto_2.312_de_02_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6421/decreto_no_2.311_de_25_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6420/decreto_2.310_de_13_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6414/decreto_2.309_de_03_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6400/decreto_2.307_de_21_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6399/decreto_2.306_de_20_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6398/decreto_2.305_de_20_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6397/decreto_2.304_de_17_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6394/decreto_2.302_de_14_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6396/decreto_2.300_de_08_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6393/decreto_2.297_de_24_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6392/decreto_2.296_de_24_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6391/decreto_2.295_de_24_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6377/decreto_2.294_de_18_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6376/decreto_2.293_de_17_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6374/decreto_no2.292_de_9_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6373/decreto_2.291_de_04_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6372/decreto_no2.290_de_3_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6363/decreto_no_2.285_de_22_de_fevereiro_2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6371/decreto_no2.284_de_22_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6427/decreto_2.289_de_20_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6359/decreto_no_2.288_de_12_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6362/decreto_no_2.287_de_12_de_marco_2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6370/decreto_no2282_de_19_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6341/decreto_no_2.281_de_07_de__fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6340/decreto_no_2.279_de_25_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6338/decreto_2.278_de_18_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6337/decreto_2.277_de_11_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6336/decreto_2.276_de_09_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6332/decreto_2.275_de_09_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6335/decreto_2.274_de_05_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6331/decreto_2.273_de_04_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6330/decreto_no_2.272_de_03_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6302/decreto_2271_de_26_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6301/decreto_2270_de_20_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6300/decreto_2269_de_18_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6463/decreto_2.268_de_18_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6462/decreto_2.267_de_18_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6299/decreto_2266_de_18_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6298/decreto_2265_de_11_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6295/decreto_2.264_de_11_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6286/decreto_2263_de_30_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6285/decreto_2262_de_23_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6284/decreto_2261_de_23_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6283/decreto_2260_de_22_de_novembro_de_2023_1.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6282/decreto_2259_de_17_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6281/decreto_2258_de_14_de_novembro_de_2023_1.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6265/decreto_2257_de_20_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6262/decreto_2256_de_18_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6261/decreto_2255_de_16_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6260/decreto_2254_de_16_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6259/decreto_2253_de_11_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6253/decreto_2252_de_03_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6254/decreto_2251_de_03_outubro_2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6242/decreto_2.250_de_25_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6241/decreto_2.249_de_25_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6252/decreto_2.248_de_25_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6238/decreto_2.247_de_18_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6231/decreto_2.244_de_05_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6205/decreto_2.242_de_20_de_julho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6204/decreto_2.241_de_19_de_julho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6203/decreto_2.240_de_19_de_julho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6201/decreto_2.238_de_12_de_julho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6195/decreto_2.237_de_7_de_julho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6185/decreto_2.236_de_05_de_julho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6183/decreto_2.234_de_23_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6184/decreto_2.235_de_29_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6181/decreto_2.233_de_20_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6177/decreto_2.232_de_12_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6176/decreto_2.231_de_01_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6175/decreto_2.230_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6155/decreto_2.227_de_25_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6174/decreto_2.226_de_12_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6148/decreto_2.225_de_12_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6147/decreto_2.224_de_08_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6145/decreto_municipal_no_2.223_de_03_de_maio_2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6139/decreto_municipal_2222_de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6137/decreto_2.221_de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6173/decreto_2.220_de_14_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6178/decreto_2.219_de_10_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6121/decreto_2.216_de_23_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6126/decreto_2.215_de_15_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6125/decreto_no_2.214_de_15_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6124/decreto_no_2.213_de_15_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6115/decreto_2.212_de_15_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6114/decreto_2.211_de_13_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6113/decreto_2.210_de_13_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6112/decreto_2.209_de_13_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6116/decreto_2.208_de_13_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6111/decreto_2.207_de_10_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6110/decreto_2.206_de_07_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6109/decreto_2.205_de_03_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6101/doc05878820230301165304.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6103/decreto_2.204_14_de_fevereiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6094/decreto_no_2.202_de_12_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6093/decreto_no_2.201_de_10_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6079/decreto_no_2.200_de_03_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6078/decreto_no_2.199_de_02_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6461/decreto_municipal_no_2.198_de_30_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6073/decreto_no_2.197_de_27_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6072/decreto_no_2.196_de_22_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6071/decreto_no_2.195_de_22_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6066/decreto_no_2.194_de_20_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6065/decreto_no_2.193_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6056/decreto_no_2.191_de_24_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6028/decreto_no_2.190_de_10_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6027/decreto_no_2.189_de_07_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6026/decreto_no_2.188_de_27_de_outubro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6023/decreto_municipal_no_2.187_de_17_de_outubro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6006/decreto_2.181_de_14_de_setembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6025/decreto_municipal_no_2.186_de_12_de_outubro_de_2022_2.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6022/decreto_municipal_no_2.185_de_04_de_outubro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6014/decreto_municipal_2.184_de_03_de_outubro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6007/decreto_2.183_de_23_de_setembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6021/decreto_municipal_no_2.182_de_16_de_setembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6005/decreto_2.180_de_12_de_setembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5995/decreto_municipal_2.179_de_29_de_agosto_de_2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5983/decreto_municipal_no_2178_de_05-08-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6008/decreto_no_2.177_de_01_de_agosto_de_2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5986/decreto_2.176_de_28_de_julho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5966/decreto_municipal_2.175_de_13_de_julho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5965/decreto_municipal_2.174_de_11_de_julho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5964/decreto_no_2.172_de_28_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5951/decreto_municipal_2.169_de_23_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5952/decreto_municipal_2.167_de_29_de_abril_de_2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5937/decreto_2.166_de_28_de_abril_de_2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5935/decreto_municipal_2.165_de_18_de_abril_de_2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5934/decreto_no_2.164_de_08_de_abril_de_2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6460/decreto_municipal_no_2.163_de_08_de_abril_de_2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5924/decreto_no_2.162_de_15_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5923/decreto_no_2.161_de_15_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5922/decreto_no_2.160_de_11_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5921/decreto_no_2.159_de_11_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5914/decreto_no_2.158_de_18_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5912/decreto_no_2.157_de_11_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5905/decreto_no_2.154_de_31_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5904/decreto_no_2.152_de_25_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5903/decreto_no_2.151_de_19_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5902/decreto_no_2.150_de_18_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5901/decreto_no_2.149_de_17_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5900/decreto_no_2.148_de_17_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5899/decreto_no_2.147_de_10_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5898/decreto_no_2.146_de_07_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5897/decreto_no_2.145_de_06_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5896/decreto_no_2.144_de_04_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5895/decreto_no_2.143_de_03_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5894/decreto_no_2.142_de_30_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5886/decreto_no_2.141_de_28_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5911/decreto_2.140_de_20_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5875/decreto_2.139_de_19_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5868/decreto_2.137_de_7_de_dezembro_de_2021..pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5860/decreto_2.136_de_30_de_novembro_de_2021_1.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5867/decreto_2.135_de_25_de_novembro_de_2021..pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5859/decreto_2.134_de_23_de_novembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5858/decreto_2.133_de_19_de_novembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5848/decreto_n.o_2.132-21_-_28_de_outubro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5847/decreto_n.o_2.131-21_-_28_de_outubro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5834/decreto_2.130_de_06_de_outubro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5832/decreto_2.129_de_01_de_outubro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5827/decreto_2.127_de_28_de_setembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5826/decreto_2.126_de_28_de_setembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5825/decreto_2.124_de_27_de_setembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5815/decreto_2.123_de_14-09-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5814/decreto_2.121_de_31_de_agosto_de_2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5813/decreto_2.120_de_31_de_agosto_de_2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5812/decreto_n.o_2119_de_23_de_agosto_de_2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5811/decreto_n.o_2118_de_09_de_agosto_de_2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5843/decreto_municipal_2.117_09_de_agosto_de_2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5810/decreto_2.116_de_03-08-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5781/decreto_2.115_de_3_de_agosto_de_2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5776/decreto_2.114-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5780/decreto_2.112_de_29_de_julho_de_2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5774/decreto_2.111-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5775/decreto_2.113-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5773/decreto_2.110-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5772/decreto_2.109-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5771/decreto_2.108-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5770/decreto_2.107-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5768/decreto_2.106-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5752/decreto_no_2.105_de_11_de_junho_de_2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5751/decreto_no_2.104_de_09_de_junho_de_2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5753/decreto_no_2.103_de_07_de_junho_de_2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5742/decreto_no_2.102_de_27_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5741/decreto_no_2.101_de_27_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5740/decreto_no_2.100_de_25_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5739/decreto_no_2.099_de_24_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5733/decreto_no_2.098_de_20_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5769/decreto_2.097-2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5732/decreto_no_2.096_de_14_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5731/decreto_no_2.095_de_11_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5730/decreto_no_2.094_de_05_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5721/decreto_no_2.093_de_30_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5720/decreto_no_2.092_de_30_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5719/decreto_no_2.091_de_28_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5718/decreto_no_2.090_de_23_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5717/decreto_no_2.089_de_23_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5715/decreto_no_2.088_de_20_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5706/decreto_no_2.087_de_16_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5714/decreto_no_2.086_de_16_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5705/decreto_no_2.085_de_08_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5703/decreto_no_2.084_de_31_de_marco_de_2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5702/decreto_no_2.083_de_31_de_marco_de_2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5701/decreto_no_2.082_de_25_de_marco_de_2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5698/decreto_no_2.081_de_10_de_marco_de_2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5696/decreto_no_2.080_de_03_de_marco_de_2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5695/decreto_no_2.079_de_02_de_marco_de_2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5694/decreto_no_2.078_de_12_de_fevereiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5690/decreto_no_2.077_de_12_de_fevereiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5688/decreto_no_2.075_de_03_de_fevereiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5687/decreto_no_2.074_de_29_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5686/decreto_no_2.073_de_25_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5685/decreto_no_2.072_de_15_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5684/decreto_no_2.071_de_14_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5683/decreto_no_2.070_de_04_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5657/decreto_no_2.069_de_04_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5750/decreto_no_2.067_de_04_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5656/decreto_no_2.066_de_04_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5655/decreto_no_2.065_de_30_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5654/decreto_no_2.064_de_30_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5682/decreto_no_2.062_de_29_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5681/decreto_no_2.060_de_10_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5680/decreto_no_2.059_de_10_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5632/decreto_no_2.058_de_10_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5631/decreto_no_2.057_de_1o_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5679/decreto_no_2.056_de_01_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5678/decreto_no_2.055_de_01_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5644/decreto_no_2.054_de_24_de_novembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5643/decreto_no_2.053_de_17_de_novembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5630/decreto_no_2.050_de_29_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5645/decreto_no_2.049_de_29_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5650/decreto_no_2.048_de_23_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5649/decreto_no_2.047_de_21_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5611/2046-20.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5610/2045-20.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5629/decreto_no_2.043_de_07_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5652/decreto_no_2.042_de_07_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5651/decreto_no_2.041_de_07_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5628/decreto_no_2.040_de_01_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5627/decreto_no_2.039_de_01_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5626/decreto_no_2.038_de_01_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5614/2037-20_alt_dec_1973.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5603/decreto_no_2036_de_11_de_setembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5594/decreto_2034-2020.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5596/decreto_2033-2020.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5595/decreto_2032-2020.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5573/decreto_n2028-2020.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5570/2027-2020.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5569/2026-2020.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5565/2025-20.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5568/2024-2020.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5566/2023-20.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5642/decreto_no_2.022_de_11_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5589/decreto_n2021-2020.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5585/decreto_n2020-2020.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5605/decreto_no_2019_de_03_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5604/decreto_no_2018_de_03_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5598/decreto_2017-2020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5564/2016-20.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5563/2015-20.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5599/decreto_2014-2020.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5600/decreto_2013-2020.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5592/decreto_2012-2020.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5601/decreto_2011-2020_.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5597/decreto_2010-2020.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5583/decreto_n2009-2020.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5593/decreto_n2008-2020.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5590/decreto_n2007-2020.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5575/decreto_n2006-2020.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5574/decreto_n2005-2020.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5572/decreto_n2004-2020.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5591/decreto_n2003-2020.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5579/decreto_n2002-2020.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5582/decreto_n2001-2020.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5571/decreto_n2000-2020.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5584/decreto_n1999-2020.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5587/decreto_n1998-2020.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5588/decreto_n1997-2020.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5586/decreto_n1996-2020.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5578/decreto_n1995-2020.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5581/decreto_n1994-2020.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5548/decreto_no_1993_-_abertura_parcial_comercio.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5547/decreto_no_1991_-_altera_decreto_1973-20.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5546/decreto_no_1990_-_altera_decreto_1972-2020.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5576/decreto_n1989-2020.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5545/decreto_no_1987_-_credito_extraordinario.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5544/decreto_no_1986_-_altera_decreto_1973-2020_-_comercio.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5543/decreto_no_1985_-_estabelece_o_uso_obrigatorio_de_mascaras.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5542/decreto_no_1984_-_reconhece_calamidade.corona_virus.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5541/decreto_no_1983_-_altera_decreto_1972.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5540/decreto_no_1982_-_feriados_e_pontos_facultativos_abril_a_junho_2020.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5539/decreto_no_1981_-_homologa_gratificacao_lei_3.281-2012.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5538/decreto_no_1980_-_altera_decreto_no_1.937-2019.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5537/decreto_no_1979_-_posicionamento_extraordinario_servidores.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5536/decreto_no_1978_-_altera_decreto_1973-2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5577/decreto_n1977-2020.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5580/decreto_n1976-2020.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5535/decreto_no_1975_-altera_decreto_1972-2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5534/decreto_no_1974_-_altera_decreto_1973-2020.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5533/decreto_no_1973_-_determina_a_suspensao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5532/decreto_no_1972_-_declara_situacao_de_emergencia.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5531/decreto_no_1971_-_altera_decreto_1969-2020.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5530/decreto_no_1970_-_altera_decreto_1968-2020.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5529/decreto_no_1968_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5528/decreto_no_1968_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5522/decreto_no_1.967_de_21_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5527/decreto_no_1966_-_cria_o_preco_publico_banheiros_terminal_rodoviario.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5525/decreto_no_1965_-_altera_o_decreto_municipal_no_1937_-_regulamenta_lei_municipal_no3.456.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5498/decreto_no_1.964_de_20_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5497/decreto_no_1.963_de_12_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5524/decreto_no_1961_-_superavit.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5523/decreto_no_1960_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5496/decreto_no_1.959_de_31_de_janeiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5487/decreto_no_1.958_de_20_de_janeiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5483/decreto_no_1.957_de_16_de_janeiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5484/decreto_no_1.956_de_16_de_janeiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5625/decreto_no_1.954_de_02_de_janeiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5624/decreto_no_1.953_de_02_de_janeiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5495/decreto_no_1.952_de_31_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5494/decreto_no_1.950_de_19_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5493/decreto_no_1.948_de_19_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5481/decreto_no_1.947_de_19_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5479/decreto_no_1.946_de_18_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5492/decreto_no_1.944_de_11_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5491/decreto_no_1.943_de_11_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5490/decreto_no_1.942_de_11_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5489/decreto_no_1.940_de_04_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5488/decreto_no_1.939_de_04_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5526/em_branco.docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5447/decreto_no_1.935_de_25-11-2019.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5480/decreto_no_1.932_de_01_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5478/decreto_no_1931_01_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5451/decreto_no_1929_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5449/decreto_no_1925_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5482/decreto_no_1.927_de_01_de_outubro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5450/decreto_no_1926_-_superavit.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5425/decreto_no_1921.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5426/decreto_no_1920.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5473/1918-19.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5472/1917-19.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5471/1916-19.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5470/1915-19.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5469/1914-19.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5468/1913-19.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5467/1912-19.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5392/1910-19.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5391/1909-19.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5390/1908-19.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5389/1907-19.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5466/1906-19.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5465/1905-19.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5463/1904-19.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5462/1903-19.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5388/1902-19.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5461/1901-19.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5486/decreto_no_1.900_de_03_de_junho_de_2019.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5460/1899-19.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5361/1898-19.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5363/1897-19.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5387/1896-19.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5362/1893-19.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5375/1892-19.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5374/1891-19.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5386/1890-19.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5385/1889-19.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5384/1888-19.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5373/1882-19.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5485/decreto_no_1.880_de_05_de_abril_de_2019.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5372/1879-19.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5371/1873-19.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5360/1869-19.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5353/1868-19.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5167/1867-19.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5166/1866-19.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5165/1865-19.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5370/1863-19.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5368/1862-19.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5369/1861-19.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5358/1860-19.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5357/1859-19.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5356/1859-19.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5359/1858-19.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5354/1856-19.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5355/1855-19.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5382/1854-19.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5381/1853-19.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5352/1852-18.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5351/1851-18.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5339/1849-18.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5333/1848-18.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5350/1847-18.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5332/1846-18.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5346/1844-18.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5345/1843-18.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5344/1842-18.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5343/1850-18.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5349/1841-18.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5342/1840-18.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5341/1839-18.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5340/1838-18.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5380/1837-18.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5330/1835-18.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5329/1834-18.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5383/1833-18.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5328/1832-18.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5327/1831-18.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2018/4985/4985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2018/4984/4984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2018/4983/4983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2018/4982/4982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5326/1826-18.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5366/1825-18.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5365/1824-18.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5379/1823-18.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5325/1822-18.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5324/1821-18.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5323/1820-18_02.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5322/1819-18.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5321/1818-18.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5302/1817-18.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5162/1813-18.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5163/1814-18.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5161/1812-18.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5160/1811-18.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5159/1810-18.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5157/1809-18.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5158/1808-18.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5156/1807-18.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5154/1806-18.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5153/1805-18.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5152/1804-18.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5155/1816-18.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5151/1803-18.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5150/1802-18.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5149/1801-18.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5148/1800-18.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5146/1798-18.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5145/1797-18.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5144/1796-18.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5143/1795-18.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5142/1794-18.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5141/1793-18.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5140/1792-18.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5139/1791-18.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5138/1790-18.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5137/1789-18.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5136/1788-18.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5135/1787-18.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5134/1786-18.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5133/1785-18.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5132/1784-18.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5131/1783-18.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5130/1782-18.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5129/1781-18.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5128/1780-18.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5127/1779-18.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5126/1778-18.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5125/1777-18.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5124/1776-18.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5123/1775-18.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5122/1774-18.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5121/1773-18.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5120/1772-18.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2018/4951/4951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5119/1771-18.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5118/1770-18.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5117/1769-18.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5116/1768-18.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5115/1767-18.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5114/1766-18.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5113/1765-18.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5112/1764-18.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5110/1762-18.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5111/1763-18.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5109/1761-18.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5108/1760-18.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5107/1759-18.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5106/1758-18.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5105/1757-18.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5104/1756-16.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5103/1755-18.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5102/1754-18.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5101/1753-18.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5100/1752-18.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5099/1751-18.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5098/1750-18.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5097/1749-18.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5096/1748-18.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5095/1747-17.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5094/1746-17.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5093/1745-17.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5092/1744-17.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5091/1742-17.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5090/1741-17.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5089/1740-17.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5088/1738-17.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5087/1737-17.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5086/1736-17.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5085/1735-17.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5084/1734-17.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5083/1733-17.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5082/1732-17.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5081/1731-17.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5080/1730-17.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5078/1728-17.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5079/1729-17_3.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5076/1725-17.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5075/1724-17.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5073/1723-17.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5072/1722-17.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5071/1721-17.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5070/1720-17.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5069/1719-17.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5068/1718-17.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5067/1717-17.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5066/1716-17.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5065/1715-17.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5064/1714-17.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5063/1713-17.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5062/1712-17.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5061/1711-17.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5060/1710-17.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5020/1709-17.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2017/4974/4974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5059/1706-17.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5058/1705-17.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5057/1704-17.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5056/1703-17.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5055/1702-17.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5054/1701-17.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5053/1700-17.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5052/1699-17.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5051/1698-17.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5050/1697-17.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5049/1696-17.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5048/1695-17.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5047/1694-17.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5046/1693-17.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5045/1692-17.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5044/1691-17.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5042/1689-17.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5040/1687-17.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5039/1686-17.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5038/1685-17.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5037/1684-17.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5036/1683-17.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5035/1682-17.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5034/1681-17.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5033/1678-17.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5032/1677-17.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5030/1676-17.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5029/1675-17.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5028/1672-17.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5027/1671-17.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5026/1670-17.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5025/1669-17.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5015/1660-17.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5043/1690-17.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5041/1688-17.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5024/1668-17.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5023/1667-17.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5022/1666-17.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5021/1665-17.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5019/1664-17.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5018/1663-17.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5077/1726-17.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5017/1662-17.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5016/1661-17.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4460/4460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4820/4820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4459/4459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4458/4458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4457/4457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4395/4395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4414/4414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4434/4434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4433/4433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4412/4412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4411/4411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4410/4410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4409/4409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4406/4406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4432/4432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4405/4405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4402/4402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4401/4401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4431/4431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4400/4400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4430/4430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4429/4429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4394/4394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4404/4404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4399/4399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4398/4398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4397/4397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4396/4396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2015/4419/4419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2015/4403/4403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2015/4821/4821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4165/4165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4164/4164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2014/6422/decreto_1.462_de_16_de_julho_de_2014.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4162/4162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4163/4163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4161/4161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4195/4195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4160/4160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4159/4159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4166/4166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4158/4158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4157/4157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4156/4156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4155/4155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4154/4154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4153/4153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2013/4463/4463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2013/4194/4194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2012/3898/3898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2012/4193/4193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2012/4192/4192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2012/2622/2622_texto_integral.doc" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2011/4818/4818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4408/4408_texto_integral.doc" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4817/4817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4816/4816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4815/4815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4814/4814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4813/4813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4812/4812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2010/5005/1087-10.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4407/4407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4811/4811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2009/4810/4810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2009/5004/1000-09.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2008/4420/4420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2008/4807/4807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2007/4809/4809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2007/4806/4806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4845/4845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4843/4843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4842/4842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4841/4841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4840/4840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4839/4839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4838/4838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4836/4836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4835/4835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4834/4834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4833/4833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4832/4832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4831/4831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4830/4830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4829/4829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4828/4828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4827/4827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4826/4826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4824/4824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4822/4822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4823/4823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2003/4808/4808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2002/4805/4805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2000/5031/286-00.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6929/decreto_no_2.507_de_19_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6910/decreto_no_2.506_de_17_de_novembro_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6900/decreto_no_2.505_de_07_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6899/decreto_no_2.498_de_03_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6898/decreto_no_2.497_de_30_de_outubro_de_2025_3.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6909/decreto_no_2.496_de_27_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6887/decreto_no_2.495_de_22_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6886/doc09566920251029171101.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6856/decreto_no_2.476_de_15_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6872/decreto_no_2.493_de_09_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6862/decreto_no_2.486_de_01_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6861/decreto_no_2.485_de_01_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6860/decreto_no_2.484_de_30_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6859/decreto_no_2.483_de_30_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6858/decreto_no_2.482_de_30_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6857/decreto_no_2.480_de_25_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6841/decreto_no_2.471_de__1o_de_setemrbo_de_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6871/decreto_no_2.469_de_27_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6835/decreto_no_2.468_de_26_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6830/decreto_no_2.466_de_18_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6826/decreto_no_2.461_de_01_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6825/decreto_no_2.460_de_01_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6819/decreto_no_2.459_de_30_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6823/decreto_no_2.458_de_30_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6818/decreto_no_2.457_de_25_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6813/decreto_no_2.455_de_23_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6807/decreto_no_2.454_de_21_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6804/decreto_no_2.452_de_16_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6801/decreto_no_2.451_de_10_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6795/decreto_no_2.450_de_10_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6794/decreto_no_2.449_de_10_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6790/decreto_no_2.448_de_08_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6789/decreto_no_2.447_de_08_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6829/decreto_no_2.445_de_01o_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6788/decreto_no_2.442_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6787/decreto_no_2.441_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6778/decreto_no_2.440_de_23_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6769/decreto_no_2.439_de_12_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6773/decreto_no_2.438_de_11_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6772/decreto_no_2.437_de_11_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6762/decreto_no_2.436_de_11_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6743/decreto_no_2.426_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6742/decreto_no_2.425_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6741/decreto_no_2.424_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6740/decreto_no_2.423_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6738/decreto_no_2.421_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6737/decreto_no_2.420_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6736/decreto_no_2.419_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6735/decreto_no_2.418_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6734/decreto_no_2.417_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6733/decreto_no_2.416_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6732/decreto_no_2.415_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6731/decreto_no_2.414_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6730/decreto_no_2.413_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6728/decreto_no_2.412_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6727/decreto_no_2.411_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6726/decreto_no_2.410_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6724/decreto_no_2.409_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6723/decreto_no_2.408_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6722/decreto_no_2.407_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6721/decreto_no_2.406_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6720/decreto_no_2.405_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6719/decreto_no_2.404_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6718/decreto_no_2.403_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6717/decreto_no_2.402_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6716/decreto_no_2.401_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6715/decreto_no_2.400_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6714/decreto_no_2.399_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6712/decreto_no_2.398_de_29_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6711/decreto_no_2.396_de_20_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6684/decreto_no_2.392_de_02_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6680/decreto_no_2.391_de_29_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6678/decreto_no_2.389_de_25_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6677/decreto_no_2.388_de_24_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6676/decreto_no_2.387_de_24_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6675/decreto_no_2.386_de_24_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6674/decreto_no_2.385_de_22_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6649/decreto_no_2.379_de_19_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6650/decreto_no_2.378_de_18_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6664/decreto_no_2.377_de_18_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6663/decreto_no_2.375_de_06_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6629/decreto_n_2.369_de_20_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6628/decreto_n_2.368_de_19_de_fevereiro_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6615/decreto_n_2.354_de_17-01-2025_-_boi_da_manta.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6619/decreto_n_2.361_de_31-01-2025_-_altera_decreto_2.212_comissao_tecnica_municipal__ctm-reurb.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6618/decreto_n_2.360_de_27-01-2025_-_dispoe_sobre_hasteamento_da_bandeiras_nacional_do_estado_e_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6617/decreto_n_2.356_de_22-01-2025_-_dispoe_sobre_o_cancelamento_do_decreto_2.345_de_16_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6616/decreto_n_2.355_de_22-01-2025_-_altera_decreto_2.355_de_22_-01-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6606/decreto_n_2.355_de_22-01-2025_-_altera_decreto_2.355_de_22_-01-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6605/decreto_n_2.354_de_17-01-2025_-_boi_da_manta.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6603/decreto_n_2.353_de_16-01-2025_-_prog._orcamentaria_e_financeira.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6604/decreto_n_2.353_de_16-01-2025_-_prog._orcamentaria_e_financeira.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6614/decreto_n_2.353_de_16-01-2025_-_prog._orcamentaria_e_financeira.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6613/decreto_n_2.352_de_08_-01-2025_-_feriados.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6612/decreto_n_2.351_de_08-01-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2025/6549/decreto_no_2.351_de_08-01-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6514/decreto_2.350_de_30_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6502/decreto_2.349_de_30_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6501/decreto_2.348_de_30_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6500/decreto_2.347_de_20_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6488/decreto_municipal_2.345_de_16_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6487/decreto_municipal_2.344_de_16_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6486/decreto_municipal_2.343_de_12_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6513/decreto_2.342_de_04_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6485/decreto_municipal_2.341_de_04_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6512/decreto_2.337_de_27_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6480/decreto_2.336_de_31_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6478/decreto_2.335_de_24_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6477/decreto_2.334_de_24_de_outubro_de_2024_1.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6472/decreto_2.333_de_16_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6471/decreto_2.331_de_14_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6470/decreto_2.330_de_07_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6469/decreto_2.329_de_03_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6468/decreto_2.328_de_03_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6458/decreto_2.326_de_19_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6457/decreto_2.325_de_19_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6455/decreto_2.324_de_5_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6454/decreto_2.323_de_5_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6446/decreto_2.322_de_04_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6453/decreto_2.321_de_agosto_de_2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6452/decreto_2320_de_21_de_agosto_de_2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6443/decreto_2.318_de_12_de_agosto_de_2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6435/decreto_2.317_de_04_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6431/decreto_2.315_de_03_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6430/decreto_2.314_de_03_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6429/decreto_2.313_de_02_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6428/decreto_2.312_de_02_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6421/decreto_no_2.311_de_25_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6420/decreto_2.310_de_13_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6414/decreto_2.309_de_03_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6400/decreto_2.307_de_21_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6399/decreto_2.306_de_20_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6398/decreto_2.305_de_20_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6397/decreto_2.304_de_17_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6394/decreto_2.302_de_14_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6396/decreto_2.300_de_08_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6393/decreto_2.297_de_24_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6392/decreto_2.296_de_24_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6391/decreto_2.295_de_24_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6377/decreto_2.294_de_18_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6376/decreto_2.293_de_17_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6374/decreto_no2.292_de_9_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6373/decreto_2.291_de_04_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6372/decreto_no2.290_de_3_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6363/decreto_no_2.285_de_22_de_fevereiro_2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6371/decreto_no2.284_de_22_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6427/decreto_2.289_de_20_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6359/decreto_no_2.288_de_12_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6362/decreto_no_2.287_de_12_de_marco_2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6370/decreto_no2282_de_19_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6341/decreto_no_2.281_de_07_de__fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6340/decreto_no_2.279_de_25_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6338/decreto_2.278_de_18_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6337/decreto_2.277_de_11_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6336/decreto_2.276_de_09_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6332/decreto_2.275_de_09_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6335/decreto_2.274_de_05_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6331/decreto_2.273_de_04_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2024/6330/decreto_no_2.272_de_03_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6302/decreto_2271_de_26_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6301/decreto_2270_de_20_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6300/decreto_2269_de_18_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6463/decreto_2.268_de_18_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6462/decreto_2.267_de_18_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6299/decreto_2266_de_18_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6298/decreto_2265_de_11_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6295/decreto_2.264_de_11_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6286/decreto_2263_de_30_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6285/decreto_2262_de_23_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6284/decreto_2261_de_23_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6283/decreto_2260_de_22_de_novembro_de_2023_1.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6282/decreto_2259_de_17_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6281/decreto_2258_de_14_de_novembro_de_2023_1.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6265/decreto_2257_de_20_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6262/decreto_2256_de_18_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6261/decreto_2255_de_16_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6260/decreto_2254_de_16_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6259/decreto_2253_de_11_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6253/decreto_2252_de_03_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6254/decreto_2251_de_03_outubro_2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6242/decreto_2.250_de_25_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6241/decreto_2.249_de_25_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6252/decreto_2.248_de_25_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6238/decreto_2.247_de_18_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6231/decreto_2.244_de_05_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6205/decreto_2.242_de_20_de_julho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6204/decreto_2.241_de_19_de_julho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6203/decreto_2.240_de_19_de_julho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6201/decreto_2.238_de_12_de_julho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6195/decreto_2.237_de_7_de_julho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6185/decreto_2.236_de_05_de_julho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6183/decreto_2.234_de_23_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6184/decreto_2.235_de_29_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6181/decreto_2.233_de_20_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6177/decreto_2.232_de_12_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6176/decreto_2.231_de_01_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6175/decreto_2.230_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6155/decreto_2.227_de_25_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6174/decreto_2.226_de_12_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6148/decreto_2.225_de_12_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6147/decreto_2.224_de_08_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6145/decreto_municipal_no_2.223_de_03_de_maio_2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6139/decreto_municipal_2222_de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6137/decreto_2.221_de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6173/decreto_2.220_de_14_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6178/decreto_2.219_de_10_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6121/decreto_2.216_de_23_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6126/decreto_2.215_de_15_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6125/decreto_no_2.214_de_15_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6124/decreto_no_2.213_de_15_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6115/decreto_2.212_de_15_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6114/decreto_2.211_de_13_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6113/decreto_2.210_de_13_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6112/decreto_2.209_de_13_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6116/decreto_2.208_de_13_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6111/decreto_2.207_de_10_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6110/decreto_2.206_de_07_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6109/decreto_2.205_de_03_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6101/doc05878820230301165304.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6103/decreto_2.204_14_de_fevereiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6094/decreto_no_2.202_de_12_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6093/decreto_no_2.201_de_10_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6079/decreto_no_2.200_de_03_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2023/6078/decreto_no_2.199_de_02_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6461/decreto_municipal_no_2.198_de_30_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6073/decreto_no_2.197_de_27_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6072/decreto_no_2.196_de_22_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6071/decreto_no_2.195_de_22_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6066/decreto_no_2.194_de_20_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6065/decreto_no_2.193_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6056/decreto_no_2.191_de_24_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6028/decreto_no_2.190_de_10_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6027/decreto_no_2.189_de_07_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6026/decreto_no_2.188_de_27_de_outubro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6023/decreto_municipal_no_2.187_de_17_de_outubro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6006/decreto_2.181_de_14_de_setembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6025/decreto_municipal_no_2.186_de_12_de_outubro_de_2022_2.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6022/decreto_municipal_no_2.185_de_04_de_outubro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6014/decreto_municipal_2.184_de_03_de_outubro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6007/decreto_2.183_de_23_de_setembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6021/decreto_municipal_no_2.182_de_16_de_setembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6005/decreto_2.180_de_12_de_setembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5995/decreto_municipal_2.179_de_29_de_agosto_de_2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5983/decreto_municipal_no_2178_de_05-08-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6008/decreto_no_2.177_de_01_de_agosto_de_2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5986/decreto_2.176_de_28_de_julho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5966/decreto_municipal_2.175_de_13_de_julho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5965/decreto_municipal_2.174_de_11_de_julho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5964/decreto_no_2.172_de_28_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5951/decreto_municipal_2.169_de_23_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5952/decreto_municipal_2.167_de_29_de_abril_de_2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5937/decreto_2.166_de_28_de_abril_de_2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5935/decreto_municipal_2.165_de_18_de_abril_de_2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5934/decreto_no_2.164_de_08_de_abril_de_2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/6460/decreto_municipal_no_2.163_de_08_de_abril_de_2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5924/decreto_no_2.162_de_15_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5923/decreto_no_2.161_de_15_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5922/decreto_no_2.160_de_11_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5921/decreto_no_2.159_de_11_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5914/decreto_no_2.158_de_18_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5912/decreto_no_2.157_de_11_de_fevereiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5905/decreto_no_2.154_de_31_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5904/decreto_no_2.152_de_25_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5903/decreto_no_2.151_de_19_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5902/decreto_no_2.150_de_18_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5901/decreto_no_2.149_de_17_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5900/decreto_no_2.148_de_17_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5899/decreto_no_2.147_de_10_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5898/decreto_no_2.146_de_07_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5897/decreto_no_2.145_de_06_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5896/decreto_no_2.144_de_04_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2022/5895/decreto_no_2.143_de_03_de_janeiro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5894/decreto_no_2.142_de_30_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5886/decreto_no_2.141_de_28_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5911/decreto_2.140_de_20_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5875/decreto_2.139_de_19_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5868/decreto_2.137_de_7_de_dezembro_de_2021..pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5860/decreto_2.136_de_30_de_novembro_de_2021_1.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5867/decreto_2.135_de_25_de_novembro_de_2021..pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5859/decreto_2.134_de_23_de_novembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5858/decreto_2.133_de_19_de_novembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5848/decreto_n.o_2.132-21_-_28_de_outubro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5847/decreto_n.o_2.131-21_-_28_de_outubro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5834/decreto_2.130_de_06_de_outubro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5832/decreto_2.129_de_01_de_outubro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5827/decreto_2.127_de_28_de_setembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5826/decreto_2.126_de_28_de_setembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5825/decreto_2.124_de_27_de_setembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5815/decreto_2.123_de_14-09-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5814/decreto_2.121_de_31_de_agosto_de_2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5813/decreto_2.120_de_31_de_agosto_de_2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5812/decreto_n.o_2119_de_23_de_agosto_de_2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5811/decreto_n.o_2118_de_09_de_agosto_de_2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5843/decreto_municipal_2.117_09_de_agosto_de_2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5810/decreto_2.116_de_03-08-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5781/decreto_2.115_de_3_de_agosto_de_2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5776/decreto_2.114-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5780/decreto_2.112_de_29_de_julho_de_2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5774/decreto_2.111-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5775/decreto_2.113-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5773/decreto_2.110-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5772/decreto_2.109-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5771/decreto_2.108-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5770/decreto_2.107-2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5768/decreto_2.106-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5752/decreto_no_2.105_de_11_de_junho_de_2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5751/decreto_no_2.104_de_09_de_junho_de_2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5753/decreto_no_2.103_de_07_de_junho_de_2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5742/decreto_no_2.102_de_27_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5741/decreto_no_2.101_de_27_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5740/decreto_no_2.100_de_25_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5739/decreto_no_2.099_de_24_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5733/decreto_no_2.098_de_20_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5769/decreto_2.097-2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5732/decreto_no_2.096_de_14_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5731/decreto_no_2.095_de_11_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5730/decreto_no_2.094_de_05_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5721/decreto_no_2.093_de_30_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5720/decreto_no_2.092_de_30_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5719/decreto_no_2.091_de_28_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5718/decreto_no_2.090_de_23_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5717/decreto_no_2.089_de_23_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5715/decreto_no_2.088_de_20_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5706/decreto_no_2.087_de_16_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5714/decreto_no_2.086_de_16_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5705/decreto_no_2.085_de_08_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5703/decreto_no_2.084_de_31_de_marco_de_2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5702/decreto_no_2.083_de_31_de_marco_de_2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5701/decreto_no_2.082_de_25_de_marco_de_2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5698/decreto_no_2.081_de_10_de_marco_de_2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5696/decreto_no_2.080_de_03_de_marco_de_2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5695/decreto_no_2.079_de_02_de_marco_de_2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5694/decreto_no_2.078_de_12_de_fevereiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5690/decreto_no_2.077_de_12_de_fevereiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5688/decreto_no_2.075_de_03_de_fevereiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5687/decreto_no_2.074_de_29_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5686/decreto_no_2.073_de_25_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5685/decreto_no_2.072_de_15_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5684/decreto_no_2.071_de_14_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5683/decreto_no_2.070_de_04_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5657/decreto_no_2.069_de_04_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5750/decreto_no_2.067_de_04_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2021/5656/decreto_no_2.066_de_04_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5655/decreto_no_2.065_de_30_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5654/decreto_no_2.064_de_30_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5682/decreto_no_2.062_de_29_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5681/decreto_no_2.060_de_10_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5680/decreto_no_2.059_de_10_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5632/decreto_no_2.058_de_10_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5631/decreto_no_2.057_de_1o_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5679/decreto_no_2.056_de_01_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5678/decreto_no_2.055_de_01_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5644/decreto_no_2.054_de_24_de_novembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5643/decreto_no_2.053_de_17_de_novembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5630/decreto_no_2.050_de_29_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5645/decreto_no_2.049_de_29_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5650/decreto_no_2.048_de_23_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5649/decreto_no_2.047_de_21_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5611/2046-20.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5610/2045-20.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5629/decreto_no_2.043_de_07_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5652/decreto_no_2.042_de_07_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5651/decreto_no_2.041_de_07_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5628/decreto_no_2.040_de_01_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5627/decreto_no_2.039_de_01_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5626/decreto_no_2.038_de_01_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5614/2037-20_alt_dec_1973.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5603/decreto_no_2036_de_11_de_setembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5594/decreto_2034-2020.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5596/decreto_2033-2020.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5595/decreto_2032-2020.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5573/decreto_n2028-2020.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5570/2027-2020.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5569/2026-2020.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5565/2025-20.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5568/2024-2020.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5566/2023-20.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5642/decreto_no_2.022_de_11_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5589/decreto_n2021-2020.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5585/decreto_n2020-2020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5605/decreto_no_2019_de_03_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5604/decreto_no_2018_de_03_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5598/decreto_2017-2020.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5564/2016-20.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5563/2015-20.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5599/decreto_2014-2020.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5600/decreto_2013-2020.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5592/decreto_2012-2020.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5601/decreto_2011-2020_.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5597/decreto_2010-2020.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5583/decreto_n2009-2020.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5593/decreto_n2008-2020.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5590/decreto_n2007-2020.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5575/decreto_n2006-2020.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5574/decreto_n2005-2020.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5572/decreto_n2004-2020.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5591/decreto_n2003-2020.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5579/decreto_n2002-2020.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5582/decreto_n2001-2020.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5571/decreto_n2000-2020.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5584/decreto_n1999-2020.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5587/decreto_n1998-2020.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5588/decreto_n1997-2020.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5586/decreto_n1996-2020.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5578/decreto_n1995-2020.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5581/decreto_n1994-2020.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5548/decreto_no_1993_-_abertura_parcial_comercio.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5547/decreto_no_1991_-_altera_decreto_1973-20.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5546/decreto_no_1990_-_altera_decreto_1972-2020.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5576/decreto_n1989-2020.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5545/decreto_no_1987_-_credito_extraordinario.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5544/decreto_no_1986_-_altera_decreto_1973-2020_-_comercio.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5543/decreto_no_1985_-_estabelece_o_uso_obrigatorio_de_mascaras.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5542/decreto_no_1984_-_reconhece_calamidade.corona_virus.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5541/decreto_no_1983_-_altera_decreto_1972.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5540/decreto_no_1982_-_feriados_e_pontos_facultativos_abril_a_junho_2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5539/decreto_no_1981_-_homologa_gratificacao_lei_3.281-2012.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5538/decreto_no_1980_-_altera_decreto_no_1.937-2019.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5537/decreto_no_1979_-_posicionamento_extraordinario_servidores.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5536/decreto_no_1978_-_altera_decreto_1973-2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5577/decreto_n1977-2020.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5580/decreto_n1976-2020.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5535/decreto_no_1975_-altera_decreto_1972-2020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5534/decreto_no_1974_-_altera_decreto_1973-2020.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5533/decreto_no_1973_-_determina_a_suspensao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5532/decreto_no_1972_-_declara_situacao_de_emergencia.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5531/decreto_no_1971_-_altera_decreto_1969-2020.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5530/decreto_no_1970_-_altera_decreto_1968-2020.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5529/decreto_no_1968_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5528/decreto_no_1968_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5522/decreto_no_1.967_de_21_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5527/decreto_no_1966_-_cria_o_preco_publico_banheiros_terminal_rodoviario.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5525/decreto_no_1965_-_altera_o_decreto_municipal_no_1937_-_regulamenta_lei_municipal_no3.456.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5498/decreto_no_1.964_de_20_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5497/decreto_no_1.963_de_12_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5524/decreto_no_1961_-_superavit.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5523/decreto_no_1960_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5496/decreto_no_1.959_de_31_de_janeiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5487/decreto_no_1.958_de_20_de_janeiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5483/decreto_no_1.957_de_16_de_janeiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5484/decreto_no_1.956_de_16_de_janeiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5625/decreto_no_1.954_de_02_de_janeiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5624/decreto_no_1.953_de_02_de_janeiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5495/decreto_no_1.952_de_31_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5494/decreto_no_1.950_de_19_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5493/decreto_no_1.948_de_19_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5481/decreto_no_1.947_de_19_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5479/decreto_no_1.946_de_18_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5492/decreto_no_1.944_de_11_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5491/decreto_no_1.943_de_11_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5490/decreto_no_1.942_de_11_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5489/decreto_no_1.940_de_04_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5488/decreto_no_1.939_de_04_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2020/5526/em_branco.docx" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5447/decreto_no_1.935_de_25-11-2019.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5480/decreto_no_1.932_de_01_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5478/decreto_no_1931_01_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5451/decreto_no_1929_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5449/decreto_no_1925_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5482/decreto_no_1.927_de_01_de_outubro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5450/decreto_no_1926_-_superavit.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5425/decreto_no_1921.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5426/decreto_no_1920.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5473/1918-19.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5472/1917-19.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5471/1916-19.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5470/1915-19.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5469/1914-19.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5468/1913-19.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5467/1912-19.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5392/1910-19.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5391/1909-19.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5390/1908-19.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5389/1907-19.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5466/1906-19.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5465/1905-19.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5463/1904-19.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5462/1903-19.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5388/1902-19.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5461/1901-19.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5486/decreto_no_1.900_de_03_de_junho_de_2019.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5460/1899-19.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5361/1898-19.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5363/1897-19.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5387/1896-19.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5362/1893-19.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5375/1892-19.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5374/1891-19.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5386/1890-19.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5385/1889-19.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5384/1888-19.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5373/1882-19.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5485/decreto_no_1.880_de_05_de_abril_de_2019.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5372/1879-19.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5371/1873-19.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5360/1869-19.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5353/1868-19.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5167/1867-19.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5166/1866-19.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5165/1865-19.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5370/1863-19.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5368/1862-19.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5369/1861-19.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5358/1860-19.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5357/1859-19.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5356/1859-19.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5359/1858-19.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5354/1856-19.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5355/1855-19.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5382/1854-19.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2019/5381/1853-19.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5352/1852-18.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5351/1851-18.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5339/1849-18.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5333/1848-18.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5350/1847-18.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5332/1846-18.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5346/1844-18.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5345/1843-18.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5344/1842-18.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5343/1850-18.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5349/1841-18.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5342/1840-18.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5341/1839-18.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5340/1838-18.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5380/1837-18.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5330/1835-18.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5329/1834-18.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5383/1833-18.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5328/1832-18.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5327/1831-18.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2018/4985/4985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2018/4984/4984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2018/4983/4983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2018/4982/4982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5326/1826-18.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5366/1825-18.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5365/1824-18.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5379/1823-18.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5325/1822-18.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5324/1821-18.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5323/1820-18_02.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5322/1819-18.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5321/1818-18.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5302/1817-18.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5162/1813-18.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5163/1814-18.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5161/1812-18.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5160/1811-18.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5159/1810-18.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5157/1809-18.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5158/1808-18.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5156/1807-18.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5154/1806-18.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5153/1805-18.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5152/1804-18.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5155/1816-18.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5151/1803-18.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5150/1802-18.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5149/1801-18.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5148/1800-18.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5146/1798-18.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5145/1797-18.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5144/1796-18.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5143/1795-18.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5142/1794-18.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5141/1793-18.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5140/1792-18.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5139/1791-18.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5138/1790-18.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5137/1789-18.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5136/1788-18.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5135/1787-18.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5134/1786-18.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5133/1785-18.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5132/1784-18.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5131/1783-18.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5130/1782-18.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5129/1781-18.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5128/1780-18.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5127/1779-18.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5126/1778-18.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5125/1777-18.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5124/1776-18.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5123/1775-18.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5122/1774-18.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5121/1773-18.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5120/1772-18.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2018/4951/4951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5119/1771-18.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5118/1770-18.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5117/1769-18.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5116/1768-18.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5115/1767-18.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5114/1766-18.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5113/1765-18.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5112/1764-18.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5110/1762-18.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5111/1763-18.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5109/1761-18.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5108/1760-18.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5107/1759-18.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5106/1758-18.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5105/1757-18.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5104/1756-16.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5103/1755-18.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5102/1754-18.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5101/1753-18.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5100/1752-18.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5099/1751-18.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5098/1750-18.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5097/1749-18.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2018/5096/1748-18.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5095/1747-17.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5094/1746-17.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5093/1745-17.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5092/1744-17.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5091/1742-17.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5090/1741-17.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5089/1740-17.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5088/1738-17.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5087/1737-17.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5086/1736-17.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5085/1735-17.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5084/1734-17.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5083/1733-17.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5082/1732-17.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5081/1731-17.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5080/1730-17.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5078/1728-17.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5079/1729-17_3.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5076/1725-17.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5075/1724-17.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5073/1723-17.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5072/1722-17.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5071/1721-17.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5070/1720-17.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5069/1719-17.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5068/1718-17.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5067/1717-17.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5066/1716-17.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5065/1715-17.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5064/1714-17.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5063/1713-17.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5062/1712-17.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5061/1711-17.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5060/1710-17.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5020/1709-17.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2017/4974/4974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5059/1706-17.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5058/1705-17.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5057/1704-17.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5056/1703-17.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5055/1702-17.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5054/1701-17.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5053/1700-17.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5052/1699-17.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5051/1698-17.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5050/1697-17.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5049/1696-17.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5048/1695-17.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5047/1694-17.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5046/1693-17.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5045/1692-17.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5044/1691-17.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5042/1689-17.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5040/1687-17.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5039/1686-17.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5038/1685-17.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5037/1684-17.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5036/1683-17.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5035/1682-17.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5034/1681-17.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5033/1678-17.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5032/1677-17.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5030/1676-17.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5029/1675-17.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5028/1672-17.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5027/1671-17.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5026/1670-17.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5025/1669-17.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5015/1660-17.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5043/1690-17.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5041/1688-17.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5024/1668-17.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5023/1667-17.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5022/1666-17.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5021/1665-17.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5019/1664-17.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5018/1663-17.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5077/1726-17.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5017/1662-17.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2017/5016/1661-17.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4460/4460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4820/4820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4459/4459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4458/4458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4457/4457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4395/4395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4414/4414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4434/4434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4433/4433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4412/4412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4411/4411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4410/4410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4409/4409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4406/4406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4432/4432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4405/4405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4402/4402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4401/4401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4431/4431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4400/4400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4430/4430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4429/4429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4394/4394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4404/4404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4399/4399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4398/4398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4397/4397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2016/4396/4396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2015/4419/4419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2015/4403/4403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2015/4821/4821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4165/4165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4164/4164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2014/6422/decreto_1.462_de_16_de_julho_de_2014.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4162/4162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4163/4163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4161/4161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4195/4195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4160/4160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4159/4159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4166/4166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4158/4158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4157/4157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4156/4156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4155/4155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4154/4154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2014/4153/4153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2013/4463/4463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2013/4194/4194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2012/3898/3898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2012/4193/4193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2012/4192/4192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2012/2622/2622_texto_integral.doc" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2011/4818/4818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4408/4408_texto_integral.doc" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4817/4817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4816/4816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4815/4815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4814/4814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4813/4813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4812/4812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2010/5005/1087-10.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4407/4407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2010/4811/4811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2009/4810/4810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2009/5004/1000-09.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2008/4420/4420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2008/4807/4807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2007/4809/4809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2007/4806/4806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4845/4845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4843/4843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4842/4842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4841/4841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4840/4840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4839/4839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4838/4838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4836/4836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4835/4835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2006/4834/4834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4833/4833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4832/4832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4831/4831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4830/4830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4829/4829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4828/4828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4827/4827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4826/4826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4824/4824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4822/4822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2005/4823/4823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2003/4808/4808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/./sapl/public/normajuridica/2002/4805/4805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedroleopoldo.mg.leg.br/media/sapl/public/normajuridica/2000/5031/286-00.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G795"/>
+  <dimension ref="A1:G798"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="181.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -9998,18152 +10028,18221 @@
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>35</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="D9" t="s">
-[...5 lines deleted...]
-      <c r="F9" s="1" t="s">
+      <c r="G9" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="D10" t="s">
-[...5 lines deleted...]
-      <c r="F10" s="1" t="s">
+      <c r="G10" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
+        <v>46</v>
+      </c>
+      <c r="D11" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="D11" t="s">
-[...5 lines deleted...]
-      <c r="F11" s="1" t="s">
+      <c r="G11" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
+        <v>50</v>
+      </c>
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="D12" t="s">
-[...5 lines deleted...]
-      <c r="F12" s="1" t="s">
+      <c r="G12" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="D13" t="s">
-[...5 lines deleted...]
-      <c r="F13" s="1" t="s">
+      <c r="G13" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="D14" t="s">
-[...5 lines deleted...]
-      <c r="F14" s="1" t="s">
+      <c r="G14" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D15" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="D15" t="s">
-[...5 lines deleted...]
-      <c r="F15" s="1" t="s">
+      <c r="G15" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
+        <v>66</v>
+      </c>
+      <c r="D16" t="s">
+        <v>10</v>
+      </c>
+      <c r="E16" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="D16" t="s">
-[...5 lines deleted...]
-      <c r="F16" s="1" t="s">
+      <c r="G16" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
+        <v>70</v>
+      </c>
+      <c r="D17" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="D17" t="s">
-[...5 lines deleted...]
-      <c r="F17" s="1" t="s">
+      <c r="G17" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="D18" t="s">
-[...5 lines deleted...]
-      <c r="F18" s="1" t="s">
+      <c r="G18" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
+        <v>78</v>
+      </c>
+      <c r="D19" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="D19" t="s">
-[...5 lines deleted...]
-      <c r="F19" s="1" t="s">
+      <c r="G19" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
+        <v>82</v>
+      </c>
+      <c r="D20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="D20" t="s">
-[...5 lines deleted...]
-      <c r="F20" s="1" t="s">
+      <c r="G20" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
+        <v>86</v>
+      </c>
+      <c r="D21" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="D21" t="s">
-[...5 lines deleted...]
-      <c r="F21" s="1" t="s">
+      <c r="G21" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
+        <v>90</v>
+      </c>
+      <c r="D22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="D22" t="s">
-[...5 lines deleted...]
-      <c r="F22" s="1" t="s">
+      <c r="G22" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
+        <v>94</v>
+      </c>
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="D23" t="s">
-[...5 lines deleted...]
-      <c r="F23" s="1" t="s">
+      <c r="G23" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
+        <v>98</v>
+      </c>
+      <c r="D24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="D24" t="s">
-[...5 lines deleted...]
-      <c r="F24" s="1" t="s">
+      <c r="G24" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
+        <v>102</v>
+      </c>
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="D25" t="s">
-[...5 lines deleted...]
-      <c r="F25" s="1" t="s">
+      <c r="G25" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
+        <v>106</v>
+      </c>
+      <c r="D26" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="D26" t="s">
-[...5 lines deleted...]
-      <c r="F26" s="1" t="s">
+      <c r="G26" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
+        <v>110</v>
+      </c>
+      <c r="D27" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="D27" t="s">
-[...5 lines deleted...]
-      <c r="F27" s="1" t="s">
+      <c r="G27" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
+        <v>114</v>
+      </c>
+      <c r="D28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="D28" t="s">
-[...5 lines deleted...]
-      <c r="F28" s="1" t="s">
+      <c r="G28" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
+        <v>118</v>
+      </c>
+      <c r="D29" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="D29" t="s">
-[...5 lines deleted...]
-      <c r="F29" s="1" t="s">
+      <c r="G29" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
+        <v>122</v>
+      </c>
+      <c r="D30" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="D30" t="s">
-[...5 lines deleted...]
-      <c r="F30" s="1" t="s">
+      <c r="G30" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
+        <v>126</v>
+      </c>
+      <c r="D31" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="D31" t="s">
-[...5 lines deleted...]
-      <c r="F31" s="1" t="s">
+      <c r="G31" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
+        <v>130</v>
+      </c>
+      <c r="D32" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="D32" t="s">
-[...5 lines deleted...]
-      <c r="F32" s="1" t="s">
+      <c r="G32" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
+        <v>134</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="D33" t="s">
-[...5 lines deleted...]
-      <c r="F33" s="1" t="s">
+      <c r="G33" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
+        <v>138</v>
+      </c>
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="D34" t="s">
-[...5 lines deleted...]
-      <c r="F34" s="1" t="s">
+      <c r="G34" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
+        <v>142</v>
+      </c>
+      <c r="D35" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="D35" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G35" t="s">
-        <v>145</v>
+        <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
+        <v>145</v>
+      </c>
+      <c r="D36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="G36" t="s">
         <v>147</v>
-      </c>
-[...10 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
+        <v>149</v>
+      </c>
+      <c r="D37" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="G37" t="s">
         <v>151</v>
-      </c>
-[...10 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
+        <v>153</v>
+      </c>
+      <c r="D38" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="G38" t="s">
         <v>155</v>
-      </c>
-[...10 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
+        <v>157</v>
+      </c>
+      <c r="D39" t="s">
+        <v>10</v>
+      </c>
+      <c r="E39" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="G39" t="s">
         <v>159</v>
-      </c>
-[...10 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
+        <v>161</v>
+      </c>
+      <c r="D40" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="G40" t="s">
         <v>163</v>
-      </c>
-[...10 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
+        <v>165</v>
+      </c>
+      <c r="D41" t="s">
+        <v>10</v>
+      </c>
+      <c r="E41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="G41" t="s">
         <v>167</v>
-      </c>
-[...10 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
+        <v>169</v>
+      </c>
+      <c r="D42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="G42" t="s">
         <v>171</v>
-      </c>
-[...10 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
+        <v>173</v>
+      </c>
+      <c r="D43" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G43" t="s">
         <v>175</v>
-      </c>
-[...10 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
+        <v>177</v>
+      </c>
+      <c r="D44" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="G44" t="s">
         <v>179</v>
-      </c>
-[...10 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
+        <v>181</v>
+      </c>
+      <c r="D45" t="s">
+        <v>10</v>
+      </c>
+      <c r="E45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="G45" t="s">
         <v>183</v>
-      </c>
-[...10 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
+        <v>185</v>
+      </c>
+      <c r="D46" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="D46" t="s">
-[...5 lines deleted...]
-      <c r="F46" s="1" t="s">
+      <c r="G46" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
+        <v>189</v>
+      </c>
+      <c r="D47" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="D47" t="s">
-[...5 lines deleted...]
-      <c r="F47" s="1" t="s">
+      <c r="G47" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
+        <v>193</v>
+      </c>
+      <c r="D48" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G48" t="s">
         <v>194</v>
-      </c>
-[...10 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
+        <v>196</v>
+      </c>
+      <c r="D49" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G49" t="s">
         <v>198</v>
-      </c>
-[...10 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
+        <v>200</v>
+      </c>
+      <c r="D50" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="G50" t="s">
         <v>202</v>
-      </c>
-[...10 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
+        <v>204</v>
+      </c>
+      <c r="D51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="G51" t="s">
         <v>206</v>
-      </c>
-[...10 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
+        <v>208</v>
+      </c>
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="G52" t="s">
         <v>210</v>
-      </c>
-[...10 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
+        <v>212</v>
+      </c>
+      <c r="D53" t="s">
+        <v>10</v>
+      </c>
+      <c r="E53" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="G53" t="s">
         <v>214</v>
-      </c>
-[...10 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
+        <v>216</v>
+      </c>
+      <c r="D54" t="s">
+        <v>10</v>
+      </c>
+      <c r="E54" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="G54" t="s">
         <v>218</v>
-      </c>
-[...10 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
+        <v>220</v>
+      </c>
+      <c r="D55" t="s">
+        <v>10</v>
+      </c>
+      <c r="E55" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="G55" t="s">
         <v>222</v>
-      </c>
-[...10 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
+        <v>224</v>
+      </c>
+      <c r="D56" t="s">
+        <v>10</v>
+      </c>
+      <c r="E56" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="G56" t="s">
         <v>226</v>
-      </c>
-[...10 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
+        <v>228</v>
+      </c>
+      <c r="D57" t="s">
+        <v>10</v>
+      </c>
+      <c r="E57" t="s">
+        <v>11</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="G57" t="s">
         <v>230</v>
-      </c>
-[...10 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
+        <v>232</v>
+      </c>
+      <c r="D58" t="s">
+        <v>10</v>
+      </c>
+      <c r="E58" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="G58" t="s">
         <v>234</v>
-      </c>
-[...10 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
+        <v>236</v>
+      </c>
+      <c r="D59" t="s">
+        <v>10</v>
+      </c>
+      <c r="E59" t="s">
+        <v>11</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="G59" t="s">
         <v>238</v>
-      </c>
-[...10 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" t="s">
+        <v>240</v>
+      </c>
+      <c r="D60" t="s">
+        <v>10</v>
+      </c>
+      <c r="E60" t="s">
+        <v>11</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="G60" t="s">
         <v>242</v>
-      </c>
-[...10 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
+        <v>244</v>
+      </c>
+      <c r="D61" t="s">
+        <v>10</v>
+      </c>
+      <c r="E61" t="s">
+        <v>11</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="G61" t="s">
         <v>246</v>
-      </c>
-[...10 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
+        <v>248</v>
+      </c>
+      <c r="D62" t="s">
+        <v>10</v>
+      </c>
+      <c r="E62" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="G62" t="s">
         <v>250</v>
-      </c>
-[...10 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
+        <v>252</v>
+      </c>
+      <c r="D63" t="s">
+        <v>10</v>
+      </c>
+      <c r="E63" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="G63" t="s">
         <v>254</v>
-      </c>
-[...10 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
+        <v>256</v>
+      </c>
+      <c r="D64" t="s">
+        <v>10</v>
+      </c>
+      <c r="E64" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="G64" t="s">
         <v>258</v>
-      </c>
-[...10 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
+        <v>260</v>
+      </c>
+      <c r="D65" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="G65" t="s">
         <v>262</v>
-      </c>
-[...10 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
+        <v>264</v>
+      </c>
+      <c r="D66" t="s">
+        <v>10</v>
+      </c>
+      <c r="E66" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="G66" t="s">
         <v>266</v>
-      </c>
-[...10 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
+        <v>268</v>
+      </c>
+      <c r="D67" t="s">
+        <v>10</v>
+      </c>
+      <c r="E67" t="s">
+        <v>11</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="G67" t="s">
         <v>270</v>
-      </c>
-[...10 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
+        <v>272</v>
+      </c>
+      <c r="D68" t="s">
+        <v>10</v>
+      </c>
+      <c r="E68" t="s">
+        <v>11</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="G68" t="s">
         <v>274</v>
-      </c>
-[...10 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
+        <v>276</v>
+      </c>
+      <c r="D69" t="s">
+        <v>10</v>
+      </c>
+      <c r="E69" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="G69" t="s">
         <v>278</v>
-      </c>
-[...10 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
+        <v>280</v>
+      </c>
+      <c r="D70" t="s">
+        <v>10</v>
+      </c>
+      <c r="E70" t="s">
+        <v>11</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="G70" t="s">
         <v>282</v>
-      </c>
-[...10 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
+        <v>284</v>
+      </c>
+      <c r="D71" t="s">
+        <v>10</v>
+      </c>
+      <c r="E71" t="s">
+        <v>11</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="G71" t="s">
         <v>286</v>
-      </c>
-[...10 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
+        <v>288</v>
+      </c>
+      <c r="D72" t="s">
+        <v>10</v>
+      </c>
+      <c r="E72" t="s">
+        <v>11</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="G72" t="s">
         <v>290</v>
-      </c>
-[...10 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
+        <v>292</v>
+      </c>
+      <c r="D73" t="s">
+        <v>10</v>
+      </c>
+      <c r="E73" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="G73" t="s">
         <v>294</v>
-      </c>
-[...10 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
+        <v>296</v>
+      </c>
+      <c r="D74" t="s">
+        <v>10</v>
+      </c>
+      <c r="E74" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="D74" t="s">
-[...5 lines deleted...]
-      <c r="F74" s="1" t="s">
+      <c r="G74" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
+        <v>300</v>
+      </c>
+      <c r="D75" t="s">
+        <v>10</v>
+      </c>
+      <c r="E75" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="D75" t="s">
-[...5 lines deleted...]
-      <c r="F75" s="1" t="s">
+      <c r="G75" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
+        <v>304</v>
+      </c>
+      <c r="D76" t="s">
+        <v>10</v>
+      </c>
+      <c r="E76" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G76" t="s">
         <v>305</v>
-      </c>
-[...10 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
+        <v>307</v>
+      </c>
+      <c r="D77" t="s">
+        <v>10</v>
+      </c>
+      <c r="E77" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G77" t="s">
         <v>309</v>
-      </c>
-[...10 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
+        <v>311</v>
+      </c>
+      <c r="D78" t="s">
+        <v>10</v>
+      </c>
+      <c r="E78" t="s">
+        <v>11</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="G78" t="s">
         <v>313</v>
-      </c>
-[...10 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
+        <v>315</v>
+      </c>
+      <c r="D79" t="s">
+        <v>10</v>
+      </c>
+      <c r="E79" t="s">
+        <v>11</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="G79" t="s">
         <v>317</v>
-      </c>
-[...10 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
+        <v>319</v>
+      </c>
+      <c r="D80" t="s">
+        <v>10</v>
+      </c>
+      <c r="E80" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="D80" t="s">
-[...5 lines deleted...]
-      <c r="F80" s="1" t="s">
+      <c r="G80" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
+        <v>323</v>
+      </c>
+      <c r="D81" t="s">
+        <v>10</v>
+      </c>
+      <c r="E81" t="s">
+        <v>11</v>
+      </c>
+      <c r="F81" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="D81" t="s">
-[...5 lines deleted...]
-      <c r="F81" s="1" t="s">
+      <c r="G81" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
+        <v>327</v>
+      </c>
+      <c r="D82" t="s">
+        <v>10</v>
+      </c>
+      <c r="E82" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G82" t="s">
         <v>328</v>
-      </c>
-[...10 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
+        <v>330</v>
+      </c>
+      <c r="D83" t="s">
+        <v>10</v>
+      </c>
+      <c r="E83" t="s">
+        <v>11</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="G83" t="s">
         <v>332</v>
-      </c>
-[...10 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
+        <v>334</v>
+      </c>
+      <c r="D84" t="s">
+        <v>10</v>
+      </c>
+      <c r="E84" t="s">
+        <v>11</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="G84" t="s">
         <v>336</v>
-      </c>
-[...10 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
+        <v>338</v>
+      </c>
+      <c r="D85" t="s">
+        <v>10</v>
+      </c>
+      <c r="E85" t="s">
+        <v>11</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="G85" t="s">
         <v>340</v>
-      </c>
-[...10 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
+        <v>342</v>
+      </c>
+      <c r="D86" t="s">
+        <v>10</v>
+      </c>
+      <c r="E86" t="s">
+        <v>11</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="G86" t="s">
         <v>344</v>
-      </c>
-[...10 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
+        <v>346</v>
+      </c>
+      <c r="D87" t="s">
+        <v>10</v>
+      </c>
+      <c r="E87" t="s">
+        <v>11</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="G87" t="s">
         <v>348</v>
-      </c>
-[...10 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
+        <v>350</v>
+      </c>
+      <c r="D88" t="s">
+        <v>10</v>
+      </c>
+      <c r="E88" t="s">
+        <v>11</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="G88" t="s">
         <v>352</v>
-      </c>
-[...10 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
+        <v>354</v>
+      </c>
+      <c r="D89" t="s">
+        <v>10</v>
+      </c>
+      <c r="E89" t="s">
+        <v>11</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="G89" t="s">
         <v>356</v>
-      </c>
-[...10 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
+        <v>358</v>
+      </c>
+      <c r="D90" t="s">
+        <v>10</v>
+      </c>
+      <c r="E90" t="s">
+        <v>11</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="G90" t="s">
         <v>360</v>
-      </c>
-[...10 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
+        <v>362</v>
+      </c>
+      <c r="D91" t="s">
+        <v>10</v>
+      </c>
+      <c r="E91" t="s">
+        <v>11</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="G91" t="s">
         <v>364</v>
-      </c>
-[...10 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
+        <v>366</v>
+      </c>
+      <c r="D92" t="s">
+        <v>10</v>
+      </c>
+      <c r="E92" t="s">
+        <v>11</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="G92" t="s">
         <v>368</v>
-      </c>
-[...10 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
+        <v>370</v>
+      </c>
+      <c r="D93" t="s">
+        <v>10</v>
+      </c>
+      <c r="E93" t="s">
+        <v>11</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="G93" t="s">
         <v>372</v>
-      </c>
-[...10 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
+        <v>374</v>
+      </c>
+      <c r="D94" t="s">
+        <v>10</v>
+      </c>
+      <c r="E94" t="s">
+        <v>11</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="G94" t="s">
         <v>376</v>
-      </c>
-[...10 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
+        <v>378</v>
+      </c>
+      <c r="D95" t="s">
+        <v>10</v>
+      </c>
+      <c r="E95" t="s">
+        <v>11</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="G95" t="s">
         <v>380</v>
-      </c>
-[...10 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
+        <v>382</v>
+      </c>
+      <c r="D96" t="s">
+        <v>10</v>
+      </c>
+      <c r="E96" t="s">
+        <v>11</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="G96" t="s">
         <v>384</v>
-      </c>
-[...10 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
+        <v>386</v>
+      </c>
+      <c r="D97" t="s">
+        <v>10</v>
+      </c>
+      <c r="E97" t="s">
+        <v>11</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="G97" t="s">
         <v>388</v>
-      </c>
-[...10 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
+        <v>390</v>
+      </c>
+      <c r="D98" t="s">
+        <v>10</v>
+      </c>
+      <c r="E98" t="s">
+        <v>11</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="G98" t="s">
         <v>392</v>
-      </c>
-[...10 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
+        <v>393</v>
+      </c>
+      <c r="B99" t="s">
+        <v>8</v>
+      </c>
+      <c r="C99" t="s">
+        <v>394</v>
+      </c>
+      <c r="D99" t="s">
+        <v>10</v>
+      </c>
+      <c r="E99" t="s">
+        <v>11</v>
+      </c>
+      <c r="F99" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="B99" t="s">
+      <c r="G99" t="s">
         <v>396</v>
-      </c>
-[...13 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
+        <v>397</v>
+      </c>
+      <c r="B100" t="s">
+        <v>8</v>
+      </c>
+      <c r="C100" t="s">
+        <v>398</v>
+      </c>
+      <c r="D100" t="s">
+        <v>10</v>
+      </c>
+      <c r="E100" t="s">
+        <v>11</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="G100" t="s">
         <v>400</v>
-      </c>
-[...16 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
+        <v>401</v>
+      </c>
+      <c r="B101" t="s">
+        <v>8</v>
+      </c>
+      <c r="C101" t="s">
+        <v>402</v>
+      </c>
+      <c r="D101" t="s">
+        <v>10</v>
+      </c>
+      <c r="E101" t="s">
+        <v>11</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="G101" t="s">
         <v>404</v>
-      </c>
-[...16 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
+        <v>405</v>
+      </c>
+      <c r="B102" t="s">
+        <v>406</v>
+      </c>
+      <c r="C102" t="s">
+        <v>407</v>
+      </c>
+      <c r="D102" t="s">
+        <v>10</v>
+      </c>
+      <c r="E102" t="s">
+        <v>11</v>
+      </c>
+      <c r="F102" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="B102" t="s">
-[...2 lines deleted...]
-      <c r="C102" t="s">
+      <c r="G102" t="s">
         <v>409</v>
-      </c>
-[...10 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
+        <v>410</v>
+      </c>
+      <c r="B103" t="s">
+        <v>406</v>
+      </c>
+      <c r="C103" t="s">
+        <v>411</v>
+      </c>
+      <c r="D103" t="s">
+        <v>10</v>
+      </c>
+      <c r="E103" t="s">
+        <v>11</v>
+      </c>
+      <c r="F103" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="B103" t="s">
-[...2 lines deleted...]
-      <c r="C103" t="s">
+      <c r="G103" t="s">
         <v>413</v>
-      </c>
-[...10 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
+        <v>414</v>
+      </c>
+      <c r="B104" t="s">
+        <v>406</v>
+      </c>
+      <c r="C104" t="s">
+        <v>415</v>
+      </c>
+      <c r="D104" t="s">
+        <v>10</v>
+      </c>
+      <c r="E104" t="s">
+        <v>11</v>
+      </c>
+      <c r="F104" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="B104" t="s">
-[...2 lines deleted...]
-      <c r="C104" t="s">
+      <c r="G104" t="s">
         <v>417</v>
-      </c>
-[...10 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
+        <v>418</v>
+      </c>
+      <c r="B105" t="s">
+        <v>406</v>
+      </c>
+      <c r="C105" t="s">
+        <v>419</v>
+      </c>
+      <c r="D105" t="s">
+        <v>10</v>
+      </c>
+      <c r="E105" t="s">
+        <v>11</v>
+      </c>
+      <c r="F105" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="B105" t="s">
-[...2 lines deleted...]
-      <c r="C105" t="s">
+      <c r="G105" t="s">
         <v>421</v>
-      </c>
-[...10 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
+        <v>422</v>
+      </c>
+      <c r="B106" t="s">
+        <v>406</v>
+      </c>
+      <c r="C106" t="s">
+        <v>423</v>
+      </c>
+      <c r="D106" t="s">
+        <v>10</v>
+      </c>
+      <c r="E106" t="s">
+        <v>11</v>
+      </c>
+      <c r="F106" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="B106" t="s">
-[...2 lines deleted...]
-      <c r="C106" t="s">
+      <c r="G106" t="s">
         <v>425</v>
-      </c>
-[...10 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
+        <v>426</v>
+      </c>
+      <c r="B107" t="s">
+        <v>406</v>
+      </c>
+      <c r="C107" t="s">
+        <v>427</v>
+      </c>
+      <c r="D107" t="s">
+        <v>10</v>
+      </c>
+      <c r="E107" t="s">
+        <v>11</v>
+      </c>
+      <c r="F107" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="B107" t="s">
-[...2 lines deleted...]
-      <c r="C107" t="s">
+      <c r="G107" t="s">
         <v>429</v>
-      </c>
-[...10 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
+        <v>430</v>
+      </c>
+      <c r="B108" t="s">
+        <v>406</v>
+      </c>
+      <c r="C108" t="s">
+        <v>431</v>
+      </c>
+      <c r="D108" t="s">
+        <v>10</v>
+      </c>
+      <c r="E108" t="s">
+        <v>11</v>
+      </c>
+      <c r="F108" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="B108" t="s">
-[...2 lines deleted...]
-      <c r="C108" t="s">
+      <c r="G108" t="s">
         <v>433</v>
-      </c>
-[...10 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
+        <v>434</v>
+      </c>
+      <c r="B109" t="s">
+        <v>406</v>
+      </c>
+      <c r="C109" t="s">
+        <v>435</v>
+      </c>
+      <c r="D109" t="s">
+        <v>10</v>
+      </c>
+      <c r="E109" t="s">
+        <v>11</v>
+      </c>
+      <c r="F109" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="B109" t="s">
-[...2 lines deleted...]
-      <c r="C109" t="s">
+      <c r="G109" t="s">
         <v>437</v>
-      </c>
-[...10 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
+        <v>438</v>
+      </c>
+      <c r="B110" t="s">
+        <v>406</v>
+      </c>
+      <c r="C110" t="s">
+        <v>439</v>
+      </c>
+      <c r="D110" t="s">
+        <v>10</v>
+      </c>
+      <c r="E110" t="s">
+        <v>11</v>
+      </c>
+      <c r="F110" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="B110" t="s">
-[...2 lines deleted...]
-      <c r="C110" t="s">
+      <c r="G110" t="s">
         <v>441</v>
-      </c>
-[...10 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
+        <v>442</v>
+      </c>
+      <c r="B111" t="s">
+        <v>406</v>
+      </c>
+      <c r="C111" t="s">
+        <v>443</v>
+      </c>
+      <c r="D111" t="s">
+        <v>10</v>
+      </c>
+      <c r="E111" t="s">
+        <v>11</v>
+      </c>
+      <c r="F111" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="B111" t="s">
-[...2 lines deleted...]
-      <c r="C111" t="s">
+      <c r="G111" t="s">
         <v>445</v>
-      </c>
-[...10 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
+        <v>446</v>
+      </c>
+      <c r="B112" t="s">
+        <v>406</v>
+      </c>
+      <c r="C112" t="s">
+        <v>447</v>
+      </c>
+      <c r="D112" t="s">
+        <v>10</v>
+      </c>
+      <c r="E112" t="s">
+        <v>11</v>
+      </c>
+      <c r="F112" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="B112" t="s">
-[...2 lines deleted...]
-      <c r="C112" t="s">
+      <c r="G112" t="s">
         <v>449</v>
-      </c>
-[...10 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
+        <v>450</v>
+      </c>
+      <c r="B113" t="s">
+        <v>406</v>
+      </c>
+      <c r="C113" t="s">
+        <v>451</v>
+      </c>
+      <c r="D113" t="s">
+        <v>10</v>
+      </c>
+      <c r="E113" t="s">
+        <v>11</v>
+      </c>
+      <c r="F113" s="1" t="s">
         <v>452</v>
       </c>
-      <c r="B113" t="s">
-[...2 lines deleted...]
-      <c r="C113" t="s">
+      <c r="G113" t="s">
         <v>453</v>
-      </c>
-[...10 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
+        <v>454</v>
+      </c>
+      <c r="B114" t="s">
+        <v>406</v>
+      </c>
+      <c r="C114" t="s">
+        <v>455</v>
+      </c>
+      <c r="D114" t="s">
+        <v>10</v>
+      </c>
+      <c r="E114" t="s">
+        <v>11</v>
+      </c>
+      <c r="F114" s="1" t="s">
         <v>456</v>
       </c>
-      <c r="B114" t="s">
-[...2 lines deleted...]
-      <c r="C114" t="s">
+      <c r="G114" t="s">
         <v>457</v>
-      </c>
-[...10 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
+        <v>458</v>
+      </c>
+      <c r="B115" t="s">
+        <v>406</v>
+      </c>
+      <c r="C115" t="s">
+        <v>459</v>
+      </c>
+      <c r="D115" t="s">
+        <v>10</v>
+      </c>
+      <c r="E115" t="s">
+        <v>11</v>
+      </c>
+      <c r="F115" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="B115" t="s">
-[...2 lines deleted...]
-      <c r="C115" t="s">
+      <c r="G115" t="s">
         <v>461</v>
-      </c>
-[...10 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
+        <v>462</v>
+      </c>
+      <c r="B116" t="s">
+        <v>406</v>
+      </c>
+      <c r="C116" t="s">
+        <v>463</v>
+      </c>
+      <c r="D116" t="s">
+        <v>10</v>
+      </c>
+      <c r="E116" t="s">
+        <v>11</v>
+      </c>
+      <c r="F116" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="B116" t="s">
-[...2 lines deleted...]
-      <c r="C116" t="s">
+      <c r="G116" t="s">
         <v>465</v>
-      </c>
-[...10 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
+        <v>466</v>
+      </c>
+      <c r="B117" t="s">
+        <v>406</v>
+      </c>
+      <c r="C117" t="s">
+        <v>467</v>
+      </c>
+      <c r="D117" t="s">
+        <v>10</v>
+      </c>
+      <c r="E117" t="s">
+        <v>11</v>
+      </c>
+      <c r="F117" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="B117" t="s">
-[...2 lines deleted...]
-      <c r="C117" t="s">
+      <c r="G117" t="s">
         <v>469</v>
-      </c>
-[...10 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
+        <v>470</v>
+      </c>
+      <c r="B118" t="s">
+        <v>406</v>
+      </c>
+      <c r="C118" t="s">
+        <v>471</v>
+      </c>
+      <c r="D118" t="s">
+        <v>10</v>
+      </c>
+      <c r="E118" t="s">
+        <v>11</v>
+      </c>
+      <c r="F118" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="B118" t="s">
-[...2 lines deleted...]
-      <c r="C118" t="s">
+      <c r="G118" t="s">
         <v>473</v>
-      </c>
-[...10 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
+        <v>474</v>
+      </c>
+      <c r="B119" t="s">
+        <v>406</v>
+      </c>
+      <c r="C119" t="s">
+        <v>475</v>
+      </c>
+      <c r="D119" t="s">
+        <v>10</v>
+      </c>
+      <c r="E119" t="s">
+        <v>11</v>
+      </c>
+      <c r="F119" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="B119" t="s">
-[...2 lines deleted...]
-      <c r="C119" t="s">
+      <c r="G119" t="s">
         <v>477</v>
-      </c>
-[...10 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
+        <v>478</v>
+      </c>
+      <c r="B120" t="s">
+        <v>406</v>
+      </c>
+      <c r="C120" t="s">
+        <v>479</v>
+      </c>
+      <c r="D120" t="s">
+        <v>10</v>
+      </c>
+      <c r="E120" t="s">
+        <v>11</v>
+      </c>
+      <c r="F120" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="B120" t="s">
-[...2 lines deleted...]
-      <c r="C120" t="s">
+      <c r="G120" t="s">
         <v>481</v>
-      </c>
-[...10 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
+        <v>482</v>
+      </c>
+      <c r="B121" t="s">
+        <v>406</v>
+      </c>
+      <c r="C121" t="s">
+        <v>483</v>
+      </c>
+      <c r="D121" t="s">
+        <v>10</v>
+      </c>
+      <c r="E121" t="s">
+        <v>11</v>
+      </c>
+      <c r="F121" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="B121" t="s">
-[...2 lines deleted...]
-      <c r="C121" t="s">
+      <c r="G121" t="s">
         <v>485</v>
-      </c>
-[...10 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
+        <v>486</v>
+      </c>
+      <c r="B122" t="s">
+        <v>406</v>
+      </c>
+      <c r="C122" t="s">
+        <v>487</v>
+      </c>
+      <c r="D122" t="s">
+        <v>10</v>
+      </c>
+      <c r="E122" t="s">
+        <v>11</v>
+      </c>
+      <c r="F122" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="B122" t="s">
-[...2 lines deleted...]
-      <c r="C122" t="s">
+      <c r="G122" t="s">
         <v>489</v>
-      </c>
-[...10 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
+        <v>490</v>
+      </c>
+      <c r="B123" t="s">
+        <v>406</v>
+      </c>
+      <c r="C123" t="s">
+        <v>491</v>
+      </c>
+      <c r="D123" t="s">
+        <v>10</v>
+      </c>
+      <c r="E123" t="s">
+        <v>11</v>
+      </c>
+      <c r="F123" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="B123" t="s">
-[...2 lines deleted...]
-      <c r="C123" t="s">
+      <c r="G123" t="s">
         <v>493</v>
-      </c>
-[...10 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
+        <v>494</v>
+      </c>
+      <c r="B124" t="s">
+        <v>406</v>
+      </c>
+      <c r="C124" t="s">
+        <v>495</v>
+      </c>
+      <c r="D124" t="s">
+        <v>10</v>
+      </c>
+      <c r="E124" t="s">
+        <v>11</v>
+      </c>
+      <c r="F124" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="B124" t="s">
-[...2 lines deleted...]
-      <c r="C124" t="s">
+      <c r="G124" t="s">
         <v>497</v>
-      </c>
-[...10 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
+        <v>498</v>
+      </c>
+      <c r="B125" t="s">
+        <v>406</v>
+      </c>
+      <c r="C125" t="s">
+        <v>499</v>
+      </c>
+      <c r="D125" t="s">
+        <v>10</v>
+      </c>
+      <c r="E125" t="s">
+        <v>11</v>
+      </c>
+      <c r="F125" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="B125" t="s">
-[...2 lines deleted...]
-      <c r="C125" t="s">
+      <c r="G125" t="s">
         <v>501</v>
-      </c>
-[...10 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
+        <v>502</v>
+      </c>
+      <c r="B126" t="s">
+        <v>406</v>
+      </c>
+      <c r="C126" t="s">
+        <v>503</v>
+      </c>
+      <c r="D126" t="s">
+        <v>10</v>
+      </c>
+      <c r="E126" t="s">
+        <v>11</v>
+      </c>
+      <c r="F126" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="B126" t="s">
-[...2 lines deleted...]
-      <c r="C126" t="s">
+      <c r="G126" t="s">
         <v>505</v>
-      </c>
-[...10 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
+        <v>506</v>
+      </c>
+      <c r="B127" t="s">
+        <v>406</v>
+      </c>
+      <c r="C127" t="s">
         <v>507</v>
       </c>
-      <c r="B127" t="s">
-[...2 lines deleted...]
-      <c r="C127" t="s">
+      <c r="D127" t="s">
+        <v>10</v>
+      </c>
+      <c r="E127" t="s">
+        <v>11</v>
+      </c>
+      <c r="F127" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="D127" t="s">
-[...5 lines deleted...]
-      <c r="F127" s="1" t="s">
+      <c r="G127" t="s">
         <v>509</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
+        <v>510</v>
+      </c>
+      <c r="B128" t="s">
+        <v>406</v>
+      </c>
+      <c r="C128" t="s">
         <v>511</v>
       </c>
-      <c r="B128" t="s">
-[...2 lines deleted...]
-      <c r="C128" t="s">
+      <c r="D128" t="s">
+        <v>10</v>
+      </c>
+      <c r="E128" t="s">
+        <v>11</v>
+      </c>
+      <c r="F128" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="D128" t="s">
-[...5 lines deleted...]
-      <c r="F128" s="1" t="s">
+      <c r="G128" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
+        <v>514</v>
+      </c>
+      <c r="B129" t="s">
+        <v>406</v>
+      </c>
+      <c r="C129" t="s">
         <v>515</v>
       </c>
-      <c r="B129" t="s">
-[...2 lines deleted...]
-      <c r="C129" t="s">
+      <c r="D129" t="s">
+        <v>10</v>
+      </c>
+      <c r="E129" t="s">
+        <v>11</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G129" t="s">
         <v>516</v>
-      </c>
-[...10 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
+        <v>517</v>
+      </c>
+      <c r="B130" t="s">
+        <v>406</v>
+      </c>
+      <c r="C130" t="s">
+        <v>518</v>
+      </c>
+      <c r="D130" t="s">
+        <v>10</v>
+      </c>
+      <c r="E130" t="s">
+        <v>11</v>
+      </c>
+      <c r="F130" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="B130" t="s">
-[...2 lines deleted...]
-      <c r="C130" t="s">
+      <c r="G130" t="s">
         <v>520</v>
-      </c>
-[...10 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
+        <v>521</v>
+      </c>
+      <c r="B131" t="s">
+        <v>406</v>
+      </c>
+      <c r="C131" t="s">
+        <v>522</v>
+      </c>
+      <c r="D131" t="s">
+        <v>10</v>
+      </c>
+      <c r="E131" t="s">
+        <v>11</v>
+      </c>
+      <c r="F131" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="B131" t="s">
-[...2 lines deleted...]
-      <c r="C131" t="s">
+      <c r="G131" t="s">
         <v>524</v>
-      </c>
-[...10 lines deleted...]
-        <v>526</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
+        <v>525</v>
+      </c>
+      <c r="B132" t="s">
+        <v>406</v>
+      </c>
+      <c r="C132" t="s">
+        <v>526</v>
+      </c>
+      <c r="D132" t="s">
+        <v>10</v>
+      </c>
+      <c r="E132" t="s">
+        <v>11</v>
+      </c>
+      <c r="F132" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="B132" t="s">
-[...2 lines deleted...]
-      <c r="C132" t="s">
+      <c r="G132" t="s">
         <v>528</v>
-      </c>
-[...10 lines deleted...]
-        <v>530</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
+        <v>529</v>
+      </c>
+      <c r="B133" t="s">
+        <v>406</v>
+      </c>
+      <c r="C133" t="s">
+        <v>530</v>
+      </c>
+      <c r="D133" t="s">
+        <v>10</v>
+      </c>
+      <c r="E133" t="s">
+        <v>11</v>
+      </c>
+      <c r="F133" s="1" t="s">
         <v>531</v>
       </c>
-      <c r="B133" t="s">
-[...2 lines deleted...]
-      <c r="C133" t="s">
+      <c r="G133" t="s">
         <v>532</v>
-      </c>
-[...10 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
+        <v>533</v>
+      </c>
+      <c r="B134" t="s">
+        <v>406</v>
+      </c>
+      <c r="C134" t="s">
+        <v>534</v>
+      </c>
+      <c r="D134" t="s">
+        <v>10</v>
+      </c>
+      <c r="E134" t="s">
+        <v>11</v>
+      </c>
+      <c r="F134" s="1" t="s">
         <v>535</v>
       </c>
-      <c r="B134" t="s">
-[...2 lines deleted...]
-      <c r="C134" t="s">
+      <c r="G134" t="s">
         <v>536</v>
-      </c>
-[...10 lines deleted...]
-        <v>538</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
+        <v>537</v>
+      </c>
+      <c r="B135" t="s">
+        <v>406</v>
+      </c>
+      <c r="C135" t="s">
+        <v>538</v>
+      </c>
+      <c r="D135" t="s">
+        <v>10</v>
+      </c>
+      <c r="E135" t="s">
+        <v>11</v>
+      </c>
+      <c r="F135" s="1" t="s">
         <v>539</v>
       </c>
-      <c r="B135" t="s">
-[...2 lines deleted...]
-      <c r="C135" t="s">
+      <c r="G135" t="s">
         <v>540</v>
-      </c>
-[...10 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
+        <v>541</v>
+      </c>
+      <c r="B136" t="s">
+        <v>406</v>
+      </c>
+      <c r="C136" t="s">
+        <v>542</v>
+      </c>
+      <c r="D136" t="s">
+        <v>10</v>
+      </c>
+      <c r="E136" t="s">
+        <v>11</v>
+      </c>
+      <c r="F136" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="B136" t="s">
-[...2 lines deleted...]
-      <c r="C136" t="s">
+      <c r="G136" t="s">
         <v>544</v>
-      </c>
-[...10 lines deleted...]
-        <v>546</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
+        <v>545</v>
+      </c>
+      <c r="B137" t="s">
+        <v>406</v>
+      </c>
+      <c r="C137" t="s">
+        <v>546</v>
+      </c>
+      <c r="D137" t="s">
+        <v>10</v>
+      </c>
+      <c r="E137" t="s">
+        <v>11</v>
+      </c>
+      <c r="F137" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="B137" t="s">
-[...2 lines deleted...]
-      <c r="C137" t="s">
+      <c r="G137" t="s">
         <v>548</v>
-      </c>
-[...10 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
+        <v>549</v>
+      </c>
+      <c r="B138" t="s">
+        <v>406</v>
+      </c>
+      <c r="C138" t="s">
+        <v>550</v>
+      </c>
+      <c r="D138" t="s">
+        <v>10</v>
+      </c>
+      <c r="E138" t="s">
+        <v>11</v>
+      </c>
+      <c r="F138" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="B138" t="s">
-[...2 lines deleted...]
-      <c r="C138" t="s">
+      <c r="G138" t="s">
         <v>552</v>
-      </c>
-[...10 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
+        <v>553</v>
+      </c>
+      <c r="B139" t="s">
+        <v>406</v>
+      </c>
+      <c r="C139" t="s">
+        <v>554</v>
+      </c>
+      <c r="D139" t="s">
+        <v>10</v>
+      </c>
+      <c r="E139" t="s">
+        <v>11</v>
+      </c>
+      <c r="F139" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="B139" t="s">
-[...2 lines deleted...]
-      <c r="C139" t="s">
+      <c r="G139" t="s">
         <v>556</v>
-      </c>
-[...10 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
+        <v>557</v>
+      </c>
+      <c r="B140" t="s">
+        <v>406</v>
+      </c>
+      <c r="C140" t="s">
+        <v>558</v>
+      </c>
+      <c r="D140" t="s">
+        <v>10</v>
+      </c>
+      <c r="E140" t="s">
+        <v>11</v>
+      </c>
+      <c r="F140" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="B140" t="s">
-[...2 lines deleted...]
-      <c r="C140" t="s">
+      <c r="G140" t="s">
         <v>560</v>
-      </c>
-[...10 lines deleted...]
-        <v>562</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
+        <v>561</v>
+      </c>
+      <c r="B141" t="s">
+        <v>406</v>
+      </c>
+      <c r="C141" t="s">
+        <v>562</v>
+      </c>
+      <c r="D141" t="s">
+        <v>10</v>
+      </c>
+      <c r="E141" t="s">
+        <v>11</v>
+      </c>
+      <c r="F141" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="B141" t="s">
-[...2 lines deleted...]
-      <c r="C141" t="s">
+      <c r="G141" t="s">
         <v>564</v>
-      </c>
-[...10 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
+        <v>565</v>
+      </c>
+      <c r="B142" t="s">
+        <v>406</v>
+      </c>
+      <c r="C142" t="s">
+        <v>566</v>
+      </c>
+      <c r="D142" t="s">
+        <v>10</v>
+      </c>
+      <c r="E142" t="s">
+        <v>11</v>
+      </c>
+      <c r="F142" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="B142" t="s">
-[...2 lines deleted...]
-      <c r="C142" t="s">
+      <c r="G142" t="s">
         <v>568</v>
-      </c>
-[...10 lines deleted...]
-        <v>570</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
+        <v>569</v>
+      </c>
+      <c r="B143" t="s">
+        <v>406</v>
+      </c>
+      <c r="C143" t="s">
+        <v>570</v>
+      </c>
+      <c r="D143" t="s">
+        <v>10</v>
+      </c>
+      <c r="E143" t="s">
+        <v>11</v>
+      </c>
+      <c r="F143" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="B143" t="s">
-[...2 lines deleted...]
-      <c r="C143" t="s">
+      <c r="G143" t="s">
         <v>572</v>
-      </c>
-[...10 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
+        <v>573</v>
+      </c>
+      <c r="B144" t="s">
+        <v>406</v>
+      </c>
+      <c r="C144" t="s">
+        <v>574</v>
+      </c>
+      <c r="D144" t="s">
+        <v>10</v>
+      </c>
+      <c r="E144" t="s">
+        <v>11</v>
+      </c>
+      <c r="F144" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="B144" t="s">
-[...2 lines deleted...]
-      <c r="C144" t="s">
+      <c r="G144" t="s">
         <v>576</v>
-      </c>
-[...10 lines deleted...]
-        <v>578</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
+        <v>577</v>
+      </c>
+      <c r="B145" t="s">
+        <v>406</v>
+      </c>
+      <c r="C145" t="s">
+        <v>578</v>
+      </c>
+      <c r="D145" t="s">
+        <v>10</v>
+      </c>
+      <c r="E145" t="s">
+        <v>11</v>
+      </c>
+      <c r="F145" s="1" t="s">
         <v>579</v>
       </c>
-      <c r="B145" t="s">
-[...2 lines deleted...]
-      <c r="C145" t="s">
+      <c r="G145" t="s">
         <v>580</v>
-      </c>
-[...10 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
+        <v>581</v>
+      </c>
+      <c r="B146" t="s">
+        <v>406</v>
+      </c>
+      <c r="C146" t="s">
+        <v>582</v>
+      </c>
+      <c r="D146" t="s">
+        <v>10</v>
+      </c>
+      <c r="E146" t="s">
+        <v>11</v>
+      </c>
+      <c r="F146" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="B146" t="s">
-[...2 lines deleted...]
-      <c r="C146" t="s">
+      <c r="G146" t="s">
         <v>584</v>
-      </c>
-[...10 lines deleted...]
-        <v>586</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
+        <v>585</v>
+      </c>
+      <c r="B147" t="s">
+        <v>406</v>
+      </c>
+      <c r="C147" t="s">
+        <v>586</v>
+      </c>
+      <c r="D147" t="s">
+        <v>10</v>
+      </c>
+      <c r="E147" t="s">
+        <v>11</v>
+      </c>
+      <c r="F147" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="B147" t="s">
-[...2 lines deleted...]
-      <c r="C147" t="s">
+      <c r="G147" t="s">
         <v>588</v>
-      </c>
-[...10 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
+        <v>589</v>
+      </c>
+      <c r="B148" t="s">
+        <v>406</v>
+      </c>
+      <c r="C148" t="s">
+        <v>590</v>
+      </c>
+      <c r="D148" t="s">
+        <v>10</v>
+      </c>
+      <c r="E148" t="s">
+        <v>11</v>
+      </c>
+      <c r="F148" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="B148" t="s">
-[...2 lines deleted...]
-      <c r="C148" t="s">
+      <c r="G148" t="s">
         <v>592</v>
-      </c>
-[...10 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
+        <v>593</v>
+      </c>
+      <c r="B149" t="s">
+        <v>406</v>
+      </c>
+      <c r="C149" t="s">
+        <v>594</v>
+      </c>
+      <c r="D149" t="s">
+        <v>10</v>
+      </c>
+      <c r="E149" t="s">
+        <v>11</v>
+      </c>
+      <c r="F149" s="1" t="s">
         <v>595</v>
       </c>
-      <c r="B149" t="s">
-[...2 lines deleted...]
-      <c r="C149" t="s">
+      <c r="G149" t="s">
         <v>596</v>
-      </c>
-[...10 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
+        <v>597</v>
+      </c>
+      <c r="B150" t="s">
+        <v>406</v>
+      </c>
+      <c r="C150" t="s">
+        <v>598</v>
+      </c>
+      <c r="D150" t="s">
+        <v>10</v>
+      </c>
+      <c r="E150" t="s">
+        <v>11</v>
+      </c>
+      <c r="F150" s="1" t="s">
         <v>599</v>
       </c>
-      <c r="B150" t="s">
-[...2 lines deleted...]
-      <c r="C150" t="s">
+      <c r="G150" t="s">
         <v>600</v>
-      </c>
-[...10 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
+        <v>601</v>
+      </c>
+      <c r="B151" t="s">
+        <v>406</v>
+      </c>
+      <c r="C151" t="s">
         <v>602</v>
       </c>
-      <c r="B151" t="s">
-[...2 lines deleted...]
-      <c r="C151" t="s">
+      <c r="D151" t="s">
+        <v>10</v>
+      </c>
+      <c r="E151" t="s">
+        <v>11</v>
+      </c>
+      <c r="F151" s="1" t="s">
         <v>603</v>
       </c>
-      <c r="D151" t="s">
-[...5 lines deleted...]
-      <c r="F151" s="1" t="s">
+      <c r="G151" t="s">
         <v>604</v>
-      </c>
-[...1 lines deleted...]
-        <v>605</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
+        <v>605</v>
+      </c>
+      <c r="B152" t="s">
+        <v>406</v>
+      </c>
+      <c r="C152" t="s">
         <v>606</v>
       </c>
-      <c r="B152" t="s">
-[...2 lines deleted...]
-      <c r="C152" t="s">
+      <c r="D152" t="s">
+        <v>10</v>
+      </c>
+      <c r="E152" t="s">
+        <v>11</v>
+      </c>
+      <c r="F152" s="1" t="s">
         <v>607</v>
       </c>
-      <c r="D152" t="s">
-[...5 lines deleted...]
-      <c r="F152" s="1" t="s">
+      <c r="G152" t="s">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>609</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
+        <v>609</v>
+      </c>
+      <c r="B153" t="s">
+        <v>406</v>
+      </c>
+      <c r="C153" t="s">
         <v>610</v>
       </c>
-      <c r="B153" t="s">
-[...2 lines deleted...]
-      <c r="C153" t="s">
+      <c r="D153" t="s">
+        <v>10</v>
+      </c>
+      <c r="E153" t="s">
+        <v>11</v>
+      </c>
+      <c r="F153" s="1" t="s">
         <v>611</v>
       </c>
-      <c r="D153" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G153" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
+        <v>612</v>
+      </c>
+      <c r="B154" t="s">
+        <v>406</v>
+      </c>
+      <c r="C154" t="s">
         <v>613</v>
       </c>
-      <c r="B154" t="s">
-[...2 lines deleted...]
-      <c r="C154" t="s">
+      <c r="D154" t="s">
+        <v>10</v>
+      </c>
+      <c r="E154" t="s">
+        <v>11</v>
+      </c>
+      <c r="F154" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="D154" t="s">
-[...5 lines deleted...]
-      <c r="F154" s="1" t="s">
+      <c r="G154" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
+        <v>616</v>
+      </c>
+      <c r="B155" t="s">
+        <v>406</v>
+      </c>
+      <c r="C155" t="s">
         <v>617</v>
       </c>
-      <c r="B155" t="s">
-[...2 lines deleted...]
-      <c r="C155" t="s">
+      <c r="D155" t="s">
+        <v>10</v>
+      </c>
+      <c r="E155" t="s">
+        <v>11</v>
+      </c>
+      <c r="F155" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="D155" t="s">
-[...5 lines deleted...]
-      <c r="F155" s="1" t="s">
+      <c r="G155" t="s">
         <v>619</v>
-      </c>
-[...1 lines deleted...]
-        <v>620</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
+        <v>620</v>
+      </c>
+      <c r="B156" t="s">
+        <v>406</v>
+      </c>
+      <c r="C156" t="s">
         <v>621</v>
       </c>
-      <c r="B156" t="s">
-[...2 lines deleted...]
-      <c r="C156" t="s">
+      <c r="D156" t="s">
+        <v>10</v>
+      </c>
+      <c r="E156" t="s">
+        <v>11</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G156" t="s">
         <v>622</v>
-      </c>
-[...10 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
+        <v>623</v>
+      </c>
+      <c r="B157" t="s">
+        <v>406</v>
+      </c>
+      <c r="C157" t="s">
+        <v>624</v>
+      </c>
+      <c r="D157" t="s">
+        <v>10</v>
+      </c>
+      <c r="E157" t="s">
+        <v>11</v>
+      </c>
+      <c r="F157" s="1" t="s">
         <v>625</v>
       </c>
-      <c r="B157" t="s">
-[...2 lines deleted...]
-      <c r="C157" t="s">
+      <c r="G157" t="s">
         <v>626</v>
-      </c>
-[...10 lines deleted...]
-        <v>628</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
+        <v>627</v>
+      </c>
+      <c r="B158" t="s">
+        <v>406</v>
+      </c>
+      <c r="C158" t="s">
+        <v>628</v>
+      </c>
+      <c r="D158" t="s">
+        <v>10</v>
+      </c>
+      <c r="E158" t="s">
+        <v>11</v>
+      </c>
+      <c r="F158" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="B158" t="s">
-[...2 lines deleted...]
-      <c r="C158" t="s">
+      <c r="G158" t="s">
         <v>630</v>
-      </c>
-[...10 lines deleted...]
-        <v>632</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
+        <v>631</v>
+      </c>
+      <c r="B159" t="s">
+        <v>406</v>
+      </c>
+      <c r="C159" t="s">
+        <v>632</v>
+      </c>
+      <c r="D159" t="s">
+        <v>10</v>
+      </c>
+      <c r="E159" t="s">
+        <v>11</v>
+      </c>
+      <c r="F159" s="1" t="s">
         <v>633</v>
       </c>
-      <c r="B159" t="s">
-[...2 lines deleted...]
-      <c r="C159" t="s">
+      <c r="G159" t="s">
         <v>634</v>
-      </c>
-[...10 lines deleted...]
-        <v>636</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
+        <v>635</v>
+      </c>
+      <c r="B160" t="s">
+        <v>406</v>
+      </c>
+      <c r="C160" t="s">
+        <v>636</v>
+      </c>
+      <c r="D160" t="s">
+        <v>10</v>
+      </c>
+      <c r="E160" t="s">
+        <v>11</v>
+      </c>
+      <c r="F160" s="1" t="s">
         <v>637</v>
       </c>
-      <c r="B160" t="s">
-[...2 lines deleted...]
-      <c r="C160" t="s">
+      <c r="G160" t="s">
         <v>638</v>
-      </c>
-[...10 lines deleted...]
-        <v>640</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
+        <v>639</v>
+      </c>
+      <c r="B161" t="s">
+        <v>406</v>
+      </c>
+      <c r="C161" t="s">
+        <v>640</v>
+      </c>
+      <c r="D161" t="s">
+        <v>10</v>
+      </c>
+      <c r="E161" t="s">
+        <v>11</v>
+      </c>
+      <c r="F161" s="1" t="s">
         <v>641</v>
       </c>
-      <c r="B161" t="s">
-[...2 lines deleted...]
-      <c r="C161" t="s">
+      <c r="G161" t="s">
         <v>642</v>
-      </c>
-[...10 lines deleted...]
-        <v>644</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
+        <v>643</v>
+      </c>
+      <c r="B162" t="s">
+        <v>406</v>
+      </c>
+      <c r="C162" t="s">
+        <v>644</v>
+      </c>
+      <c r="D162" t="s">
+        <v>10</v>
+      </c>
+      <c r="E162" t="s">
+        <v>11</v>
+      </c>
+      <c r="F162" s="1" t="s">
         <v>645</v>
       </c>
-      <c r="B162" t="s">
-[...2 lines deleted...]
-      <c r="C162" t="s">
+      <c r="G162" t="s">
         <v>646</v>
-      </c>
-[...10 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
+        <v>647</v>
+      </c>
+      <c r="B163" t="s">
+        <v>406</v>
+      </c>
+      <c r="C163" t="s">
+        <v>648</v>
+      </c>
+      <c r="D163" t="s">
+        <v>10</v>
+      </c>
+      <c r="E163" t="s">
+        <v>11</v>
+      </c>
+      <c r="F163" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="B163" t="s">
-[...2 lines deleted...]
-      <c r="C163" t="s">
+      <c r="G163" t="s">
         <v>650</v>
-      </c>
-[...10 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
+        <v>651</v>
+      </c>
+      <c r="B164" t="s">
+        <v>406</v>
+      </c>
+      <c r="C164" t="s">
+        <v>652</v>
+      </c>
+      <c r="D164" t="s">
+        <v>10</v>
+      </c>
+      <c r="E164" t="s">
+        <v>11</v>
+      </c>
+      <c r="F164" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="B164" t="s">
+      <c r="G164" t="s">
         <v>654</v>
-      </c>
-[...13 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
+        <v>655</v>
+      </c>
+      <c r="B165" t="s">
+        <v>406</v>
+      </c>
+      <c r="C165" t="s">
+        <v>656</v>
+      </c>
+      <c r="D165" t="s">
+        <v>10</v>
+      </c>
+      <c r="E165" t="s">
+        <v>11</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="G165" t="s">
         <v>658</v>
-      </c>
-[...16 lines deleted...]
-        <v>661</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
+        <v>659</v>
+      </c>
+      <c r="B166" t="s">
+        <v>406</v>
+      </c>
+      <c r="C166" t="s">
+        <v>660</v>
+      </c>
+      <c r="D166" t="s">
+        <v>10</v>
+      </c>
+      <c r="E166" t="s">
+        <v>11</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="G166" t="s">
         <v>662</v>
-      </c>
-[...16 lines deleted...]
-        <v>665</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
+        <v>663</v>
+      </c>
+      <c r="B167" t="s">
+        <v>664</v>
+      </c>
+      <c r="C167" t="s">
+        <v>665</v>
+      </c>
+      <c r="D167" t="s">
+        <v>10</v>
+      </c>
+      <c r="E167" t="s">
+        <v>11</v>
+      </c>
+      <c r="F167" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="B167" t="s">
-[...2 lines deleted...]
-      <c r="C167" t="s">
+      <c r="G167" t="s">
         <v>667</v>
-      </c>
-[...10 lines deleted...]
-        <v>669</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
+        <v>668</v>
+      </c>
+      <c r="B168" t="s">
+        <v>664</v>
+      </c>
+      <c r="C168" t="s">
+        <v>669</v>
+      </c>
+      <c r="D168" t="s">
+        <v>10</v>
+      </c>
+      <c r="E168" t="s">
+        <v>11</v>
+      </c>
+      <c r="F168" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="B168" t="s">
-[...2 lines deleted...]
-      <c r="C168" t="s">
+      <c r="G168" t="s">
         <v>671</v>
-      </c>
-[...10 lines deleted...]
-        <v>673</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
+        <v>672</v>
+      </c>
+      <c r="B169" t="s">
+        <v>664</v>
+      </c>
+      <c r="C169" t="s">
+        <v>673</v>
+      </c>
+      <c r="D169" t="s">
+        <v>10</v>
+      </c>
+      <c r="E169" t="s">
+        <v>11</v>
+      </c>
+      <c r="F169" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="B169" t="s">
-[...2 lines deleted...]
-      <c r="C169" t="s">
+      <c r="G169" t="s">
         <v>675</v>
-      </c>
-[...10 lines deleted...]
-        <v>677</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
+        <v>676</v>
+      </c>
+      <c r="B170" t="s">
+        <v>664</v>
+      </c>
+      <c r="C170" t="s">
+        <v>677</v>
+      </c>
+      <c r="D170" t="s">
+        <v>10</v>
+      </c>
+      <c r="E170" t="s">
+        <v>11</v>
+      </c>
+      <c r="F170" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="B170" t="s">
-[...2 lines deleted...]
-      <c r="C170" t="s">
+      <c r="G170" t="s">
         <v>679</v>
-      </c>
-[...10 lines deleted...]
-        <v>681</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
+        <v>680</v>
+      </c>
+      <c r="B171" t="s">
+        <v>664</v>
+      </c>
+      <c r="C171" t="s">
+        <v>681</v>
+      </c>
+      <c r="D171" t="s">
+        <v>10</v>
+      </c>
+      <c r="E171" t="s">
+        <v>11</v>
+      </c>
+      <c r="F171" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="B171" t="s">
-[...2 lines deleted...]
-      <c r="C171" t="s">
+      <c r="G171" t="s">
         <v>683</v>
-      </c>
-[...10 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
+        <v>684</v>
+      </c>
+      <c r="B172" t="s">
+        <v>664</v>
+      </c>
+      <c r="C172" t="s">
+        <v>685</v>
+      </c>
+      <c r="D172" t="s">
+        <v>10</v>
+      </c>
+      <c r="E172" t="s">
+        <v>11</v>
+      </c>
+      <c r="F172" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="B172" t="s">
-[...2 lines deleted...]
-      <c r="C172" t="s">
+      <c r="G172" t="s">
         <v>687</v>
-      </c>
-[...10 lines deleted...]
-        <v>689</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
+        <v>688</v>
+      </c>
+      <c r="B173" t="s">
+        <v>664</v>
+      </c>
+      <c r="C173" t="s">
+        <v>689</v>
+      </c>
+      <c r="D173" t="s">
+        <v>10</v>
+      </c>
+      <c r="E173" t="s">
+        <v>11</v>
+      </c>
+      <c r="F173" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="B173" t="s">
-[...2 lines deleted...]
-      <c r="C173" t="s">
+      <c r="G173" t="s">
         <v>691</v>
-      </c>
-[...10 lines deleted...]
-        <v>693</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
+        <v>692</v>
+      </c>
+      <c r="B174" t="s">
+        <v>664</v>
+      </c>
+      <c r="C174" t="s">
+        <v>693</v>
+      </c>
+      <c r="D174" t="s">
+        <v>10</v>
+      </c>
+      <c r="E174" t="s">
+        <v>11</v>
+      </c>
+      <c r="F174" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="B174" t="s">
-[...2 lines deleted...]
-      <c r="C174" t="s">
+      <c r="G174" t="s">
         <v>695</v>
-      </c>
-[...10 lines deleted...]
-        <v>697</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
+        <v>696</v>
+      </c>
+      <c r="B175" t="s">
+        <v>664</v>
+      </c>
+      <c r="C175" t="s">
+        <v>697</v>
+      </c>
+      <c r="D175" t="s">
+        <v>10</v>
+      </c>
+      <c r="E175" t="s">
+        <v>11</v>
+      </c>
+      <c r="F175" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="B175" t="s">
-[...2 lines deleted...]
-      <c r="C175" t="s">
+      <c r="G175" t="s">
         <v>699</v>
-      </c>
-[...10 lines deleted...]
-        <v>701</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
+        <v>700</v>
+      </c>
+      <c r="B176" t="s">
+        <v>664</v>
+      </c>
+      <c r="C176" t="s">
+        <v>701</v>
+      </c>
+      <c r="D176" t="s">
+        <v>10</v>
+      </c>
+      <c r="E176" t="s">
+        <v>11</v>
+      </c>
+      <c r="F176" s="1" t="s">
         <v>702</v>
       </c>
-      <c r="B176" t="s">
-[...2 lines deleted...]
-      <c r="C176" t="s">
+      <c r="G176" t="s">
         <v>703</v>
-      </c>
-[...10 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
+        <v>704</v>
+      </c>
+      <c r="B177" t="s">
+        <v>664</v>
+      </c>
+      <c r="C177" t="s">
+        <v>705</v>
+      </c>
+      <c r="D177" t="s">
+        <v>10</v>
+      </c>
+      <c r="E177" t="s">
+        <v>11</v>
+      </c>
+      <c r="F177" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="B177" t="s">
-[...2 lines deleted...]
-      <c r="C177" t="s">
+      <c r="G177" t="s">
         <v>707</v>
-      </c>
-[...10 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
+        <v>708</v>
+      </c>
+      <c r="B178" t="s">
+        <v>664</v>
+      </c>
+      <c r="C178" t="s">
+        <v>709</v>
+      </c>
+      <c r="D178" t="s">
+        <v>10</v>
+      </c>
+      <c r="E178" t="s">
+        <v>11</v>
+      </c>
+      <c r="F178" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="B178" t="s">
-[...2 lines deleted...]
-      <c r="C178" t="s">
+      <c r="G178" t="s">
         <v>711</v>
-      </c>
-[...10 lines deleted...]
-        <v>713</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
+        <v>712</v>
+      </c>
+      <c r="B179" t="s">
+        <v>664</v>
+      </c>
+      <c r="C179" t="s">
+        <v>713</v>
+      </c>
+      <c r="D179" t="s">
+        <v>10</v>
+      </c>
+      <c r="E179" t="s">
+        <v>11</v>
+      </c>
+      <c r="F179" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="B179" t="s">
-[...2 lines deleted...]
-      <c r="C179" t="s">
+      <c r="G179" t="s">
         <v>715</v>
-      </c>
-[...10 lines deleted...]
-        <v>717</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
+        <v>716</v>
+      </c>
+      <c r="B180" t="s">
+        <v>664</v>
+      </c>
+      <c r="C180" t="s">
+        <v>717</v>
+      </c>
+      <c r="D180" t="s">
+        <v>10</v>
+      </c>
+      <c r="E180" t="s">
+        <v>11</v>
+      </c>
+      <c r="F180" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="B180" t="s">
-[...2 lines deleted...]
-      <c r="C180" t="s">
+      <c r="G180" t="s">
         <v>719</v>
-      </c>
-[...10 lines deleted...]
-        <v>721</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
+        <v>720</v>
+      </c>
+      <c r="B181" t="s">
+        <v>664</v>
+      </c>
+      <c r="C181" t="s">
+        <v>721</v>
+      </c>
+      <c r="D181" t="s">
+        <v>10</v>
+      </c>
+      <c r="E181" t="s">
+        <v>11</v>
+      </c>
+      <c r="F181" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="B181" t="s">
-[...2 lines deleted...]
-      <c r="C181" t="s">
+      <c r="G181" t="s">
         <v>723</v>
-      </c>
-[...10 lines deleted...]
-        <v>725</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
+        <v>724</v>
+      </c>
+      <c r="B182" t="s">
+        <v>664</v>
+      </c>
+      <c r="C182" t="s">
+        <v>725</v>
+      </c>
+      <c r="D182" t="s">
+        <v>10</v>
+      </c>
+      <c r="E182" t="s">
+        <v>11</v>
+      </c>
+      <c r="F182" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="B182" t="s">
-[...2 lines deleted...]
-      <c r="C182" t="s">
+      <c r="G182" t="s">
         <v>727</v>
-      </c>
-[...10 lines deleted...]
-        <v>729</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
+        <v>728</v>
+      </c>
+      <c r="B183" t="s">
+        <v>664</v>
+      </c>
+      <c r="C183" t="s">
+        <v>729</v>
+      </c>
+      <c r="D183" t="s">
+        <v>10</v>
+      </c>
+      <c r="E183" t="s">
+        <v>11</v>
+      </c>
+      <c r="F183" s="1" t="s">
         <v>730</v>
       </c>
-      <c r="B183" t="s">
-[...2 lines deleted...]
-      <c r="C183" t="s">
+      <c r="G183" t="s">
         <v>731</v>
-      </c>
-[...10 lines deleted...]
-        <v>733</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
+        <v>732</v>
+      </c>
+      <c r="B184" t="s">
+        <v>664</v>
+      </c>
+      <c r="C184" t="s">
+        <v>733</v>
+      </c>
+      <c r="D184" t="s">
+        <v>10</v>
+      </c>
+      <c r="E184" t="s">
+        <v>11</v>
+      </c>
+      <c r="F184" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="B184" t="s">
-[...2 lines deleted...]
-      <c r="C184" t="s">
+      <c r="G184" t="s">
         <v>735</v>
-      </c>
-[...10 lines deleted...]
-        <v>737</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
+        <v>736</v>
+      </c>
+      <c r="B185" t="s">
+        <v>664</v>
+      </c>
+      <c r="C185" t="s">
+        <v>737</v>
+      </c>
+      <c r="D185" t="s">
+        <v>10</v>
+      </c>
+      <c r="E185" t="s">
+        <v>11</v>
+      </c>
+      <c r="F185" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="B185" t="s">
-[...2 lines deleted...]
-      <c r="C185" t="s">
+      <c r="G185" t="s">
         <v>739</v>
-      </c>
-[...10 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
+        <v>740</v>
+      </c>
+      <c r="B186" t="s">
+        <v>664</v>
+      </c>
+      <c r="C186" t="s">
+        <v>741</v>
+      </c>
+      <c r="D186" t="s">
+        <v>10</v>
+      </c>
+      <c r="E186" t="s">
+        <v>11</v>
+      </c>
+      <c r="F186" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="B186" t="s">
-[...2 lines deleted...]
-      <c r="C186" t="s">
+      <c r="G186" t="s">
         <v>743</v>
-      </c>
-[...10 lines deleted...]
-        <v>745</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
+        <v>744</v>
+      </c>
+      <c r="B187" t="s">
+        <v>664</v>
+      </c>
+      <c r="C187" t="s">
+        <v>745</v>
+      </c>
+      <c r="D187" t="s">
+        <v>10</v>
+      </c>
+      <c r="E187" t="s">
+        <v>11</v>
+      </c>
+      <c r="F187" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="B187" t="s">
-[...2 lines deleted...]
-      <c r="C187" t="s">
+      <c r="G187" t="s">
         <v>747</v>
-      </c>
-[...10 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
+        <v>748</v>
+      </c>
+      <c r="B188" t="s">
+        <v>664</v>
+      </c>
+      <c r="C188" t="s">
+        <v>749</v>
+      </c>
+      <c r="D188" t="s">
+        <v>10</v>
+      </c>
+      <c r="E188" t="s">
+        <v>11</v>
+      </c>
+      <c r="F188" s="1" t="s">
         <v>750</v>
       </c>
-      <c r="B188" t="s">
-[...2 lines deleted...]
-      <c r="C188" t="s">
+      <c r="G188" t="s">
         <v>751</v>
-      </c>
-[...10 lines deleted...]
-        <v>753</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
+        <v>752</v>
+      </c>
+      <c r="B189" t="s">
+        <v>664</v>
+      </c>
+      <c r="C189" t="s">
+        <v>753</v>
+      </c>
+      <c r="D189" t="s">
+        <v>10</v>
+      </c>
+      <c r="E189" t="s">
+        <v>11</v>
+      </c>
+      <c r="F189" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="B189" t="s">
-[...2 lines deleted...]
-      <c r="C189" t="s">
+      <c r="G189" t="s">
         <v>755</v>
-      </c>
-[...10 lines deleted...]
-        <v>757</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
+        <v>756</v>
+      </c>
+      <c r="B190" t="s">
+        <v>664</v>
+      </c>
+      <c r="C190" t="s">
+        <v>757</v>
+      </c>
+      <c r="D190" t="s">
+        <v>10</v>
+      </c>
+      <c r="E190" t="s">
+        <v>11</v>
+      </c>
+      <c r="F190" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="B190" t="s">
-[...2 lines deleted...]
-      <c r="C190" t="s">
+      <c r="G190" t="s">
         <v>759</v>
-      </c>
-[...10 lines deleted...]
-        <v>761</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
+        <v>760</v>
+      </c>
+      <c r="B191" t="s">
+        <v>664</v>
+      </c>
+      <c r="C191" t="s">
+        <v>761</v>
+      </c>
+      <c r="D191" t="s">
+        <v>10</v>
+      </c>
+      <c r="E191" t="s">
+        <v>11</v>
+      </c>
+      <c r="F191" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="B191" t="s">
-[...2 lines deleted...]
-      <c r="C191" t="s">
+      <c r="G191" t="s">
         <v>763</v>
-      </c>
-[...10 lines deleted...]
-        <v>765</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
+        <v>764</v>
+      </c>
+      <c r="B192" t="s">
+        <v>664</v>
+      </c>
+      <c r="C192" t="s">
+        <v>765</v>
+      </c>
+      <c r="D192" t="s">
+        <v>10</v>
+      </c>
+      <c r="E192" t="s">
+        <v>11</v>
+      </c>
+      <c r="F192" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="B192" t="s">
-[...2 lines deleted...]
-      <c r="C192" t="s">
+      <c r="G192" t="s">
         <v>767</v>
-      </c>
-[...10 lines deleted...]
-        <v>769</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
+        <v>768</v>
+      </c>
+      <c r="B193" t="s">
+        <v>664</v>
+      </c>
+      <c r="C193" t="s">
+        <v>769</v>
+      </c>
+      <c r="D193" t="s">
+        <v>10</v>
+      </c>
+      <c r="E193" t="s">
+        <v>11</v>
+      </c>
+      <c r="F193" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="B193" t="s">
-[...2 lines deleted...]
-      <c r="C193" t="s">
+      <c r="G193" t="s">
         <v>771</v>
-      </c>
-[...10 lines deleted...]
-        <v>773</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
+        <v>772</v>
+      </c>
+      <c r="B194" t="s">
+        <v>664</v>
+      </c>
+      <c r="C194" t="s">
+        <v>773</v>
+      </c>
+      <c r="D194" t="s">
+        <v>10</v>
+      </c>
+      <c r="E194" t="s">
+        <v>11</v>
+      </c>
+      <c r="F194" s="1" t="s">
         <v>774</v>
       </c>
-      <c r="B194" t="s">
-[...2 lines deleted...]
-      <c r="C194" t="s">
+      <c r="G194" t="s">
         <v>775</v>
-      </c>
-[...10 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
+        <v>776</v>
+      </c>
+      <c r="B195" t="s">
+        <v>664</v>
+      </c>
+      <c r="C195" t="s">
+        <v>777</v>
+      </c>
+      <c r="D195" t="s">
+        <v>10</v>
+      </c>
+      <c r="E195" t="s">
+        <v>11</v>
+      </c>
+      <c r="F195" s="1" t="s">
         <v>778</v>
       </c>
-      <c r="B195" t="s">
-[...2 lines deleted...]
-      <c r="C195" t="s">
+      <c r="G195" t="s">
         <v>779</v>
-      </c>
-[...10 lines deleted...]
-        <v>781</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
+        <v>780</v>
+      </c>
+      <c r="B196" t="s">
+        <v>664</v>
+      </c>
+      <c r="C196" t="s">
+        <v>781</v>
+      </c>
+      <c r="D196" t="s">
+        <v>10</v>
+      </c>
+      <c r="E196" t="s">
+        <v>11</v>
+      </c>
+      <c r="F196" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="B196" t="s">
-[...2 lines deleted...]
-      <c r="C196" t="s">
+      <c r="G196" t="s">
         <v>783</v>
-      </c>
-[...10 lines deleted...]
-        <v>785</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
+        <v>784</v>
+      </c>
+      <c r="B197" t="s">
+        <v>664</v>
+      </c>
+      <c r="C197" t="s">
+        <v>785</v>
+      </c>
+      <c r="D197" t="s">
+        <v>10</v>
+      </c>
+      <c r="E197" t="s">
+        <v>11</v>
+      </c>
+      <c r="F197" s="1" t="s">
         <v>786</v>
       </c>
-      <c r="B197" t="s">
-[...2 lines deleted...]
-      <c r="C197" t="s">
+      <c r="G197" t="s">
         <v>787</v>
-      </c>
-[...10 lines deleted...]
-        <v>789</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
+        <v>788</v>
+      </c>
+      <c r="B198" t="s">
+        <v>664</v>
+      </c>
+      <c r="C198" t="s">
+        <v>789</v>
+      </c>
+      <c r="D198" t="s">
+        <v>10</v>
+      </c>
+      <c r="E198" t="s">
+        <v>11</v>
+      </c>
+      <c r="F198" s="1" t="s">
         <v>790</v>
       </c>
-      <c r="B198" t="s">
-[...2 lines deleted...]
-      <c r="C198" t="s">
+      <c r="G198" t="s">
         <v>791</v>
-      </c>
-[...10 lines deleted...]
-        <v>793</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
+        <v>792</v>
+      </c>
+      <c r="B199" t="s">
+        <v>664</v>
+      </c>
+      <c r="C199" t="s">
+        <v>793</v>
+      </c>
+      <c r="D199" t="s">
+        <v>10</v>
+      </c>
+      <c r="E199" t="s">
+        <v>11</v>
+      </c>
+      <c r="F199" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="B199" t="s">
-[...2 lines deleted...]
-      <c r="C199" t="s">
+      <c r="G199" t="s">
         <v>795</v>
-      </c>
-[...10 lines deleted...]
-        <v>797</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
+        <v>796</v>
+      </c>
+      <c r="B200" t="s">
+        <v>664</v>
+      </c>
+      <c r="C200" t="s">
+        <v>797</v>
+      </c>
+      <c r="D200" t="s">
+        <v>10</v>
+      </c>
+      <c r="E200" t="s">
+        <v>11</v>
+      </c>
+      <c r="F200" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="B200" t="s">
-[...2 lines deleted...]
-      <c r="C200" t="s">
+      <c r="G200" t="s">
         <v>799</v>
-      </c>
-[...10 lines deleted...]
-        <v>801</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
+        <v>800</v>
+      </c>
+      <c r="B201" t="s">
+        <v>664</v>
+      </c>
+      <c r="C201" t="s">
+        <v>801</v>
+      </c>
+      <c r="D201" t="s">
+        <v>10</v>
+      </c>
+      <c r="E201" t="s">
+        <v>11</v>
+      </c>
+      <c r="F201" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="B201" t="s">
-[...2 lines deleted...]
-      <c r="C201" t="s">
+      <c r="G201" t="s">
         <v>803</v>
-      </c>
-[...10 lines deleted...]
-        <v>805</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
+        <v>804</v>
+      </c>
+      <c r="B202" t="s">
+        <v>664</v>
+      </c>
+      <c r="C202" t="s">
+        <v>805</v>
+      </c>
+      <c r="D202" t="s">
+        <v>10</v>
+      </c>
+      <c r="E202" t="s">
+        <v>11</v>
+      </c>
+      <c r="F202" s="1" t="s">
         <v>806</v>
       </c>
-      <c r="B202" t="s">
-[...2 lines deleted...]
-      <c r="C202" t="s">
+      <c r="G202" t="s">
         <v>807</v>
-      </c>
-[...10 lines deleted...]
-        <v>809</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
+        <v>808</v>
+      </c>
+      <c r="B203" t="s">
+        <v>664</v>
+      </c>
+      <c r="C203" t="s">
+        <v>809</v>
+      </c>
+      <c r="D203" t="s">
+        <v>10</v>
+      </c>
+      <c r="E203" t="s">
+        <v>11</v>
+      </c>
+      <c r="F203" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="B203" t="s">
-[...2 lines deleted...]
-      <c r="C203" t="s">
+      <c r="G203" t="s">
         <v>811</v>
-      </c>
-[...10 lines deleted...]
-        <v>813</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
+        <v>812</v>
+      </c>
+      <c r="B204" t="s">
+        <v>664</v>
+      </c>
+      <c r="C204" t="s">
+        <v>813</v>
+      </c>
+      <c r="D204" t="s">
+        <v>10</v>
+      </c>
+      <c r="E204" t="s">
+        <v>11</v>
+      </c>
+      <c r="F204" s="1" t="s">
         <v>814</v>
       </c>
-      <c r="B204" t="s">
-[...2 lines deleted...]
-      <c r="C204" t="s">
+      <c r="G204" t="s">
         <v>815</v>
-      </c>
-[...10 lines deleted...]
-        <v>817</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
+        <v>816</v>
+      </c>
+      <c r="B205" t="s">
+        <v>664</v>
+      </c>
+      <c r="C205" t="s">
+        <v>817</v>
+      </c>
+      <c r="D205" t="s">
+        <v>10</v>
+      </c>
+      <c r="E205" t="s">
+        <v>11</v>
+      </c>
+      <c r="F205" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="B205" t="s">
-[...2 lines deleted...]
-      <c r="C205" t="s">
+      <c r="G205" t="s">
         <v>819</v>
-      </c>
-[...10 lines deleted...]
-        <v>821</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
+        <v>820</v>
+      </c>
+      <c r="B206" t="s">
+        <v>664</v>
+      </c>
+      <c r="C206" t="s">
+        <v>821</v>
+      </c>
+      <c r="D206" t="s">
+        <v>10</v>
+      </c>
+      <c r="E206" t="s">
+        <v>11</v>
+      </c>
+      <c r="F206" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="B206" t="s">
-[...2 lines deleted...]
-      <c r="C206" t="s">
+      <c r="G206" t="s">
         <v>823</v>
-      </c>
-[...10 lines deleted...]
-        <v>825</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
+        <v>824</v>
+      </c>
+      <c r="B207" t="s">
+        <v>664</v>
+      </c>
+      <c r="C207" t="s">
+        <v>825</v>
+      </c>
+      <c r="D207" t="s">
+        <v>10</v>
+      </c>
+      <c r="E207" t="s">
+        <v>11</v>
+      </c>
+      <c r="F207" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="B207" t="s">
-[...2 lines deleted...]
-      <c r="C207" t="s">
+      <c r="G207" t="s">
         <v>827</v>
-      </c>
-[...10 lines deleted...]
-        <v>697</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
+        <v>828</v>
+      </c>
+      <c r="B208" t="s">
+        <v>664</v>
+      </c>
+      <c r="C208" t="s">
         <v>829</v>
       </c>
-      <c r="B208" t="s">
-[...2 lines deleted...]
-      <c r="C208" t="s">
+      <c r="D208" t="s">
+        <v>10</v>
+      </c>
+      <c r="E208" t="s">
+        <v>11</v>
+      </c>
+      <c r="F208" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="D208" t="s">
-[...5 lines deleted...]
-      <c r="F208" s="1" t="s">
+      <c r="G208" t="s">
         <v>831</v>
-      </c>
-[...1 lines deleted...]
-        <v>832</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
+        <v>832</v>
+      </c>
+      <c r="B209" t="s">
+        <v>664</v>
+      </c>
+      <c r="C209" t="s">
         <v>833</v>
       </c>
-      <c r="B209" t="s">
-[...2 lines deleted...]
-      <c r="C209" t="s">
+      <c r="D209" t="s">
+        <v>10</v>
+      </c>
+      <c r="E209" t="s">
+        <v>11</v>
+      </c>
+      <c r="F209" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="D209" t="s">
-[...5 lines deleted...]
-      <c r="F209" s="1" t="s">
+      <c r="G209" t="s">
         <v>835</v>
-      </c>
-[...1 lines deleted...]
-        <v>836</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
+        <v>836</v>
+      </c>
+      <c r="B210" t="s">
+        <v>664</v>
+      </c>
+      <c r="C210" t="s">
         <v>837</v>
       </c>
-      <c r="B210" t="s">
-[...2 lines deleted...]
-      <c r="C210" t="s">
+      <c r="D210" t="s">
+        <v>10</v>
+      </c>
+      <c r="E210" t="s">
+        <v>11</v>
+      </c>
+      <c r="F210" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="D210" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G210" t="s">
-        <v>840</v>
+        <v>707</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
+        <v>839</v>
+      </c>
+      <c r="B211" t="s">
+        <v>664</v>
+      </c>
+      <c r="C211" t="s">
+        <v>840</v>
+      </c>
+      <c r="D211" t="s">
+        <v>10</v>
+      </c>
+      <c r="E211" t="s">
+        <v>11</v>
+      </c>
+      <c r="F211" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="B211" t="s">
-[...2 lines deleted...]
-      <c r="C211" t="s">
+      <c r="G211" t="s">
         <v>842</v>
-      </c>
-[...10 lines deleted...]
-        <v>844</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
+        <v>843</v>
+      </c>
+      <c r="B212" t="s">
+        <v>664</v>
+      </c>
+      <c r="C212" t="s">
+        <v>844</v>
+      </c>
+      <c r="D212" t="s">
+        <v>10</v>
+      </c>
+      <c r="E212" t="s">
+        <v>11</v>
+      </c>
+      <c r="F212" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="B212" t="s">
-[...2 lines deleted...]
-      <c r="C212" t="s">
+      <c r="G212" t="s">
         <v>846</v>
-      </c>
-[...10 lines deleted...]
-        <v>848</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
+        <v>847</v>
+      </c>
+      <c r="B213" t="s">
+        <v>664</v>
+      </c>
+      <c r="C213" t="s">
+        <v>848</v>
+      </c>
+      <c r="D213" t="s">
+        <v>10</v>
+      </c>
+      <c r="E213" t="s">
+        <v>11</v>
+      </c>
+      <c r="F213" s="1" t="s">
         <v>849</v>
       </c>
-      <c r="B213" t="s">
-[...2 lines deleted...]
-      <c r="C213" t="s">
+      <c r="G213" t="s">
         <v>850</v>
-      </c>
-[...10 lines deleted...]
-        <v>852</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
+        <v>851</v>
+      </c>
+      <c r="B214" t="s">
+        <v>664</v>
+      </c>
+      <c r="C214" t="s">
+        <v>852</v>
+      </c>
+      <c r="D214" t="s">
+        <v>10</v>
+      </c>
+      <c r="E214" t="s">
+        <v>11</v>
+      </c>
+      <c r="F214" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="B214" t="s">
-[...2 lines deleted...]
-      <c r="C214" t="s">
+      <c r="G214" t="s">
         <v>854</v>
-      </c>
-[...10 lines deleted...]
-        <v>856</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
+        <v>855</v>
+      </c>
+      <c r="B215" t="s">
+        <v>664</v>
+      </c>
+      <c r="C215" t="s">
+        <v>856</v>
+      </c>
+      <c r="D215" t="s">
+        <v>10</v>
+      </c>
+      <c r="E215" t="s">
+        <v>11</v>
+      </c>
+      <c r="F215" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="B215" t="s">
-[...2 lines deleted...]
-      <c r="C215" t="s">
+      <c r="G215" t="s">
         <v>858</v>
-      </c>
-[...10 lines deleted...]
-        <v>860</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
+        <v>859</v>
+      </c>
+      <c r="B216" t="s">
+        <v>664</v>
+      </c>
+      <c r="C216" t="s">
+        <v>860</v>
+      </c>
+      <c r="D216" t="s">
+        <v>10</v>
+      </c>
+      <c r="E216" t="s">
+        <v>11</v>
+      </c>
+      <c r="F216" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="B216" t="s">
-[...2 lines deleted...]
-      <c r="C216" t="s">
+      <c r="G216" t="s">
         <v>862</v>
-      </c>
-[...10 lines deleted...]
-        <v>864</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
+        <v>863</v>
+      </c>
+      <c r="B217" t="s">
+        <v>664</v>
+      </c>
+      <c r="C217" t="s">
+        <v>864</v>
+      </c>
+      <c r="D217" t="s">
+        <v>10</v>
+      </c>
+      <c r="E217" t="s">
+        <v>11</v>
+      </c>
+      <c r="F217" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="B217" t="s">
-[...2 lines deleted...]
-      <c r="C217" t="s">
+      <c r="G217" t="s">
         <v>866</v>
-      </c>
-[...10 lines deleted...]
-        <v>868</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
+        <v>867</v>
+      </c>
+      <c r="B218" t="s">
+        <v>664</v>
+      </c>
+      <c r="C218" t="s">
+        <v>868</v>
+      </c>
+      <c r="D218" t="s">
+        <v>10</v>
+      </c>
+      <c r="E218" t="s">
+        <v>11</v>
+      </c>
+      <c r="F218" s="1" t="s">
         <v>869</v>
       </c>
-      <c r="B218" t="s">
-[...2 lines deleted...]
-      <c r="C218" t="s">
+      <c r="G218" t="s">
         <v>870</v>
-      </c>
-[...10 lines deleted...]
-        <v>872</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
+        <v>871</v>
+      </c>
+      <c r="B219" t="s">
+        <v>664</v>
+      </c>
+      <c r="C219" t="s">
+        <v>872</v>
+      </c>
+      <c r="D219" t="s">
+        <v>10</v>
+      </c>
+      <c r="E219" t="s">
+        <v>11</v>
+      </c>
+      <c r="F219" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="B219" t="s">
-[...2 lines deleted...]
-      <c r="C219" t="s">
+      <c r="G219" t="s">
         <v>874</v>
-      </c>
-[...10 lines deleted...]
-        <v>876</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
+        <v>875</v>
+      </c>
+      <c r="B220" t="s">
+        <v>664</v>
+      </c>
+      <c r="C220" t="s">
+        <v>876</v>
+      </c>
+      <c r="D220" t="s">
+        <v>10</v>
+      </c>
+      <c r="E220" t="s">
+        <v>11</v>
+      </c>
+      <c r="F220" s="1" t="s">
         <v>877</v>
       </c>
-      <c r="B220" t="s">
-[...2 lines deleted...]
-      <c r="C220" t="s">
+      <c r="G220" t="s">
         <v>878</v>
-      </c>
-[...10 lines deleted...]
-        <v>880</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
+        <v>879</v>
+      </c>
+      <c r="B221" t="s">
+        <v>664</v>
+      </c>
+      <c r="C221" t="s">
+        <v>880</v>
+      </c>
+      <c r="D221" t="s">
+        <v>10</v>
+      </c>
+      <c r="E221" t="s">
+        <v>11</v>
+      </c>
+      <c r="F221" s="1" t="s">
         <v>881</v>
       </c>
-      <c r="B221" t="s">
-[...2 lines deleted...]
-      <c r="C221" t="s">
+      <c r="G221" t="s">
         <v>882</v>
-      </c>
-[...10 lines deleted...]
-        <v>884</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
+        <v>883</v>
+      </c>
+      <c r="B222" t="s">
+        <v>664</v>
+      </c>
+      <c r="C222" t="s">
+        <v>884</v>
+      </c>
+      <c r="D222" t="s">
+        <v>10</v>
+      </c>
+      <c r="E222" t="s">
+        <v>11</v>
+      </c>
+      <c r="F222" s="1" t="s">
         <v>885</v>
       </c>
-      <c r="B222" t="s">
-[...2 lines deleted...]
-      <c r="C222" t="s">
+      <c r="G222" t="s">
         <v>886</v>
-      </c>
-[...10 lines deleted...]
-        <v>888</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
+        <v>887</v>
+      </c>
+      <c r="B223" t="s">
+        <v>664</v>
+      </c>
+      <c r="C223" t="s">
+        <v>888</v>
+      </c>
+      <c r="D223" t="s">
+        <v>10</v>
+      </c>
+      <c r="E223" t="s">
+        <v>11</v>
+      </c>
+      <c r="F223" s="1" t="s">
         <v>889</v>
       </c>
-      <c r="B223" t="s">
-[...2 lines deleted...]
-      <c r="C223" t="s">
+      <c r="G223" t="s">
         <v>890</v>
-      </c>
-[...10 lines deleted...]
-        <v>892</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
+        <v>891</v>
+      </c>
+      <c r="B224" t="s">
+        <v>664</v>
+      </c>
+      <c r="C224" t="s">
+        <v>892</v>
+      </c>
+      <c r="D224" t="s">
+        <v>10</v>
+      </c>
+      <c r="E224" t="s">
+        <v>11</v>
+      </c>
+      <c r="F224" s="1" t="s">
         <v>893</v>
       </c>
-      <c r="B224" t="s">
-[...2 lines deleted...]
-      <c r="C224" t="s">
+      <c r="G224" t="s">
         <v>894</v>
-      </c>
-[...10 lines deleted...]
-        <v>896</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
+        <v>895</v>
+      </c>
+      <c r="B225" t="s">
+        <v>664</v>
+      </c>
+      <c r="C225" t="s">
+        <v>896</v>
+      </c>
+      <c r="D225" t="s">
+        <v>10</v>
+      </c>
+      <c r="E225" t="s">
+        <v>11</v>
+      </c>
+      <c r="F225" s="1" t="s">
         <v>897</v>
       </c>
-      <c r="B225" t="s">
-[...2 lines deleted...]
-      <c r="C225" t="s">
+      <c r="G225" t="s">
         <v>898</v>
-      </c>
-[...10 lines deleted...]
-        <v>900</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
+        <v>899</v>
+      </c>
+      <c r="B226" t="s">
+        <v>664</v>
+      </c>
+      <c r="C226" t="s">
+        <v>900</v>
+      </c>
+      <c r="D226" t="s">
+        <v>10</v>
+      </c>
+      <c r="E226" t="s">
+        <v>11</v>
+      </c>
+      <c r="F226" s="1" t="s">
         <v>901</v>
       </c>
-      <c r="B226" t="s">
-[...2 lines deleted...]
-      <c r="C226" t="s">
+      <c r="G226" t="s">
         <v>902</v>
-      </c>
-[...10 lines deleted...]
-        <v>904</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
+        <v>903</v>
+      </c>
+      <c r="B227" t="s">
+        <v>664</v>
+      </c>
+      <c r="C227" t="s">
+        <v>904</v>
+      </c>
+      <c r="D227" t="s">
+        <v>10</v>
+      </c>
+      <c r="E227" t="s">
+        <v>11</v>
+      </c>
+      <c r="F227" s="1" t="s">
         <v>905</v>
       </c>
-      <c r="B227" t="s">
-[...2 lines deleted...]
-      <c r="C227" t="s">
+      <c r="G227" t="s">
         <v>906</v>
-      </c>
-[...10 lines deleted...]
-        <v>908</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
+        <v>907</v>
+      </c>
+      <c r="B228" t="s">
+        <v>664</v>
+      </c>
+      <c r="C228" t="s">
+        <v>908</v>
+      </c>
+      <c r="D228" t="s">
+        <v>10</v>
+      </c>
+      <c r="E228" t="s">
+        <v>11</v>
+      </c>
+      <c r="F228" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="B228" t="s">
-[...2 lines deleted...]
-      <c r="C228" t="s">
+      <c r="G228" t="s">
         <v>910</v>
-      </c>
-[...10 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
+        <v>911</v>
+      </c>
+      <c r="B229" t="s">
+        <v>664</v>
+      </c>
+      <c r="C229" t="s">
+        <v>912</v>
+      </c>
+      <c r="D229" t="s">
+        <v>10</v>
+      </c>
+      <c r="E229" t="s">
+        <v>11</v>
+      </c>
+      <c r="F229" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="B229" t="s">
+      <c r="G229" t="s">
         <v>914</v>
-      </c>
-[...13 lines deleted...]
-        <v>917</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
+        <v>915</v>
+      </c>
+      <c r="B230" t="s">
+        <v>664</v>
+      </c>
+      <c r="C230" t="s">
+        <v>916</v>
+      </c>
+      <c r="D230" t="s">
+        <v>10</v>
+      </c>
+      <c r="E230" t="s">
+        <v>11</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="G230" t="s">
         <v>918</v>
-      </c>
-[...16 lines deleted...]
-        <v>921</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
+        <v>919</v>
+      </c>
+      <c r="B231" t="s">
+        <v>664</v>
+      </c>
+      <c r="C231" t="s">
+        <v>920</v>
+      </c>
+      <c r="D231" t="s">
+        <v>10</v>
+      </c>
+      <c r="E231" t="s">
+        <v>11</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="G231" t="s">
         <v>922</v>
-      </c>
-[...16 lines deleted...]
-        <v>925</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
+        <v>923</v>
+      </c>
+      <c r="B232" t="s">
+        <v>924</v>
+      </c>
+      <c r="C232" t="s">
+        <v>925</v>
+      </c>
+      <c r="D232" t="s">
+        <v>10</v>
+      </c>
+      <c r="E232" t="s">
+        <v>11</v>
+      </c>
+      <c r="F232" s="1" t="s">
         <v>926</v>
       </c>
-      <c r="B232" t="s">
-[...2 lines deleted...]
-      <c r="C232" t="s">
+      <c r="G232" t="s">
         <v>927</v>
-      </c>
-[...10 lines deleted...]
-        <v>929</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
+        <v>928</v>
+      </c>
+      <c r="B233" t="s">
+        <v>924</v>
+      </c>
+      <c r="C233" t="s">
+        <v>929</v>
+      </c>
+      <c r="D233" t="s">
+        <v>10</v>
+      </c>
+      <c r="E233" t="s">
+        <v>11</v>
+      </c>
+      <c r="F233" s="1" t="s">
         <v>930</v>
       </c>
-      <c r="B233" t="s">
-[...2 lines deleted...]
-      <c r="C233" t="s">
+      <c r="G233" t="s">
         <v>931</v>
-      </c>
-[...10 lines deleted...]
-        <v>933</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
+        <v>932</v>
+      </c>
+      <c r="B234" t="s">
+        <v>924</v>
+      </c>
+      <c r="C234" t="s">
+        <v>933</v>
+      </c>
+      <c r="D234" t="s">
+        <v>10</v>
+      </c>
+      <c r="E234" t="s">
+        <v>11</v>
+      </c>
+      <c r="F234" s="1" t="s">
         <v>934</v>
       </c>
-      <c r="B234" t="s">
-[...2 lines deleted...]
-      <c r="C234" t="s">
+      <c r="G234" t="s">
         <v>935</v>
-      </c>
-[...10 lines deleted...]
-        <v>937</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
+        <v>936</v>
+      </c>
+      <c r="B235" t="s">
+        <v>924</v>
+      </c>
+      <c r="C235" t="s">
+        <v>937</v>
+      </c>
+      <c r="D235" t="s">
+        <v>10</v>
+      </c>
+      <c r="E235" t="s">
+        <v>11</v>
+      </c>
+      <c r="F235" s="1" t="s">
         <v>938</v>
       </c>
-      <c r="B235" t="s">
-[...2 lines deleted...]
-      <c r="C235" t="s">
+      <c r="G235" t="s">
         <v>939</v>
-      </c>
-[...10 lines deleted...]
-        <v>941</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
+        <v>940</v>
+      </c>
+      <c r="B236" t="s">
+        <v>924</v>
+      </c>
+      <c r="C236" t="s">
+        <v>941</v>
+      </c>
+      <c r="D236" t="s">
+        <v>10</v>
+      </c>
+      <c r="E236" t="s">
+        <v>11</v>
+      </c>
+      <c r="F236" s="1" t="s">
         <v>942</v>
       </c>
-      <c r="B236" t="s">
-[...2 lines deleted...]
-      <c r="C236" t="s">
+      <c r="G236" t="s">
         <v>943</v>
-      </c>
-[...10 lines deleted...]
-        <v>945</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
+        <v>944</v>
+      </c>
+      <c r="B237" t="s">
+        <v>924</v>
+      </c>
+      <c r="C237" t="s">
+        <v>945</v>
+      </c>
+      <c r="D237" t="s">
+        <v>10</v>
+      </c>
+      <c r="E237" t="s">
+        <v>11</v>
+      </c>
+      <c r="F237" s="1" t="s">
         <v>946</v>
       </c>
-      <c r="B237" t="s">
-[...2 lines deleted...]
-      <c r="C237" t="s">
+      <c r="G237" t="s">
         <v>947</v>
-      </c>
-[...10 lines deleted...]
-        <v>949</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
+        <v>948</v>
+      </c>
+      <c r="B238" t="s">
+        <v>924</v>
+      </c>
+      <c r="C238" t="s">
+        <v>949</v>
+      </c>
+      <c r="D238" t="s">
+        <v>10</v>
+      </c>
+      <c r="E238" t="s">
+        <v>11</v>
+      </c>
+      <c r="F238" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="B238" t="s">
-[...2 lines deleted...]
-      <c r="C238" t="s">
+      <c r="G238" t="s">
         <v>951</v>
-      </c>
-[...10 lines deleted...]
-        <v>953</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
+        <v>952</v>
+      </c>
+      <c r="B239" t="s">
+        <v>924</v>
+      </c>
+      <c r="C239" t="s">
+        <v>953</v>
+      </c>
+      <c r="D239" t="s">
+        <v>10</v>
+      </c>
+      <c r="E239" t="s">
+        <v>11</v>
+      </c>
+      <c r="F239" s="1" t="s">
         <v>954</v>
       </c>
-      <c r="B239" t="s">
-[...2 lines deleted...]
-      <c r="C239" t="s">
+      <c r="G239" t="s">
         <v>955</v>
-      </c>
-[...10 lines deleted...]
-        <v>957</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
+        <v>956</v>
+      </c>
+      <c r="B240" t="s">
+        <v>924</v>
+      </c>
+      <c r="C240" t="s">
+        <v>957</v>
+      </c>
+      <c r="D240" t="s">
+        <v>10</v>
+      </c>
+      <c r="E240" t="s">
+        <v>11</v>
+      </c>
+      <c r="F240" s="1" t="s">
         <v>958</v>
       </c>
-      <c r="B240" t="s">
-[...2 lines deleted...]
-      <c r="C240" t="s">
+      <c r="G240" t="s">
         <v>959</v>
-      </c>
-[...10 lines deleted...]
-        <v>961</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
+        <v>960</v>
+      </c>
+      <c r="B241" t="s">
+        <v>924</v>
+      </c>
+      <c r="C241" t="s">
+        <v>961</v>
+      </c>
+      <c r="D241" t="s">
+        <v>10</v>
+      </c>
+      <c r="E241" t="s">
+        <v>11</v>
+      </c>
+      <c r="F241" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="B241" t="s">
-[...2 lines deleted...]
-      <c r="C241" t="s">
+      <c r="G241" t="s">
         <v>963</v>
-      </c>
-[...10 lines deleted...]
-        <v>965</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
+        <v>964</v>
+      </c>
+      <c r="B242" t="s">
+        <v>924</v>
+      </c>
+      <c r="C242" t="s">
+        <v>965</v>
+      </c>
+      <c r="D242" t="s">
+        <v>10</v>
+      </c>
+      <c r="E242" t="s">
+        <v>11</v>
+      </c>
+      <c r="F242" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="B242" t="s">
-[...2 lines deleted...]
-      <c r="C242" t="s">
+      <c r="G242" t="s">
         <v>967</v>
-      </c>
-[...10 lines deleted...]
-        <v>969</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
+        <v>968</v>
+      </c>
+      <c r="B243" t="s">
+        <v>924</v>
+      </c>
+      <c r="C243" t="s">
+        <v>969</v>
+      </c>
+      <c r="D243" t="s">
+        <v>10</v>
+      </c>
+      <c r="E243" t="s">
+        <v>11</v>
+      </c>
+      <c r="F243" s="1" t="s">
         <v>970</v>
       </c>
-      <c r="B243" t="s">
-[...2 lines deleted...]
-      <c r="C243" t="s">
+      <c r="G243" t="s">
         <v>971</v>
-      </c>
-[...10 lines deleted...]
-        <v>973</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
+        <v>972</v>
+      </c>
+      <c r="B244" t="s">
+        <v>924</v>
+      </c>
+      <c r="C244" t="s">
+        <v>973</v>
+      </c>
+      <c r="D244" t="s">
+        <v>10</v>
+      </c>
+      <c r="E244" t="s">
+        <v>11</v>
+      </c>
+      <c r="F244" s="1" t="s">
         <v>974</v>
       </c>
-      <c r="B244" t="s">
-[...2 lines deleted...]
-      <c r="C244" t="s">
+      <c r="G244" t="s">
         <v>975</v>
-      </c>
-[...10 lines deleted...]
-        <v>977</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
+        <v>976</v>
+      </c>
+      <c r="B245" t="s">
+        <v>924</v>
+      </c>
+      <c r="C245" t="s">
+        <v>977</v>
+      </c>
+      <c r="D245" t="s">
+        <v>10</v>
+      </c>
+      <c r="E245" t="s">
+        <v>11</v>
+      </c>
+      <c r="F245" s="1" t="s">
         <v>978</v>
       </c>
-      <c r="B245" t="s">
-[...2 lines deleted...]
-      <c r="C245" t="s">
+      <c r="G245" t="s">
         <v>979</v>
-      </c>
-[...10 lines deleted...]
-        <v>981</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
+        <v>980</v>
+      </c>
+      <c r="B246" t="s">
+        <v>924</v>
+      </c>
+      <c r="C246" t="s">
+        <v>981</v>
+      </c>
+      <c r="D246" t="s">
+        <v>10</v>
+      </c>
+      <c r="E246" t="s">
+        <v>11</v>
+      </c>
+      <c r="F246" s="1" t="s">
         <v>982</v>
       </c>
-      <c r="B246" t="s">
-[...2 lines deleted...]
-      <c r="C246" t="s">
+      <c r="G246" t="s">
         <v>983</v>
-      </c>
-[...10 lines deleted...]
-        <v>985</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
+        <v>984</v>
+      </c>
+      <c r="B247" t="s">
+        <v>924</v>
+      </c>
+      <c r="C247" t="s">
+        <v>985</v>
+      </c>
+      <c r="D247" t="s">
+        <v>10</v>
+      </c>
+      <c r="E247" t="s">
+        <v>11</v>
+      </c>
+      <c r="F247" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="B247" t="s">
-[...2 lines deleted...]
-      <c r="C247" t="s">
+      <c r="G247" t="s">
         <v>987</v>
-      </c>
-[...10 lines deleted...]
-        <v>989</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
+        <v>988</v>
+      </c>
+      <c r="B248" t="s">
+        <v>924</v>
+      </c>
+      <c r="C248" t="s">
+        <v>989</v>
+      </c>
+      <c r="D248" t="s">
+        <v>10</v>
+      </c>
+      <c r="E248" t="s">
+        <v>11</v>
+      </c>
+      <c r="F248" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="B248" t="s">
-[...2 lines deleted...]
-      <c r="C248" t="s">
+      <c r="G248" t="s">
         <v>991</v>
-      </c>
-[...10 lines deleted...]
-        <v>993</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
+        <v>992</v>
+      </c>
+      <c r="B249" t="s">
+        <v>924</v>
+      </c>
+      <c r="C249" t="s">
+        <v>993</v>
+      </c>
+      <c r="D249" t="s">
+        <v>10</v>
+      </c>
+      <c r="E249" t="s">
+        <v>11</v>
+      </c>
+      <c r="F249" s="1" t="s">
         <v>994</v>
       </c>
-      <c r="B249" t="s">
-[...2 lines deleted...]
-      <c r="C249" t="s">
+      <c r="G249" t="s">
         <v>995</v>
-      </c>
-[...10 lines deleted...]
-        <v>997</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
+        <v>996</v>
+      </c>
+      <c r="B250" t="s">
+        <v>924</v>
+      </c>
+      <c r="C250" t="s">
+        <v>997</v>
+      </c>
+      <c r="D250" t="s">
+        <v>10</v>
+      </c>
+      <c r="E250" t="s">
+        <v>11</v>
+      </c>
+      <c r="F250" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="B250" t="s">
-[...2 lines deleted...]
-      <c r="C250" t="s">
+      <c r="G250" t="s">
         <v>999</v>
-      </c>
-[...10 lines deleted...]
-        <v>1001</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B251" t="s">
+        <v>924</v>
+      </c>
+      <c r="C251" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D251" t="s">
+        <v>10</v>
+      </c>
+      <c r="E251" t="s">
+        <v>11</v>
+      </c>
+      <c r="F251" s="1" t="s">
         <v>1002</v>
       </c>
-      <c r="B251" t="s">
-[...2 lines deleted...]
-      <c r="C251" t="s">
+      <c r="G251" t="s">
         <v>1003</v>
-      </c>
-[...10 lines deleted...]
-        <v>1005</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B252" t="s">
+        <v>924</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D252" t="s">
+        <v>10</v>
+      </c>
+      <c r="E252" t="s">
+        <v>11</v>
+      </c>
+      <c r="F252" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="B252" t="s">
-[...2 lines deleted...]
-      <c r="C252" t="s">
+      <c r="G252" t="s">
         <v>1007</v>
-      </c>
-[...10 lines deleted...]
-        <v>1009</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B253" t="s">
+        <v>924</v>
+      </c>
+      <c r="C253" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D253" t="s">
+        <v>10</v>
+      </c>
+      <c r="E253" t="s">
+        <v>11</v>
+      </c>
+      <c r="F253" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="B253" t="s">
-[...2 lines deleted...]
-      <c r="C253" t="s">
+      <c r="G253" t="s">
         <v>1011</v>
-      </c>
-[...10 lines deleted...]
-        <v>1013</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B254" t="s">
+        <v>924</v>
+      </c>
+      <c r="C254" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D254" t="s">
+        <v>10</v>
+      </c>
+      <c r="E254" t="s">
+        <v>11</v>
+      </c>
+      <c r="F254" s="1" t="s">
         <v>1014</v>
       </c>
-      <c r="B254" t="s">
-[...2 lines deleted...]
-      <c r="C254" t="s">
+      <c r="G254" t="s">
         <v>1015</v>
-      </c>
-[...10 lines deleted...]
-        <v>1017</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B255" t="s">
+        <v>924</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D255" t="s">
+        <v>10</v>
+      </c>
+      <c r="E255" t="s">
+        <v>11</v>
+      </c>
+      <c r="F255" s="1" t="s">
         <v>1018</v>
       </c>
-      <c r="B255" t="s">
-[...2 lines deleted...]
-      <c r="C255" t="s">
+      <c r="G255" t="s">
         <v>1019</v>
-      </c>
-[...10 lines deleted...]
-        <v>1021</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B256" t="s">
+        <v>924</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D256" t="s">
+        <v>10</v>
+      </c>
+      <c r="E256" t="s">
+        <v>11</v>
+      </c>
+      <c r="F256" s="1" t="s">
         <v>1022</v>
       </c>
-      <c r="B256" t="s">
-[...2 lines deleted...]
-      <c r="C256" t="s">
+      <c r="G256" t="s">
         <v>1023</v>
-      </c>
-[...10 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B257" t="s">
+        <v>924</v>
+      </c>
+      <c r="C257" t="s">
         <v>1025</v>
       </c>
-      <c r="B257" t="s">
-[...2 lines deleted...]
-      <c r="C257" t="s">
+      <c r="D257" t="s">
+        <v>10</v>
+      </c>
+      <c r="E257" t="s">
+        <v>11</v>
+      </c>
+      <c r="F257" s="1" t="s">
         <v>1026</v>
       </c>
-      <c r="D257" t="s">
-[...5 lines deleted...]
-      <c r="F257" s="1" t="s">
+      <c r="G257" t="s">
         <v>1027</v>
-      </c>
-[...1 lines deleted...]
-        <v>1028</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B258" t="s">
+        <v>924</v>
+      </c>
+      <c r="C258" t="s">
         <v>1029</v>
       </c>
-      <c r="B258" t="s">
-[...2 lines deleted...]
-      <c r="C258" t="s">
+      <c r="D258" t="s">
+        <v>10</v>
+      </c>
+      <c r="E258" t="s">
+        <v>11</v>
+      </c>
+      <c r="F258" s="1" t="s">
         <v>1030</v>
       </c>
-      <c r="D258" t="s">
-[...5 lines deleted...]
-      <c r="F258" s="1" t="s">
+      <c r="G258" t="s">
         <v>1031</v>
-      </c>
-[...1 lines deleted...]
-        <v>1032</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B259" t="s">
+        <v>924</v>
+      </c>
+      <c r="C259" t="s">
         <v>1033</v>
       </c>
-      <c r="B259" t="s">
-[...2 lines deleted...]
-      <c r="C259" t="s">
+      <c r="D259" t="s">
+        <v>10</v>
+      </c>
+      <c r="E259" t="s">
+        <v>11</v>
+      </c>
+      <c r="F259" s="1" t="s">
         <v>1034</v>
       </c>
-      <c r="D259" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G259" t="s">
-        <v>1036</v>
+        <v>445</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B260" t="s">
+        <v>924</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D260" t="s">
+        <v>10</v>
+      </c>
+      <c r="E260" t="s">
+        <v>11</v>
+      </c>
+      <c r="F260" s="1" t="s">
         <v>1037</v>
       </c>
-      <c r="B260" t="s">
-[...2 lines deleted...]
-      <c r="C260" t="s">
+      <c r="G260" t="s">
         <v>1038</v>
-      </c>
-[...10 lines deleted...]
-        <v>1040</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B261" t="s">
+        <v>924</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D261" t="s">
+        <v>10</v>
+      </c>
+      <c r="E261" t="s">
+        <v>11</v>
+      </c>
+      <c r="F261" s="1" t="s">
         <v>1041</v>
       </c>
-      <c r="B261" t="s">
-[...2 lines deleted...]
-      <c r="C261" t="s">
+      <c r="G261" t="s">
         <v>1042</v>
-      </c>
-[...10 lines deleted...]
-        <v>1044</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B262" t="s">
+        <v>924</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D262" t="s">
+        <v>10</v>
+      </c>
+      <c r="E262" t="s">
+        <v>11</v>
+      </c>
+      <c r="F262" s="1" t="s">
         <v>1045</v>
       </c>
-      <c r="B262" t="s">
-[...2 lines deleted...]
-      <c r="C262" t="s">
+      <c r="G262" t="s">
         <v>1046</v>
-      </c>
-[...10 lines deleted...]
-        <v>1048</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B263" t="s">
+        <v>924</v>
+      </c>
+      <c r="C263" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D263" t="s">
+        <v>10</v>
+      </c>
+      <c r="E263" t="s">
+        <v>11</v>
+      </c>
+      <c r="F263" s="1" t="s">
         <v>1049</v>
       </c>
-      <c r="B263" t="s">
-[...2 lines deleted...]
-      <c r="C263" t="s">
+      <c r="G263" t="s">
         <v>1050</v>
-      </c>
-[...10 lines deleted...]
-        <v>1052</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B264" t="s">
+        <v>924</v>
+      </c>
+      <c r="C264" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D264" t="s">
+        <v>10</v>
+      </c>
+      <c r="E264" t="s">
+        <v>11</v>
+      </c>
+      <c r="F264" s="1" t="s">
         <v>1053</v>
       </c>
-      <c r="B264" t="s">
-[...2 lines deleted...]
-      <c r="C264" t="s">
+      <c r="G264" t="s">
         <v>1054</v>
-      </c>
-[...10 lines deleted...]
-        <v>1056</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B265" t="s">
+        <v>924</v>
+      </c>
+      <c r="C265" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D265" t="s">
+        <v>10</v>
+      </c>
+      <c r="E265" t="s">
+        <v>11</v>
+      </c>
+      <c r="F265" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="B265" t="s">
-[...2 lines deleted...]
-      <c r="C265" t="s">
+      <c r="G265" t="s">
         <v>1058</v>
-      </c>
-[...10 lines deleted...]
-        <v>1060</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B266" t="s">
+        <v>924</v>
+      </c>
+      <c r="C266" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D266" t="s">
+        <v>10</v>
+      </c>
+      <c r="E266" t="s">
+        <v>11</v>
+      </c>
+      <c r="F266" s="1" t="s">
         <v>1061</v>
       </c>
-      <c r="B266" t="s">
-[...2 lines deleted...]
-      <c r="C266" t="s">
+      <c r="G266" t="s">
         <v>1062</v>
-      </c>
-[...10 lines deleted...]
-        <v>1064</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B267" t="s">
+        <v>924</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D267" t="s">
+        <v>10</v>
+      </c>
+      <c r="E267" t="s">
+        <v>11</v>
+      </c>
+      <c r="F267" s="1" t="s">
         <v>1065</v>
       </c>
-      <c r="B267" t="s">
-[...2 lines deleted...]
-      <c r="C267" t="s">
+      <c r="G267" t="s">
         <v>1066</v>
-      </c>
-[...10 lines deleted...]
-        <v>1056</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B268" t="s">
+        <v>924</v>
+      </c>
+      <c r="C268" t="s">
         <v>1068</v>
       </c>
-      <c r="B268" t="s">
-[...2 lines deleted...]
-      <c r="C268" t="s">
+      <c r="D268" t="s">
+        <v>10</v>
+      </c>
+      <c r="E268" t="s">
+        <v>11</v>
+      </c>
+      <c r="F268" s="1" t="s">
         <v>1069</v>
       </c>
-      <c r="D268" t="s">
-[...5 lines deleted...]
-      <c r="F268" s="1" t="s">
+      <c r="G268" t="s">
         <v>1070</v>
-      </c>
-[...1 lines deleted...]
-        <v>1071</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B269" t="s">
+        <v>924</v>
+      </c>
+      <c r="C269" t="s">
         <v>1072</v>
       </c>
-      <c r="B269" t="s">
-[...2 lines deleted...]
-      <c r="C269" t="s">
+      <c r="D269" t="s">
+        <v>10</v>
+      </c>
+      <c r="E269" t="s">
+        <v>11</v>
+      </c>
+      <c r="F269" s="1" t="s">
         <v>1073</v>
       </c>
-      <c r="D269" t="s">
-[...5 lines deleted...]
-      <c r="F269" s="1" t="s">
+      <c r="G269" t="s">
         <v>1074</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
         <v>1075</v>
       </c>
       <c r="B270" t="s">
-        <v>914</v>
+        <v>924</v>
       </c>
       <c r="C270" t="s">
         <v>1076</v>
       </c>
       <c r="D270" t="s">
         <v>10</v>
       </c>
       <c r="E270" t="s">
         <v>11</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="G270" t="s">
-        <v>1078</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B271" t="s">
+        <v>924</v>
+      </c>
+      <c r="C271" t="s">
         <v>1079</v>
       </c>
-      <c r="B271" t="s">
-[...2 lines deleted...]
-      <c r="C271" t="s">
+      <c r="D271" t="s">
+        <v>10</v>
+      </c>
+      <c r="E271" t="s">
+        <v>11</v>
+      </c>
+      <c r="F271" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="D271" t="s">
-[...5 lines deleted...]
-      <c r="F271" s="1" t="s">
+      <c r="G271" t="s">
         <v>1081</v>
-      </c>
-[...1 lines deleted...]
-        <v>1082</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B272" t="s">
+        <v>924</v>
+      </c>
+      <c r="C272" t="s">
         <v>1083</v>
       </c>
-      <c r="B272" t="s">
-[...2 lines deleted...]
-      <c r="C272" t="s">
+      <c r="D272" t="s">
+        <v>10</v>
+      </c>
+      <c r="E272" t="s">
+        <v>11</v>
+      </c>
+      <c r="F272" s="1" t="s">
         <v>1084</v>
       </c>
-      <c r="D272" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G272" t="s">
-        <v>1086</v>
+        <v>112</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B273" t="s">
+        <v>924</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D273" t="s">
+        <v>10</v>
+      </c>
+      <c r="E273" t="s">
+        <v>11</v>
+      </c>
+      <c r="F273" s="1" t="s">
         <v>1087</v>
       </c>
-      <c r="B273" t="s">
-[...2 lines deleted...]
-      <c r="C273" t="s">
+      <c r="G273" t="s">
         <v>1088</v>
-      </c>
-[...10 lines deleted...]
-        <v>1090</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B274" t="s">
+        <v>924</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D274" t="s">
+        <v>10</v>
+      </c>
+      <c r="E274" t="s">
+        <v>11</v>
+      </c>
+      <c r="F274" s="1" t="s">
         <v>1091</v>
       </c>
-      <c r="B274" t="s">
-[...2 lines deleted...]
-      <c r="C274" t="s">
+      <c r="G274" t="s">
         <v>1092</v>
-      </c>
-[...10 lines deleted...]
-        <v>1094</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B275" t="s">
+        <v>924</v>
+      </c>
+      <c r="C275" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D275" t="s">
+        <v>10</v>
+      </c>
+      <c r="E275" t="s">
+        <v>11</v>
+      </c>
+      <c r="F275" s="1" t="s">
         <v>1095</v>
       </c>
-      <c r="B275" t="s">
-[...2 lines deleted...]
-      <c r="C275" t="s">
+      <c r="G275" t="s">
         <v>1096</v>
-      </c>
-[...10 lines deleted...]
-        <v>1098</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B276" t="s">
+        <v>924</v>
+      </c>
+      <c r="C276" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D276" t="s">
+        <v>10</v>
+      </c>
+      <c r="E276" t="s">
+        <v>11</v>
+      </c>
+      <c r="F276" s="1" t="s">
         <v>1099</v>
       </c>
-      <c r="B276" t="s">
-[...2 lines deleted...]
-      <c r="C276" t="s">
+      <c r="G276" t="s">
         <v>1100</v>
-      </c>
-[...10 lines deleted...]
-        <v>1102</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B277" t="s">
+        <v>924</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D277" t="s">
+        <v>10</v>
+      </c>
+      <c r="E277" t="s">
+        <v>11</v>
+      </c>
+      <c r="F277" s="1" t="s">
         <v>1103</v>
       </c>
-      <c r="B277" t="s">
+      <c r="G277" t="s">
         <v>1104</v>
-      </c>
-[...13 lines deleted...]
-        <v>1107</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B278" t="s">
+        <v>924</v>
+      </c>
+      <c r="C278" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D278" t="s">
+        <v>10</v>
+      </c>
+      <c r="E278" t="s">
+        <v>11</v>
+      </c>
+      <c r="F278" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="G278" t="s">
         <v>1108</v>
-      </c>
-[...16 lines deleted...]
-        <v>1111</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B279" t="s">
+        <v>924</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D279" t="s">
+        <v>10</v>
+      </c>
+      <c r="E279" t="s">
+        <v>11</v>
+      </c>
+      <c r="F279" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="G279" t="s">
         <v>1112</v>
-      </c>
-[...16 lines deleted...]
-        <v>1115</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D280" t="s">
+        <v>10</v>
+      </c>
+      <c r="E280" t="s">
+        <v>11</v>
+      </c>
+      <c r="F280" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="B280" t="s">
-[...2 lines deleted...]
-      <c r="C280" t="s">
+      <c r="G280" t="s">
         <v>1117</v>
-      </c>
-[...10 lines deleted...]
-        <v>1119</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D281" t="s">
+        <v>10</v>
+      </c>
+      <c r="E281" t="s">
+        <v>11</v>
+      </c>
+      <c r="F281" s="1" t="s">
         <v>1120</v>
       </c>
-      <c r="B281" t="s">
-[...2 lines deleted...]
-      <c r="C281" t="s">
+      <c r="G281" t="s">
         <v>1121</v>
-      </c>
-[...10 lines deleted...]
-        <v>1123</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C282" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D282" t="s">
+        <v>10</v>
+      </c>
+      <c r="E282" t="s">
+        <v>11</v>
+      </c>
+      <c r="F282" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="B282" t="s">
-[...2 lines deleted...]
-      <c r="C282" t="s">
+      <c r="G282" t="s">
         <v>1125</v>
-      </c>
-[...10 lines deleted...]
-        <v>1127</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C283" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D283" t="s">
+        <v>10</v>
+      </c>
+      <c r="E283" t="s">
+        <v>11</v>
+      </c>
+      <c r="F283" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="B283" t="s">
-[...2 lines deleted...]
-      <c r="C283" t="s">
+      <c r="G283" t="s">
         <v>1129</v>
-      </c>
-[...10 lines deleted...]
-        <v>1131</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D284" t="s">
+        <v>10</v>
+      </c>
+      <c r="E284" t="s">
+        <v>11</v>
+      </c>
+      <c r="F284" s="1" t="s">
         <v>1132</v>
       </c>
-      <c r="B284" t="s">
-[...2 lines deleted...]
-      <c r="C284" t="s">
+      <c r="G284" t="s">
         <v>1133</v>
-      </c>
-[...10 lines deleted...]
-        <v>1135</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D285" t="s">
+        <v>10</v>
+      </c>
+      <c r="E285" t="s">
+        <v>11</v>
+      </c>
+      <c r="F285" s="1" t="s">
         <v>1136</v>
       </c>
-      <c r="B285" t="s">
-[...2 lines deleted...]
-      <c r="C285" t="s">
+      <c r="G285" t="s">
         <v>1137</v>
-      </c>
-[...10 lines deleted...]
-        <v>1139</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C286" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D286" t="s">
+        <v>10</v>
+      </c>
+      <c r="E286" t="s">
+        <v>11</v>
+      </c>
+      <c r="F286" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="B286" t="s">
-[...2 lines deleted...]
-      <c r="C286" t="s">
+      <c r="G286" t="s">
         <v>1141</v>
-      </c>
-[...10 lines deleted...]
-        <v>1123</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B287" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C287" t="s">
         <v>1143</v>
       </c>
-      <c r="B287" t="s">
-[...2 lines deleted...]
-      <c r="C287" t="s">
+      <c r="D287" t="s">
+        <v>10</v>
+      </c>
+      <c r="E287" t="s">
+        <v>11</v>
+      </c>
+      <c r="F287" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="D287" t="s">
-[...5 lines deleted...]
-      <c r="F287" s="1" t="s">
+      <c r="G287" t="s">
         <v>1145</v>
-      </c>
-[...1 lines deleted...]
-        <v>1146</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B288" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C288" t="s">
         <v>1147</v>
       </c>
-      <c r="B288" t="s">
-[...2 lines deleted...]
-      <c r="C288" t="s">
+      <c r="D288" t="s">
+        <v>10</v>
+      </c>
+      <c r="E288" t="s">
+        <v>11</v>
+      </c>
+      <c r="F288" s="1" t="s">
         <v>1148</v>
       </c>
-      <c r="D288" t="s">
-[...5 lines deleted...]
-      <c r="F288" s="1" t="s">
+      <c r="G288" t="s">
         <v>1149</v>
-      </c>
-[...1 lines deleted...]
-        <v>1150</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B289" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C289" t="s">
         <v>1151</v>
       </c>
-      <c r="B289" t="s">
-[...2 lines deleted...]
-      <c r="C289" t="s">
+      <c r="D289" t="s">
+        <v>10</v>
+      </c>
+      <c r="E289" t="s">
+        <v>11</v>
+      </c>
+      <c r="F289" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="D289" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G289" t="s">
-        <v>1154</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B290" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C290" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D290" t="s">
+        <v>10</v>
+      </c>
+      <c r="E290" t="s">
+        <v>11</v>
+      </c>
+      <c r="F290" s="1" t="s">
         <v>1155</v>
       </c>
-      <c r="B290" t="s">
-[...2 lines deleted...]
-      <c r="C290" t="s">
+      <c r="G290" t="s">
         <v>1156</v>
-      </c>
-[...10 lines deleted...]
-        <v>1158</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B291" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C291" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D291" t="s">
+        <v>10</v>
+      </c>
+      <c r="E291" t="s">
+        <v>11</v>
+      </c>
+      <c r="F291" s="1" t="s">
         <v>1159</v>
       </c>
-      <c r="B291" t="s">
-[...2 lines deleted...]
-      <c r="C291" t="s">
+      <c r="G291" t="s">
         <v>1160</v>
-      </c>
-[...10 lines deleted...]
-        <v>1162</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B292" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C292" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D292" t="s">
+        <v>10</v>
+      </c>
+      <c r="E292" t="s">
+        <v>11</v>
+      </c>
+      <c r="F292" s="1" t="s">
         <v>1163</v>
       </c>
-      <c r="B292" t="s">
-[...2 lines deleted...]
-      <c r="C292" t="s">
+      <c r="G292" t="s">
         <v>1164</v>
-      </c>
-[...10 lines deleted...]
-        <v>1166</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B293" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C293" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D293" t="s">
+        <v>10</v>
+      </c>
+      <c r="E293" t="s">
+        <v>11</v>
+      </c>
+      <c r="F293" s="1" t="s">
         <v>1167</v>
       </c>
-      <c r="B293" t="s">
-[...2 lines deleted...]
-      <c r="C293" t="s">
+      <c r="G293" t="s">
         <v>1168</v>
-      </c>
-[...10 lines deleted...]
-        <v>1170</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B294" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D294" t="s">
+        <v>10</v>
+      </c>
+      <c r="E294" t="s">
+        <v>11</v>
+      </c>
+      <c r="F294" s="1" t="s">
         <v>1171</v>
       </c>
-      <c r="B294" t="s">
-[...2 lines deleted...]
-      <c r="C294" t="s">
+      <c r="G294" t="s">
         <v>1172</v>
-      </c>
-[...10 lines deleted...]
-        <v>1174</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B295" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C295" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D295" t="s">
+        <v>10</v>
+      </c>
+      <c r="E295" t="s">
+        <v>11</v>
+      </c>
+      <c r="F295" s="1" t="s">
         <v>1175</v>
       </c>
-      <c r="B295" t="s">
-[...2 lines deleted...]
-      <c r="C295" t="s">
+      <c r="G295" t="s">
         <v>1176</v>
-      </c>
-[...10 lines deleted...]
-        <v>1178</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B296" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C296" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D296" t="s">
+        <v>10</v>
+      </c>
+      <c r="E296" t="s">
+        <v>11</v>
+      </c>
+      <c r="F296" s="1" t="s">
         <v>1179</v>
       </c>
-      <c r="B296" t="s">
-[...2 lines deleted...]
-      <c r="C296" t="s">
+      <c r="G296" t="s">
         <v>1180</v>
-      </c>
-[...10 lines deleted...]
-        <v>1182</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B297" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C297" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D297" t="s">
+        <v>10</v>
+      </c>
+      <c r="E297" t="s">
+        <v>11</v>
+      </c>
+      <c r="F297" s="1" t="s">
         <v>1183</v>
       </c>
-      <c r="B297" t="s">
-[...2 lines deleted...]
-      <c r="C297" t="s">
+      <c r="G297" t="s">
         <v>1184</v>
-      </c>
-[...10 lines deleted...]
-        <v>1186</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B298" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D298" t="s">
+        <v>10</v>
+      </c>
+      <c r="E298" t="s">
+        <v>11</v>
+      </c>
+      <c r="F298" s="1" t="s">
         <v>1187</v>
       </c>
-      <c r="B298" t="s">
-[...2 lines deleted...]
-      <c r="C298" t="s">
+      <c r="G298" t="s">
         <v>1188</v>
-      </c>
-[...10 lines deleted...]
-        <v>1190</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B299" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C299" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D299" t="s">
+        <v>10</v>
+      </c>
+      <c r="E299" t="s">
+        <v>11</v>
+      </c>
+      <c r="F299" s="1" t="s">
         <v>1191</v>
       </c>
-      <c r="B299" t="s">
-[...2 lines deleted...]
-      <c r="C299" t="s">
+      <c r="G299" t="s">
         <v>1192</v>
-      </c>
-[...10 lines deleted...]
-        <v>1194</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B300" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C300" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D300" t="s">
+        <v>10</v>
+      </c>
+      <c r="E300" t="s">
+        <v>11</v>
+      </c>
+      <c r="F300" s="1" t="s">
         <v>1195</v>
       </c>
-      <c r="B300" t="s">
-[...2 lines deleted...]
-      <c r="C300" t="s">
+      <c r="G300" t="s">
         <v>1196</v>
-      </c>
-[...10 lines deleted...]
-        <v>1198</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B301" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C301" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D301" t="s">
+        <v>10</v>
+      </c>
+      <c r="E301" t="s">
+        <v>11</v>
+      </c>
+      <c r="F301" s="1" t="s">
         <v>1199</v>
       </c>
-      <c r="B301" t="s">
-[...2 lines deleted...]
-      <c r="C301" t="s">
+      <c r="G301" t="s">
         <v>1200</v>
-      </c>
-[...10 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B302" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C302" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D302" t="s">
+        <v>10</v>
+      </c>
+      <c r="E302" t="s">
+        <v>11</v>
+      </c>
+      <c r="F302" s="1" t="s">
         <v>1203</v>
       </c>
-      <c r="B302" t="s">
-[...2 lines deleted...]
-      <c r="C302" t="s">
+      <c r="G302" t="s">
         <v>1204</v>
-      </c>
-[...10 lines deleted...]
-        <v>1206</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B303" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C303" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D303" t="s">
+        <v>10</v>
+      </c>
+      <c r="E303" t="s">
+        <v>11</v>
+      </c>
+      <c r="F303" s="1" t="s">
         <v>1207</v>
       </c>
-      <c r="B303" t="s">
-[...2 lines deleted...]
-      <c r="C303" t="s">
+      <c r="G303" t="s">
         <v>1208</v>
-      </c>
-[...10 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B304" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C304" t="s">
         <v>1210</v>
       </c>
-      <c r="B304" t="s">
-[...2 lines deleted...]
-      <c r="C304" t="s">
+      <c r="D304" t="s">
+        <v>10</v>
+      </c>
+      <c r="E304" t="s">
+        <v>11</v>
+      </c>
+      <c r="F304" s="1" t="s">
         <v>1211</v>
       </c>
-      <c r="D304" t="s">
-[...5 lines deleted...]
-      <c r="F304" s="1" t="s">
+      <c r="G304" t="s">
         <v>1212</v>
-      </c>
-[...1 lines deleted...]
-        <v>1213</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B305" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C305" t="s">
         <v>1214</v>
       </c>
-      <c r="B305" t="s">
-[...2 lines deleted...]
-      <c r="C305" t="s">
+      <c r="D305" t="s">
+        <v>10</v>
+      </c>
+      <c r="E305" t="s">
+        <v>11</v>
+      </c>
+      <c r="F305" s="1" t="s">
         <v>1215</v>
       </c>
-      <c r="D305" t="s">
-[...5 lines deleted...]
-      <c r="F305" s="1" t="s">
+      <c r="G305" t="s">
         <v>1216</v>
-      </c>
-[...1 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
         <v>1217</v>
       </c>
       <c r="B306" t="s">
-        <v>1104</v>
+        <v>1114</v>
       </c>
       <c r="C306" t="s">
         <v>1218</v>
       </c>
       <c r="D306" t="s">
         <v>10</v>
       </c>
       <c r="E306" t="s">
         <v>11</v>
       </c>
       <c r="F306" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="G306" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
         <v>1220</v>
       </c>
       <c r="B307" t="s">
-        <v>1104</v>
+        <v>1114</v>
       </c>
       <c r="C307" t="s">
         <v>1221</v>
       </c>
       <c r="D307" t="s">
         <v>10</v>
       </c>
       <c r="E307" t="s">
         <v>11</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>1222</v>
       </c>
       <c r="G307" t="s">
         <v>1223</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
         <v>1224</v>
       </c>
       <c r="B308" t="s">
-        <v>1104</v>
+        <v>1114</v>
       </c>
       <c r="C308" t="s">
         <v>1225</v>
       </c>
       <c r="D308" t="s">
         <v>10</v>
       </c>
       <c r="E308" t="s">
         <v>11</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>1226</v>
       </c>
       <c r="G308" t="s">
-        <v>1227</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B309" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C309" t="s">
         <v>1228</v>
       </c>
-      <c r="B309" t="s">
-[...2 lines deleted...]
-      <c r="C309" t="s">
+      <c r="D309" t="s">
+        <v>10</v>
+      </c>
+      <c r="E309" t="s">
+        <v>11</v>
+      </c>
+      <c r="F309" s="1" t="s">
         <v>1229</v>
       </c>
-      <c r="D309" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G309" t="s">
-        <v>1115</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B310" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C310" t="s">
         <v>1231</v>
       </c>
-      <c r="B310" t="s">
-[...2 lines deleted...]
-      <c r="C310" t="s">
+      <c r="D310" t="s">
+        <v>10</v>
+      </c>
+      <c r="E310" t="s">
+        <v>11</v>
+      </c>
+      <c r="F310" s="1" t="s">
         <v>1232</v>
       </c>
-      <c r="D310" t="s">
-[...5 lines deleted...]
-      <c r="F310" s="1" t="s">
+      <c r="G310" t="s">
         <v>1233</v>
-      </c>
-[...1 lines deleted...]
-        <v>1234</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B311" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C311" t="s">
         <v>1235</v>
       </c>
-      <c r="B311" t="s">
-[...2 lines deleted...]
-      <c r="C311" t="s">
+      <c r="D311" t="s">
+        <v>10</v>
+      </c>
+      <c r="E311" t="s">
+        <v>11</v>
+      </c>
+      <c r="F311" s="1" t="s">
         <v>1236</v>
       </c>
-      <c r="D311" t="s">
-[...5 lines deleted...]
-      <c r="F311" s="1" t="s">
+      <c r="G311" t="s">
         <v>1237</v>
-      </c>
-[...1 lines deleted...]
-        <v>1238</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B312" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C312" t="s">
         <v>1239</v>
       </c>
-      <c r="B312" t="s">
-[...2 lines deleted...]
-      <c r="C312" t="s">
+      <c r="D312" t="s">
+        <v>10</v>
+      </c>
+      <c r="E312" t="s">
+        <v>11</v>
+      </c>
+      <c r="F312" s="1" t="s">
         <v>1240</v>
       </c>
-      <c r="D312" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G312" t="s">
-        <v>1242</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B313" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D313" t="s">
+        <v>10</v>
+      </c>
+      <c r="E313" t="s">
+        <v>11</v>
+      </c>
+      <c r="F313" s="1" t="s">
         <v>1243</v>
       </c>
-      <c r="B313" t="s">
-[...2 lines deleted...]
-      <c r="C313" t="s">
+      <c r="G313" t="s">
         <v>1244</v>
-      </c>
-[...10 lines deleted...]
-        <v>1246</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B314" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D314" t="s">
+        <v>10</v>
+      </c>
+      <c r="E314" t="s">
+        <v>11</v>
+      </c>
+      <c r="F314" s="1" t="s">
         <v>1247</v>
       </c>
-      <c r="B314" t="s">
-[...2 lines deleted...]
-      <c r="C314" t="s">
+      <c r="G314" t="s">
         <v>1248</v>
-      </c>
-[...10 lines deleted...]
-        <v>1250</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B315" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D315" t="s">
+        <v>10</v>
+      </c>
+      <c r="E315" t="s">
+        <v>11</v>
+      </c>
+      <c r="F315" s="1" t="s">
         <v>1251</v>
       </c>
-      <c r="B315" t="s">
-[...2 lines deleted...]
-      <c r="C315" t="s">
+      <c r="G315" t="s">
         <v>1252</v>
-      </c>
-[...10 lines deleted...]
-        <v>1254</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B316" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D316" t="s">
+        <v>10</v>
+      </c>
+      <c r="E316" t="s">
+        <v>11</v>
+      </c>
+      <c r="F316" s="1" t="s">
         <v>1255</v>
       </c>
-      <c r="B316" t="s">
-[...2 lines deleted...]
-      <c r="C316" t="s">
+      <c r="G316" t="s">
         <v>1256</v>
-      </c>
-[...10 lines deleted...]
-        <v>1258</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B317" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D317" t="s">
+        <v>10</v>
+      </c>
+      <c r="E317" t="s">
+        <v>11</v>
+      </c>
+      <c r="F317" s="1" t="s">
         <v>1259</v>
       </c>
-      <c r="B317" t="s">
-[...2 lines deleted...]
-      <c r="C317" t="s">
+      <c r="G317" t="s">
         <v>1260</v>
-      </c>
-[...10 lines deleted...]
-        <v>1262</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B318" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C318" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D318" t="s">
+        <v>10</v>
+      </c>
+      <c r="E318" t="s">
+        <v>11</v>
+      </c>
+      <c r="F318" s="1" t="s">
         <v>1263</v>
       </c>
-      <c r="B318" t="s">
-[...2 lines deleted...]
-      <c r="C318" t="s">
+      <c r="G318" t="s">
         <v>1264</v>
-      </c>
-[...10 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B319" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C319" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D319" t="s">
+        <v>10</v>
+      </c>
+      <c r="E319" t="s">
+        <v>11</v>
+      </c>
+      <c r="F319" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="B319" t="s">
-[...2 lines deleted...]
-      <c r="C319" t="s">
+      <c r="G319" t="s">
         <v>1268</v>
-      </c>
-[...10 lines deleted...]
-        <v>1270</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B320" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C320" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D320" t="s">
+        <v>10</v>
+      </c>
+      <c r="E320" t="s">
+        <v>11</v>
+      </c>
+      <c r="F320" s="1" t="s">
         <v>1271</v>
       </c>
-      <c r="B320" t="s">
-[...2 lines deleted...]
-      <c r="C320" t="s">
+      <c r="G320" t="s">
         <v>1272</v>
-      </c>
-[...10 lines deleted...]
-        <v>1274</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B321" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C321" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D321" t="s">
+        <v>10</v>
+      </c>
+      <c r="E321" t="s">
+        <v>11</v>
+      </c>
+      <c r="F321" s="1" t="s">
         <v>1275</v>
       </c>
-      <c r="B321" t="s">
-[...2 lines deleted...]
-      <c r="C321" t="s">
+      <c r="G321" t="s">
         <v>1276</v>
-      </c>
-[...10 lines deleted...]
-        <v>1278</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B322" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D322" t="s">
+        <v>10</v>
+      </c>
+      <c r="E322" t="s">
+        <v>11</v>
+      </c>
+      <c r="F322" s="1" t="s">
         <v>1279</v>
       </c>
-      <c r="B322" t="s">
-[...2 lines deleted...]
-      <c r="C322" t="s">
+      <c r="G322" t="s">
         <v>1280</v>
-      </c>
-[...10 lines deleted...]
-        <v>1282</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D323" t="s">
+        <v>10</v>
+      </c>
+      <c r="E323" t="s">
+        <v>11</v>
+      </c>
+      <c r="F323" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="B323" t="s">
-[...2 lines deleted...]
-      <c r="C323" t="s">
+      <c r="G323" t="s">
         <v>1284</v>
-      </c>
-[...10 lines deleted...]
-        <v>1286</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D324" t="s">
+        <v>10</v>
+      </c>
+      <c r="E324" t="s">
+        <v>11</v>
+      </c>
+      <c r="F324" s="1" t="s">
         <v>1287</v>
       </c>
-      <c r="B324" t="s">
-[...2 lines deleted...]
-      <c r="C324" t="s">
+      <c r="G324" t="s">
         <v>1288</v>
-      </c>
-[...10 lines deleted...]
-        <v>1290</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D325" t="s">
+        <v>10</v>
+      </c>
+      <c r="E325" t="s">
+        <v>11</v>
+      </c>
+      <c r="F325" s="1" t="s">
         <v>1291</v>
       </c>
-      <c r="B325" t="s">
-[...2 lines deleted...]
-      <c r="C325" t="s">
+      <c r="G325" t="s">
         <v>1292</v>
-      </c>
-[...10 lines deleted...]
-        <v>1290</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C326" t="s">
         <v>1294</v>
       </c>
-      <c r="B326" t="s">
-[...2 lines deleted...]
-      <c r="C326" t="s">
+      <c r="D326" t="s">
+        <v>10</v>
+      </c>
+      <c r="E326" t="s">
+        <v>11</v>
+      </c>
+      <c r="F326" s="1" t="s">
         <v>1295</v>
       </c>
-      <c r="D326" t="s">
-[...5 lines deleted...]
-      <c r="F326" s="1" t="s">
+      <c r="G326" t="s">
         <v>1296</v>
-      </c>
-[...1 lines deleted...]
-        <v>1297</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C327" t="s">
         <v>1298</v>
       </c>
-      <c r="B327" t="s">
-[...2 lines deleted...]
-      <c r="C327" t="s">
+      <c r="D327" t="s">
+        <v>10</v>
+      </c>
+      <c r="E327" t="s">
+        <v>11</v>
+      </c>
+      <c r="F327" s="1" t="s">
         <v>1299</v>
       </c>
-      <c r="D327" t="s">
-[...5 lines deleted...]
-      <c r="F327" s="1" t="s">
+      <c r="G327" t="s">
         <v>1300</v>
-      </c>
-[...1 lines deleted...]
-        <v>1301</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C328" t="s">
         <v>1302</v>
       </c>
-      <c r="B328" t="s">
-[...2 lines deleted...]
-      <c r="C328" t="s">
+      <c r="D328" t="s">
+        <v>10</v>
+      </c>
+      <c r="E328" t="s">
+        <v>11</v>
+      </c>
+      <c r="F328" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="D328" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G328" t="s">
-        <v>1305</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C329" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D329" t="s">
+        <v>10</v>
+      </c>
+      <c r="E329" t="s">
+        <v>11</v>
+      </c>
+      <c r="F329" s="1" t="s">
         <v>1306</v>
       </c>
-      <c r="B329" t="s">
-[...2 lines deleted...]
-      <c r="C329" t="s">
+      <c r="G329" t="s">
         <v>1307</v>
-      </c>
-[...10 lines deleted...]
-        <v>1309</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D330" t="s">
+        <v>10</v>
+      </c>
+      <c r="E330" t="s">
+        <v>11</v>
+      </c>
+      <c r="F330" s="1" t="s">
         <v>1310</v>
       </c>
-      <c r="B330" t="s">
-[...2 lines deleted...]
-      <c r="C330" t="s">
+      <c r="G330" t="s">
         <v>1311</v>
-      </c>
-[...10 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B331" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C331" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D331" t="s">
+        <v>10</v>
+      </c>
+      <c r="E331" t="s">
+        <v>11</v>
+      </c>
+      <c r="F331" s="1" t="s">
         <v>1314</v>
       </c>
-      <c r="B331" t="s">
-[...2 lines deleted...]
-      <c r="C331" t="s">
+      <c r="G331" t="s">
         <v>1315</v>
-      </c>
-[...10 lines deleted...]
-        <v>1317</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C332" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D332" t="s">
+        <v>10</v>
+      </c>
+      <c r="E332" t="s">
+        <v>11</v>
+      </c>
+      <c r="F332" s="1" t="s">
         <v>1318</v>
       </c>
-      <c r="B332" t="s">
-[...2 lines deleted...]
-      <c r="C332" t="s">
+      <c r="G332" t="s">
         <v>1319</v>
-      </c>
-[...10 lines deleted...]
-        <v>1321</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B333" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C333" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D333" t="s">
+        <v>10</v>
+      </c>
+      <c r="E333" t="s">
+        <v>11</v>
+      </c>
+      <c r="F333" s="1" t="s">
         <v>1322</v>
       </c>
-      <c r="B333" t="s">
-[...2 lines deleted...]
-      <c r="C333" t="s">
+      <c r="G333" t="s">
         <v>1323</v>
-      </c>
-[...10 lines deleted...]
-        <v>1325</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B334" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C334" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D334" t="s">
+        <v>10</v>
+      </c>
+      <c r="E334" t="s">
+        <v>11</v>
+      </c>
+      <c r="F334" s="1" t="s">
         <v>1326</v>
       </c>
-      <c r="B334" t="s">
-[...2 lines deleted...]
-      <c r="C334" t="s">
+      <c r="G334" t="s">
         <v>1327</v>
-      </c>
-[...10 lines deleted...]
-        <v>1329</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B335" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D335" t="s">
+        <v>10</v>
+      </c>
+      <c r="E335" t="s">
+        <v>11</v>
+      </c>
+      <c r="F335" s="1" t="s">
         <v>1330</v>
       </c>
-      <c r="B335" t="s">
-[...2 lines deleted...]
-      <c r="C335" t="s">
+      <c r="G335" t="s">
         <v>1331</v>
-      </c>
-[...10 lines deleted...]
-        <v>1250</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B336" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C336" t="s">
         <v>1333</v>
       </c>
-      <c r="B336" t="s">
-[...2 lines deleted...]
-      <c r="C336" t="s">
+      <c r="D336" t="s">
+        <v>10</v>
+      </c>
+      <c r="E336" t="s">
+        <v>11</v>
+      </c>
+      <c r="F336" s="1" t="s">
         <v>1334</v>
       </c>
-      <c r="D336" t="s">
-[...5 lines deleted...]
-      <c r="F336" s="1" t="s">
+      <c r="G336" t="s">
         <v>1335</v>
-      </c>
-[...1 lines deleted...]
-        <v>1250</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
         <v>1336</v>
       </c>
       <c r="B337" t="s">
-        <v>1104</v>
+        <v>1114</v>
       </c>
       <c r="C337" t="s">
         <v>1337</v>
       </c>
       <c r="D337" t="s">
         <v>10</v>
       </c>
       <c r="E337" t="s">
         <v>11</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>1338</v>
       </c>
       <c r="G337" t="s">
         <v>1339</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
         <v>1340</v>
       </c>
       <c r="B338" t="s">
-        <v>1104</v>
+        <v>1114</v>
       </c>
       <c r="C338" t="s">
         <v>1341</v>
       </c>
       <c r="D338" t="s">
         <v>10</v>
       </c>
       <c r="E338" t="s">
         <v>11</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>1342</v>
       </c>
       <c r="G338" t="s">
-        <v>1343</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B339" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C339" t="s">
         <v>1344</v>
       </c>
-      <c r="B339" t="s">
-[...2 lines deleted...]
-      <c r="C339" t="s">
+      <c r="D339" t="s">
+        <v>10</v>
+      </c>
+      <c r="E339" t="s">
+        <v>11</v>
+      </c>
+      <c r="F339" s="1" t="s">
         <v>1345</v>
       </c>
-      <c r="D339" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G339" t="s">
-        <v>1347</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B340" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C340" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D340" t="s">
+        <v>10</v>
+      </c>
+      <c r="E340" t="s">
+        <v>11</v>
+      </c>
+      <c r="F340" s="1" t="s">
         <v>1348</v>
       </c>
-      <c r="B340" t="s">
-[...2 lines deleted...]
-      <c r="C340" t="s">
+      <c r="G340" t="s">
         <v>1349</v>
-      </c>
-[...10 lines deleted...]
-        <v>1351</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B341" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D341" t="s">
+        <v>10</v>
+      </c>
+      <c r="E341" t="s">
+        <v>11</v>
+      </c>
+      <c r="F341" s="1" t="s">
         <v>1352</v>
       </c>
-      <c r="B341" t="s">
-[...2 lines deleted...]
-      <c r="C341" t="s">
+      <c r="G341" t="s">
         <v>1353</v>
-      </c>
-[...10 lines deleted...]
-        <v>1355</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B342" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C342" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D342" t="s">
+        <v>10</v>
+      </c>
+      <c r="E342" t="s">
+        <v>11</v>
+      </c>
+      <c r="F342" s="1" t="s">
         <v>1356</v>
       </c>
-      <c r="B342" t="s">
-[...2 lines deleted...]
-      <c r="C342" t="s">
+      <c r="G342" t="s">
         <v>1357</v>
-      </c>
-[...10 lines deleted...]
-        <v>1359</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B343" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D343" t="s">
+        <v>10</v>
+      </c>
+      <c r="E343" t="s">
+        <v>11</v>
+      </c>
+      <c r="F343" s="1" t="s">
         <v>1360</v>
       </c>
-      <c r="B343" t="s">
-[...2 lines deleted...]
-      <c r="C343" t="s">
+      <c r="G343" t="s">
         <v>1361</v>
-      </c>
-[...10 lines deleted...]
-        <v>1363</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B344" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D344" t="s">
+        <v>10</v>
+      </c>
+      <c r="E344" t="s">
+        <v>11</v>
+      </c>
+      <c r="F344" s="1" t="s">
         <v>1364</v>
       </c>
-      <c r="B344" t="s">
-[...2 lines deleted...]
-      <c r="C344" t="s">
+      <c r="G344" t="s">
         <v>1365</v>
-      </c>
-[...10 lines deleted...]
-        <v>1367</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B345" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D345" t="s">
+        <v>10</v>
+      </c>
+      <c r="E345" t="s">
+        <v>11</v>
+      </c>
+      <c r="F345" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="B345" t="s">
-[...2 lines deleted...]
-      <c r="C345" t="s">
+      <c r="G345" t="s">
         <v>1369</v>
-      </c>
-[...10 lines deleted...]
-        <v>1371</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B346" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D346" t="s">
+        <v>10</v>
+      </c>
+      <c r="E346" t="s">
+        <v>11</v>
+      </c>
+      <c r="F346" s="1" t="s">
         <v>1372</v>
       </c>
-      <c r="B346" t="s">
-[...2 lines deleted...]
-      <c r="C346" t="s">
+      <c r="G346" t="s">
         <v>1373</v>
-      </c>
-[...10 lines deleted...]
-        <v>1375</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B347" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C347" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D347" t="s">
+        <v>10</v>
+      </c>
+      <c r="E347" t="s">
+        <v>11</v>
+      </c>
+      <c r="F347" s="1" t="s">
         <v>1376</v>
       </c>
-      <c r="B347" t="s">
-[...2 lines deleted...]
-      <c r="C347" t="s">
+      <c r="G347" t="s">
         <v>1377</v>
-      </c>
-[...10 lines deleted...]
-        <v>1379</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B348" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D348" t="s">
+        <v>10</v>
+      </c>
+      <c r="E348" t="s">
+        <v>11</v>
+      </c>
+      <c r="F348" s="1" t="s">
         <v>1380</v>
       </c>
-      <c r="B348" t="s">
+      <c r="G348" t="s">
         <v>1381</v>
-      </c>
-[...13 lines deleted...]
-        <v>1384</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B349" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D349" t="s">
+        <v>10</v>
+      </c>
+      <c r="E349" t="s">
+        <v>11</v>
+      </c>
+      <c r="F349" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G349" t="s">
         <v>1385</v>
-      </c>
-[...16 lines deleted...]
-        <v>1388</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D350" t="s">
+        <v>10</v>
+      </c>
+      <c r="E350" t="s">
+        <v>11</v>
+      </c>
+      <c r="F350" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="G350" t="s">
         <v>1389</v>
-      </c>
-[...16 lines deleted...]
-        <v>1392</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D351" t="s">
+        <v>10</v>
+      </c>
+      <c r="E351" t="s">
+        <v>11</v>
+      </c>
+      <c r="F351" s="1" t="s">
         <v>1393</v>
       </c>
-      <c r="B351" t="s">
-[...2 lines deleted...]
-      <c r="C351" t="s">
+      <c r="G351" t="s">
         <v>1394</v>
-      </c>
-[...10 lines deleted...]
-        <v>1396</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C352" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D352" t="s">
+        <v>10</v>
+      </c>
+      <c r="E352" t="s">
+        <v>11</v>
+      </c>
+      <c r="F352" s="1" t="s">
         <v>1397</v>
       </c>
-      <c r="B352" t="s">
-[...2 lines deleted...]
-      <c r="C352" t="s">
+      <c r="G352" t="s">
         <v>1398</v>
-      </c>
-[...10 lines deleted...]
-        <v>1400</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B353" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D353" t="s">
+        <v>10</v>
+      </c>
+      <c r="E353" t="s">
+        <v>11</v>
+      </c>
+      <c r="F353" s="1" t="s">
         <v>1401</v>
       </c>
-      <c r="B353" t="s">
-[...2 lines deleted...]
-      <c r="C353" t="s">
+      <c r="G353" t="s">
         <v>1402</v>
-      </c>
-[...10 lines deleted...]
-        <v>1404</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B354" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D354" t="s">
+        <v>10</v>
+      </c>
+      <c r="E354" t="s">
+        <v>11</v>
+      </c>
+      <c r="F354" s="1" t="s">
         <v>1405</v>
       </c>
-      <c r="B354" t="s">
-[...2 lines deleted...]
-      <c r="C354" t="s">
+      <c r="G354" t="s">
         <v>1406</v>
-      </c>
-[...10 lines deleted...]
-        <v>1408</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B355" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D355" t="s">
+        <v>10</v>
+      </c>
+      <c r="E355" t="s">
+        <v>11</v>
+      </c>
+      <c r="F355" s="1" t="s">
         <v>1409</v>
       </c>
-      <c r="B355" t="s">
-[...2 lines deleted...]
-      <c r="C355" t="s">
+      <c r="G355" t="s">
         <v>1410</v>
-      </c>
-[...10 lines deleted...]
-        <v>1412</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B356" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D356" t="s">
+        <v>10</v>
+      </c>
+      <c r="E356" t="s">
+        <v>11</v>
+      </c>
+      <c r="F356" s="1" t="s">
         <v>1413</v>
       </c>
-      <c r="B356" t="s">
-[...2 lines deleted...]
-      <c r="C356" t="s">
+      <c r="G356" t="s">
         <v>1414</v>
-      </c>
-[...10 lines deleted...]
-        <v>1416</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D357" t="s">
+        <v>10</v>
+      </c>
+      <c r="E357" t="s">
+        <v>11</v>
+      </c>
+      <c r="F357" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="B357" t="s">
-[...2 lines deleted...]
-      <c r="C357" t="s">
+      <c r="G357" t="s">
         <v>1418</v>
-      </c>
-[...10 lines deleted...]
-        <v>1420</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B358" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D358" t="s">
+        <v>10</v>
+      </c>
+      <c r="E358" t="s">
+        <v>11</v>
+      </c>
+      <c r="F358" s="1" t="s">
         <v>1421</v>
       </c>
-      <c r="B358" t="s">
-[...2 lines deleted...]
-      <c r="C358" t="s">
+      <c r="G358" t="s">
         <v>1422</v>
-      </c>
-[...10 lines deleted...]
-        <v>1424</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B359" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D359" t="s">
+        <v>10</v>
+      </c>
+      <c r="E359" t="s">
+        <v>11</v>
+      </c>
+      <c r="F359" s="1" t="s">
         <v>1425</v>
       </c>
-      <c r="B359" t="s">
-[...2 lines deleted...]
-      <c r="C359" t="s">
+      <c r="G359" t="s">
         <v>1426</v>
-      </c>
-[...10 lines deleted...]
-        <v>1428</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B360" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C360" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D360" t="s">
+        <v>10</v>
+      </c>
+      <c r="E360" t="s">
+        <v>11</v>
+      </c>
+      <c r="F360" s="1" t="s">
         <v>1429</v>
       </c>
-      <c r="B360" t="s">
-[...2 lines deleted...]
-      <c r="C360" t="s">
+      <c r="G360" t="s">
         <v>1430</v>
-      </c>
-[...10 lines deleted...]
-        <v>1432</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B361" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D361" t="s">
+        <v>10</v>
+      </c>
+      <c r="E361" t="s">
+        <v>11</v>
+      </c>
+      <c r="F361" s="1" t="s">
         <v>1433</v>
       </c>
-      <c r="B361" t="s">
-[...2 lines deleted...]
-      <c r="C361" t="s">
+      <c r="G361" t="s">
         <v>1434</v>
-      </c>
-[...10 lines deleted...]
-        <v>1436</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B362" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D362" t="s">
+        <v>10</v>
+      </c>
+      <c r="E362" t="s">
+        <v>11</v>
+      </c>
+      <c r="F362" s="1" t="s">
         <v>1437</v>
       </c>
-      <c r="B362" t="s">
-[...2 lines deleted...]
-      <c r="C362" t="s">
+      <c r="G362" t="s">
         <v>1438</v>
-      </c>
-[...10 lines deleted...]
-        <v>1440</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B363" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D363" t="s">
+        <v>10</v>
+      </c>
+      <c r="E363" t="s">
+        <v>11</v>
+      </c>
+      <c r="F363" s="1" t="s">
         <v>1441</v>
       </c>
-      <c r="B363" t="s">
-[...2 lines deleted...]
-      <c r="C363" t="s">
+      <c r="G363" t="s">
         <v>1442</v>
-      </c>
-[...10 lines deleted...]
-        <v>1444</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D364" t="s">
+        <v>10</v>
+      </c>
+      <c r="E364" t="s">
+        <v>11</v>
+      </c>
+      <c r="F364" s="1" t="s">
         <v>1445</v>
       </c>
-      <c r="B364" t="s">
-[...2 lines deleted...]
-      <c r="C364" t="s">
+      <c r="G364" t="s">
         <v>1446</v>
-      </c>
-[...10 lines deleted...]
-        <v>1448</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B365" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D365" t="s">
+        <v>10</v>
+      </c>
+      <c r="E365" t="s">
+        <v>11</v>
+      </c>
+      <c r="F365" s="1" t="s">
         <v>1449</v>
       </c>
-      <c r="B365" t="s">
-[...2 lines deleted...]
-      <c r="C365" t="s">
+      <c r="G365" t="s">
         <v>1450</v>
-      </c>
-[...10 lines deleted...]
-        <v>1452</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B366" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D366" t="s">
+        <v>10</v>
+      </c>
+      <c r="E366" t="s">
+        <v>11</v>
+      </c>
+      <c r="F366" s="1" t="s">
         <v>1453</v>
       </c>
-      <c r="B366" t="s">
-[...2 lines deleted...]
-      <c r="C366" t="s">
+      <c r="G366" t="s">
         <v>1454</v>
-      </c>
-[...10 lines deleted...]
-        <v>1456</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D367" t="s">
+        <v>10</v>
+      </c>
+      <c r="E367" t="s">
+        <v>11</v>
+      </c>
+      <c r="F367" s="1" t="s">
         <v>1457</v>
       </c>
-      <c r="B367" t="s">
-[...2 lines deleted...]
-      <c r="C367" t="s">
+      <c r="G367" t="s">
         <v>1458</v>
-      </c>
-[...10 lines deleted...]
-        <v>1460</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B368" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C368" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D368" t="s">
+        <v>10</v>
+      </c>
+      <c r="E368" t="s">
+        <v>11</v>
+      </c>
+      <c r="F368" s="1" t="s">
         <v>1461</v>
       </c>
-      <c r="B368" t="s">
-[...2 lines deleted...]
-      <c r="C368" t="s">
+      <c r="G368" t="s">
         <v>1462</v>
-      </c>
-[...10 lines deleted...]
-        <v>1464</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1464</v>
+      </c>
+      <c r="D369" t="s">
+        <v>10</v>
+      </c>
+      <c r="E369" t="s">
+        <v>11</v>
+      </c>
+      <c r="F369" s="1" t="s">
         <v>1465</v>
       </c>
-      <c r="B369" t="s">
-[...2 lines deleted...]
-      <c r="C369" t="s">
+      <c r="G369" t="s">
         <v>1466</v>
-      </c>
-[...10 lines deleted...]
-        <v>1468</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D370" t="s">
+        <v>10</v>
+      </c>
+      <c r="E370" t="s">
+        <v>11</v>
+      </c>
+      <c r="F370" s="1" t="s">
         <v>1469</v>
       </c>
-      <c r="B370" t="s">
-[...2 lines deleted...]
-      <c r="C370" t="s">
+      <c r="G370" t="s">
         <v>1470</v>
-      </c>
-[...10 lines deleted...]
-        <v>1472</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B371" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D371" t="s">
+        <v>10</v>
+      </c>
+      <c r="E371" t="s">
+        <v>11</v>
+      </c>
+      <c r="F371" s="1" t="s">
         <v>1473</v>
       </c>
-      <c r="B371" t="s">
-[...2 lines deleted...]
-      <c r="C371" t="s">
+      <c r="G371" t="s">
         <v>1474</v>
-      </c>
-[...10 lines deleted...]
-        <v>1476</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B372" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D372" t="s">
+        <v>10</v>
+      </c>
+      <c r="E372" t="s">
+        <v>11</v>
+      </c>
+      <c r="F372" s="1" t="s">
         <v>1477</v>
       </c>
-      <c r="B372" t="s">
-[...2 lines deleted...]
-      <c r="C372" t="s">
+      <c r="G372" t="s">
         <v>1478</v>
-      </c>
-[...10 lines deleted...]
-        <v>1480</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D373" t="s">
+        <v>10</v>
+      </c>
+      <c r="E373" t="s">
+        <v>11</v>
+      </c>
+      <c r="F373" s="1" t="s">
         <v>1481</v>
       </c>
-      <c r="B373" t="s">
-[...2 lines deleted...]
-      <c r="C373" t="s">
+      <c r="G373" t="s">
         <v>1482</v>
-      </c>
-[...10 lines deleted...]
-        <v>1484</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B374" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D374" t="s">
+        <v>10</v>
+      </c>
+      <c r="E374" t="s">
+        <v>11</v>
+      </c>
+      <c r="F374" s="1" t="s">
         <v>1485</v>
       </c>
-      <c r="B374" t="s">
-[...2 lines deleted...]
-      <c r="C374" t="s">
+      <c r="G374" t="s">
         <v>1486</v>
-      </c>
-[...10 lines deleted...]
-        <v>1488</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B375" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C375" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D375" t="s">
+        <v>10</v>
+      </c>
+      <c r="E375" t="s">
+        <v>11</v>
+      </c>
+      <c r="F375" s="1" t="s">
         <v>1489</v>
       </c>
-      <c r="B375" t="s">
-[...2 lines deleted...]
-      <c r="C375" t="s">
+      <c r="G375" t="s">
         <v>1490</v>
-      </c>
-[...10 lines deleted...]
-        <v>1492</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B376" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C376" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D376" t="s">
+        <v>10</v>
+      </c>
+      <c r="E376" t="s">
+        <v>11</v>
+      </c>
+      <c r="F376" s="1" t="s">
         <v>1493</v>
       </c>
-      <c r="B376" t="s">
-[...2 lines deleted...]
-      <c r="C376" t="s">
+      <c r="G376" t="s">
         <v>1494</v>
-      </c>
-[...10 lines deleted...]
-        <v>1484</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C377" t="s">
         <v>1496</v>
       </c>
-      <c r="B377" t="s">
-[...2 lines deleted...]
-      <c r="C377" t="s">
+      <c r="D377" t="s">
+        <v>10</v>
+      </c>
+      <c r="E377" t="s">
+        <v>11</v>
+      </c>
+      <c r="F377" s="1" t="s">
         <v>1497</v>
       </c>
-      <c r="D377" t="s">
-[...5 lines deleted...]
-      <c r="F377" s="1" t="s">
+      <c r="G377" t="s">
         <v>1498</v>
-      </c>
-[...1 lines deleted...]
-        <v>1499</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C378" t="s">
         <v>1500</v>
       </c>
-      <c r="B378" t="s">
-[...2 lines deleted...]
-      <c r="C378" t="s">
+      <c r="D378" t="s">
+        <v>10</v>
+      </c>
+      <c r="E378" t="s">
+        <v>11</v>
+      </c>
+      <c r="F378" s="1" t="s">
         <v>1501</v>
       </c>
-      <c r="D378" t="s">
-[...5 lines deleted...]
-      <c r="F378" s="1" t="s">
+      <c r="G378" t="s">
         <v>1502</v>
-      </c>
-[...1 lines deleted...]
-        <v>1503</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C379" t="s">
         <v>1504</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
       <c r="D379" t="s">
         <v>10</v>
       </c>
       <c r="E379" t="s">
         <v>11</v>
       </c>
       <c r="F379" s="1" t="s">
         <v>1505</v>
       </c>
       <c r="G379" t="s">
-        <v>1506</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C380" t="s">
         <v>1507</v>
-      </c>
-[...4 lines deleted...]
-        <v>396</v>
       </c>
       <c r="D380" t="s">
         <v>10</v>
       </c>
       <c r="E380" t="s">
         <v>11</v>
       </c>
       <c r="F380" s="1" t="s">
         <v>1508</v>
       </c>
       <c r="G380" t="s">
         <v>1509</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
         <v>1510</v>
       </c>
       <c r="B381" t="s">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="C381" t="s">
-        <v>654</v>
+        <v>1511</v>
       </c>
       <c r="D381" t="s">
         <v>10</v>
       </c>
       <c r="E381" t="s">
         <v>11</v>
       </c>
       <c r="F381" s="1" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="G381" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="B382" t="s">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="C382" t="s">
-        <v>914</v>
+        <v>8</v>
       </c>
       <c r="D382" t="s">
         <v>10</v>
       </c>
       <c r="E382" t="s">
         <v>11</v>
       </c>
       <c r="F382" s="1" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="G382" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="B383" t="s">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="C383" t="s">
-        <v>1104</v>
+        <v>406</v>
       </c>
       <c r="D383" t="s">
         <v>10</v>
       </c>
       <c r="E383" t="s">
         <v>11</v>
       </c>
       <c r="F383" s="1" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="G383" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="B384" t="s">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="C384" t="s">
-        <v>1381</v>
+        <v>664</v>
       </c>
       <c r="D384" t="s">
         <v>10</v>
       </c>
       <c r="E384" t="s">
         <v>11</v>
       </c>
       <c r="F384" s="1" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="G384" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="B385" t="s">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="C385" t="s">
-        <v>1523</v>
+        <v>924</v>
       </c>
       <c r="D385" t="s">
         <v>10</v>
       </c>
       <c r="E385" t="s">
         <v>11</v>
       </c>
       <c r="F385" s="1" t="s">
         <v>1524</v>
       </c>
       <c r="G385" t="s">
         <v>1525</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
         <v>1526</v>
       </c>
       <c r="B386" t="s">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="C386" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D386" t="s">
+        <v>10</v>
+      </c>
+      <c r="E386" t="s">
+        <v>11</v>
+      </c>
+      <c r="F386" s="1" t="s">
         <v>1527</v>
       </c>
-      <c r="D386" t="s">
-[...5 lines deleted...]
-      <c r="F386" s="1" t="s">
+      <c r="G386" t="s">
         <v>1528</v>
-      </c>
-[...1 lines deleted...]
-        <v>1529</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B387" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D387" t="s">
+        <v>10</v>
+      </c>
+      <c r="E387" t="s">
+        <v>11</v>
+      </c>
+      <c r="F387" s="1" t="s">
         <v>1530</v>
       </c>
-      <c r="B387" t="s">
-[...2 lines deleted...]
-      <c r="C387" t="s">
+      <c r="G387" t="s">
         <v>1531</v>
-      </c>
-[...10 lines deleted...]
-        <v>1533</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B388" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D388" t="s">
+        <v>10</v>
+      </c>
+      <c r="E388" t="s">
+        <v>11</v>
+      </c>
+      <c r="F388" s="1" t="s">
         <v>1534</v>
       </c>
-      <c r="B388" t="s">
-[...2 lines deleted...]
-      <c r="C388" t="s">
+      <c r="G388" t="s">
         <v>1535</v>
-      </c>
-[...10 lines deleted...]
-        <v>1537</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B389" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D389" t="s">
+        <v>10</v>
+      </c>
+      <c r="E389" t="s">
+        <v>11</v>
+      </c>
+      <c r="F389" s="1" t="s">
         <v>1538</v>
       </c>
-      <c r="B389" t="s">
-[...2 lines deleted...]
-      <c r="C389" t="s">
+      <c r="G389" t="s">
         <v>1539</v>
-      </c>
-[...10 lines deleted...]
-        <v>1541</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B390" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D390" t="s">
+        <v>10</v>
+      </c>
+      <c r="E390" t="s">
+        <v>11</v>
+      </c>
+      <c r="F390" s="1" t="s">
         <v>1542</v>
       </c>
-      <c r="B390" t="s">
-[...2 lines deleted...]
-      <c r="C390" t="s">
+      <c r="G390" t="s">
         <v>1543</v>
-      </c>
-[...10 lines deleted...]
-        <v>1545</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B391" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1545</v>
+      </c>
+      <c r="D391" t="s">
+        <v>10</v>
+      </c>
+      <c r="E391" t="s">
+        <v>11</v>
+      </c>
+      <c r="F391" s="1" t="s">
         <v>1546</v>
       </c>
-      <c r="B391" t="s">
-[...2 lines deleted...]
-      <c r="C391" t="s">
+      <c r="G391" t="s">
         <v>1547</v>
-      </c>
-[...10 lines deleted...]
-        <v>1549</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D392" t="s">
+        <v>10</v>
+      </c>
+      <c r="E392" t="s">
+        <v>11</v>
+      </c>
+      <c r="F392" s="1" t="s">
         <v>1550</v>
       </c>
-      <c r="B392" t="s">
-[...2 lines deleted...]
-      <c r="C392" t="s">
+      <c r="G392" t="s">
         <v>1551</v>
-      </c>
-[...10 lines deleted...]
-        <v>1553</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B393" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D393" t="s">
+        <v>10</v>
+      </c>
+      <c r="E393" t="s">
+        <v>11</v>
+      </c>
+      <c r="F393" s="1" t="s">
         <v>1554</v>
       </c>
-      <c r="B393" t="s">
-[...2 lines deleted...]
-      <c r="C393" t="s">
+      <c r="G393" t="s">
         <v>1555</v>
-      </c>
-[...10 lines deleted...]
-        <v>1557</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B394" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D394" t="s">
+        <v>10</v>
+      </c>
+      <c r="E394" t="s">
+        <v>11</v>
+      </c>
+      <c r="F394" s="1" t="s">
         <v>1558</v>
       </c>
-      <c r="B394" t="s">
-[...2 lines deleted...]
-      <c r="C394" t="s">
+      <c r="G394" t="s">
         <v>1559</v>
-      </c>
-[...10 lines deleted...]
-        <v>1561</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B395" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D395" t="s">
+        <v>10</v>
+      </c>
+      <c r="E395" t="s">
+        <v>11</v>
+      </c>
+      <c r="F395" s="1" t="s">
         <v>1562</v>
       </c>
-      <c r="B395" t="s">
-[...2 lines deleted...]
-      <c r="C395" t="s">
+      <c r="G395" t="s">
         <v>1563</v>
-      </c>
-[...10 lines deleted...]
-        <v>1565</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B396" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D396" t="s">
+        <v>10</v>
+      </c>
+      <c r="E396" t="s">
+        <v>11</v>
+      </c>
+      <c r="F396" s="1" t="s">
         <v>1566</v>
       </c>
-      <c r="B396" t="s">
-[...2 lines deleted...]
-      <c r="C396" t="s">
+      <c r="G396" t="s">
         <v>1567</v>
-      </c>
-[...10 lines deleted...]
-        <v>1569</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B397" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D397" t="s">
+        <v>10</v>
+      </c>
+      <c r="E397" t="s">
+        <v>11</v>
+      </c>
+      <c r="F397" s="1" t="s">
         <v>1570</v>
       </c>
-      <c r="B397" t="s">
-[...2 lines deleted...]
-      <c r="C397" t="s">
+      <c r="G397" t="s">
         <v>1571</v>
-      </c>
-[...10 lines deleted...]
-        <v>1573</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B398" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D398" t="s">
+        <v>10</v>
+      </c>
+      <c r="E398" t="s">
+        <v>11</v>
+      </c>
+      <c r="F398" s="1" t="s">
         <v>1574</v>
       </c>
-      <c r="B398" t="s">
-[...2 lines deleted...]
-      <c r="C398" t="s">
+      <c r="G398" t="s">
         <v>1575</v>
-      </c>
-[...10 lines deleted...]
-        <v>1577</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B399" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D399" t="s">
+        <v>10</v>
+      </c>
+      <c r="E399" t="s">
+        <v>11</v>
+      </c>
+      <c r="F399" s="1" t="s">
         <v>1578</v>
       </c>
-      <c r="B399" t="s">
-[...2 lines deleted...]
-      <c r="C399" t="s">
+      <c r="G399" t="s">
         <v>1579</v>
-      </c>
-[...10 lines deleted...]
-        <v>1581</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B400" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1581</v>
+      </c>
+      <c r="D400" t="s">
+        <v>10</v>
+      </c>
+      <c r="E400" t="s">
+        <v>11</v>
+      </c>
+      <c r="F400" s="1" t="s">
         <v>1582</v>
       </c>
-      <c r="B400" t="s">
-[...2 lines deleted...]
-      <c r="C400" t="s">
+      <c r="G400" t="s">
         <v>1583</v>
-      </c>
-[...10 lines deleted...]
-        <v>1585</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B401" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1585</v>
+      </c>
+      <c r="D401" t="s">
+        <v>10</v>
+      </c>
+      <c r="E401" t="s">
+        <v>11</v>
+      </c>
+      <c r="F401" s="1" t="s">
         <v>1586</v>
       </c>
-      <c r="B401" t="s">
-[...2 lines deleted...]
-      <c r="C401" t="s">
+      <c r="G401" t="s">
         <v>1587</v>
-      </c>
-[...10 lines deleted...]
-        <v>1589</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D402" t="s">
+        <v>10</v>
+      </c>
+      <c r="E402" t="s">
+        <v>11</v>
+      </c>
+      <c r="F402" s="1" t="s">
         <v>1590</v>
       </c>
-      <c r="B402" t="s">
-[...2 lines deleted...]
-      <c r="C402" t="s">
+      <c r="G402" t="s">
         <v>1591</v>
-      </c>
-[...10 lines deleted...]
-        <v>1593</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B403" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D403" t="s">
+        <v>10</v>
+      </c>
+      <c r="E403" t="s">
+        <v>11</v>
+      </c>
+      <c r="F403" s="1" t="s">
         <v>1594</v>
       </c>
-      <c r="B403" t="s">
-[...2 lines deleted...]
-      <c r="C403" t="s">
+      <c r="G403" t="s">
         <v>1595</v>
-      </c>
-[...10 lines deleted...]
-        <v>1597</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B404" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D404" t="s">
+        <v>10</v>
+      </c>
+      <c r="E404" t="s">
+        <v>11</v>
+      </c>
+      <c r="F404" s="1" t="s">
         <v>1598</v>
       </c>
-      <c r="B404" t="s">
-[...2 lines deleted...]
-      <c r="C404" t="s">
+      <c r="G404" t="s">
         <v>1599</v>
-      </c>
-[...10 lines deleted...]
-        <v>1601</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B405" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D405" t="s">
+        <v>10</v>
+      </c>
+      <c r="E405" t="s">
+        <v>11</v>
+      </c>
+      <c r="F405" s="1" t="s">
         <v>1602</v>
       </c>
-      <c r="B405" t="s">
-[...2 lines deleted...]
-      <c r="C405" t="s">
+      <c r="G405" t="s">
         <v>1603</v>
-      </c>
-[...10 lines deleted...]
-        <v>1605</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B406" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D406" t="s">
+        <v>10</v>
+      </c>
+      <c r="E406" t="s">
+        <v>11</v>
+      </c>
+      <c r="F406" s="1" t="s">
         <v>1606</v>
       </c>
-      <c r="B406" t="s">
-[...2 lines deleted...]
-      <c r="C406" t="s">
+      <c r="G406" t="s">
         <v>1607</v>
-      </c>
-[...10 lines deleted...]
-        <v>1609</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B407" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D407" t="s">
+        <v>10</v>
+      </c>
+      <c r="E407" t="s">
+        <v>11</v>
+      </c>
+      <c r="F407" s="1" t="s">
         <v>1610</v>
       </c>
-      <c r="B407" t="s">
-[...2 lines deleted...]
-      <c r="C407" t="s">
+      <c r="G407" t="s">
         <v>1611</v>
-      </c>
-[...10 lines deleted...]
-        <v>1613</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B408" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D408" t="s">
+        <v>10</v>
+      </c>
+      <c r="E408" t="s">
+        <v>11</v>
+      </c>
+      <c r="F408" s="1" t="s">
         <v>1614</v>
       </c>
-      <c r="B408" t="s">
-[...2 lines deleted...]
-      <c r="C408" t="s">
+      <c r="G408" t="s">
         <v>1615</v>
-      </c>
-[...10 lines deleted...]
-        <v>1617</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B409" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D409" t="s">
+        <v>10</v>
+      </c>
+      <c r="E409" t="s">
+        <v>11</v>
+      </c>
+      <c r="F409" s="1" t="s">
         <v>1618</v>
       </c>
-      <c r="B409" t="s">
-[...2 lines deleted...]
-      <c r="C409" t="s">
+      <c r="G409" t="s">
         <v>1619</v>
-      </c>
-[...10 lines deleted...]
-        <v>1621</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B410" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D410" t="s">
+        <v>10</v>
+      </c>
+      <c r="E410" t="s">
+        <v>11</v>
+      </c>
+      <c r="F410" s="1" t="s">
         <v>1622</v>
       </c>
-      <c r="B410" t="s">
-[...2 lines deleted...]
-      <c r="C410" t="s">
+      <c r="G410" t="s">
         <v>1623</v>
-      </c>
-[...10 lines deleted...]
-        <v>1625</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B411" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C411" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D411" t="s">
+        <v>10</v>
+      </c>
+      <c r="E411" t="s">
+        <v>11</v>
+      </c>
+      <c r="F411" s="1" t="s">
         <v>1626</v>
       </c>
-      <c r="B411" t="s">
-[...2 lines deleted...]
-      <c r="C411" t="s">
+      <c r="G411" t="s">
         <v>1627</v>
-      </c>
-[...10 lines deleted...]
-        <v>1629</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B412" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C412" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D412" t="s">
+        <v>10</v>
+      </c>
+      <c r="E412" t="s">
+        <v>11</v>
+      </c>
+      <c r="F412" s="1" t="s">
         <v>1630</v>
       </c>
-      <c r="B412" t="s">
-[...2 lines deleted...]
-      <c r="C412" t="s">
+      <c r="G412" t="s">
         <v>1631</v>
-      </c>
-[...10 lines deleted...]
-        <v>1633</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B413" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C413" t="s">
+        <v>1633</v>
+      </c>
+      <c r="D413" t="s">
+        <v>10</v>
+      </c>
+      <c r="E413" t="s">
+        <v>11</v>
+      </c>
+      <c r="F413" s="1" t="s">
         <v>1634</v>
       </c>
-      <c r="B413" t="s">
-[...2 lines deleted...]
-      <c r="C413" t="s">
+      <c r="G413" t="s">
         <v>1635</v>
-      </c>
-[...10 lines deleted...]
-        <v>1637</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B414" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C414" t="s">
+        <v>1637</v>
+      </c>
+      <c r="D414" t="s">
+        <v>10</v>
+      </c>
+      <c r="E414" t="s">
+        <v>11</v>
+      </c>
+      <c r="F414" s="1" t="s">
         <v>1638</v>
       </c>
-      <c r="B414" t="s">
-[...2 lines deleted...]
-      <c r="C414" t="s">
+      <c r="G414" t="s">
         <v>1639</v>
-      </c>
-[...10 lines deleted...]
-        <v>1641</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B415" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C415" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D415" t="s">
+        <v>10</v>
+      </c>
+      <c r="E415" t="s">
+        <v>11</v>
+      </c>
+      <c r="F415" s="1" t="s">
         <v>1642</v>
       </c>
-      <c r="B415" t="s">
-[...2 lines deleted...]
-      <c r="C415" t="s">
+      <c r="G415" t="s">
         <v>1643</v>
-      </c>
-[...10 lines deleted...]
-        <v>1645</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B416" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C416" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D416" t="s">
+        <v>10</v>
+      </c>
+      <c r="E416" t="s">
+        <v>11</v>
+      </c>
+      <c r="F416" s="1" t="s">
         <v>1646</v>
       </c>
-      <c r="B416" t="s">
-[...2 lines deleted...]
-      <c r="C416" t="s">
+      <c r="G416" t="s">
         <v>1647</v>
-      </c>
-[...10 lines deleted...]
-        <v>1649</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B417" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C417" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D417" t="s">
+        <v>10</v>
+      </c>
+      <c r="E417" t="s">
+        <v>11</v>
+      </c>
+      <c r="F417" s="1" t="s">
         <v>1650</v>
       </c>
-      <c r="B417" t="s">
-[...2 lines deleted...]
-      <c r="C417" t="s">
+      <c r="G417" t="s">
         <v>1651</v>
-      </c>
-[...10 lines deleted...]
-        <v>1653</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B418" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C418" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D418" t="s">
+        <v>10</v>
+      </c>
+      <c r="E418" t="s">
+        <v>11</v>
+      </c>
+      <c r="F418" s="1" t="s">
         <v>1654</v>
       </c>
-      <c r="B418" t="s">
-[...2 lines deleted...]
-      <c r="C418" t="s">
+      <c r="G418" t="s">
         <v>1655</v>
-      </c>
-[...10 lines deleted...]
-        <v>1657</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B419" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C419" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D419" t="s">
+        <v>10</v>
+      </c>
+      <c r="E419" t="s">
+        <v>11</v>
+      </c>
+      <c r="F419" s="1" t="s">
         <v>1658</v>
       </c>
-      <c r="B419" t="s">
-[...2 lines deleted...]
-      <c r="C419" t="s">
+      <c r="G419" t="s">
         <v>1659</v>
-      </c>
-[...10 lines deleted...]
-        <v>1661</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B420" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C420" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D420" t="s">
+        <v>10</v>
+      </c>
+      <c r="E420" t="s">
+        <v>11</v>
+      </c>
+      <c r="F420" s="1" t="s">
         <v>1662</v>
       </c>
-      <c r="B420" t="s">
-[...2 lines deleted...]
-      <c r="C420" t="s">
+      <c r="G420" t="s">
         <v>1663</v>
-      </c>
-[...10 lines deleted...]
-        <v>1665</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B421" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D421" t="s">
+        <v>10</v>
+      </c>
+      <c r="E421" t="s">
+        <v>11</v>
+      </c>
+      <c r="F421" s="1" t="s">
         <v>1666</v>
       </c>
-      <c r="B421" t="s">
-[...2 lines deleted...]
-      <c r="C421" t="s">
+      <c r="G421" t="s">
         <v>1667</v>
-      </c>
-[...10 lines deleted...]
-        <v>1669</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B422" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C422" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D422" t="s">
+        <v>10</v>
+      </c>
+      <c r="E422" t="s">
+        <v>11</v>
+      </c>
+      <c r="F422" s="1" t="s">
         <v>1670</v>
       </c>
-      <c r="B422" t="s">
-[...2 lines deleted...]
-      <c r="C422" t="s">
+      <c r="G422" t="s">
         <v>1671</v>
-      </c>
-[...10 lines deleted...]
-        <v>1673</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B423" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C423" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D423" t="s">
+        <v>10</v>
+      </c>
+      <c r="E423" t="s">
+        <v>11</v>
+      </c>
+      <c r="F423" s="1" t="s">
         <v>1674</v>
       </c>
-      <c r="B423" t="s">
-[...2 lines deleted...]
-      <c r="C423" t="s">
+      <c r="G423" t="s">
         <v>1675</v>
-      </c>
-[...10 lines deleted...]
-        <v>1677</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B424" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C424" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D424" t="s">
+        <v>10</v>
+      </c>
+      <c r="E424" t="s">
+        <v>11</v>
+      </c>
+      <c r="F424" s="1" t="s">
         <v>1678</v>
       </c>
-      <c r="B424" t="s">
-[...2 lines deleted...]
-      <c r="C424" t="s">
+      <c r="G424" t="s">
         <v>1679</v>
-      </c>
-[...10 lines deleted...]
-        <v>1681</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B425" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C425" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D425" t="s">
+        <v>10</v>
+      </c>
+      <c r="E425" t="s">
+        <v>11</v>
+      </c>
+      <c r="F425" s="1" t="s">
         <v>1682</v>
       </c>
-      <c r="B425" t="s">
-[...2 lines deleted...]
-      <c r="C425" t="s">
+      <c r="G425" t="s">
         <v>1683</v>
-      </c>
-[...10 lines deleted...]
-        <v>1685</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B426" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C426" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D426" t="s">
+        <v>10</v>
+      </c>
+      <c r="E426" t="s">
+        <v>11</v>
+      </c>
+      <c r="F426" s="1" t="s">
         <v>1686</v>
       </c>
-      <c r="B426" t="s">
-[...2 lines deleted...]
-      <c r="C426" t="s">
+      <c r="G426" t="s">
         <v>1687</v>
-      </c>
-[...10 lines deleted...]
-        <v>1689</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B427" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C427" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D427" t="s">
+        <v>10</v>
+      </c>
+      <c r="E427" t="s">
+        <v>11</v>
+      </c>
+      <c r="F427" s="1" t="s">
         <v>1690</v>
       </c>
-      <c r="B427" t="s">
-[...2 lines deleted...]
-      <c r="C427" t="s">
+      <c r="G427" t="s">
         <v>1691</v>
-      </c>
-[...10 lines deleted...]
-        <v>1693</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B428" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C428" t="s">
+        <v>1693</v>
+      </c>
+      <c r="D428" t="s">
+        <v>10</v>
+      </c>
+      <c r="E428" t="s">
+        <v>11</v>
+      </c>
+      <c r="F428" s="1" t="s">
         <v>1694</v>
       </c>
-      <c r="B428" t="s">
-[...2 lines deleted...]
-      <c r="C428" t="s">
+      <c r="G428" t="s">
         <v>1695</v>
-      </c>
-[...10 lines deleted...]
-        <v>1697</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B429" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C429" t="s">
+        <v>1697</v>
+      </c>
+      <c r="D429" t="s">
+        <v>10</v>
+      </c>
+      <c r="E429" t="s">
+        <v>11</v>
+      </c>
+      <c r="F429" s="1" t="s">
         <v>1698</v>
       </c>
-      <c r="B429" t="s">
-[...2 lines deleted...]
-      <c r="C429" t="s">
+      <c r="G429" t="s">
         <v>1699</v>
-      </c>
-[...10 lines deleted...]
-        <v>1701</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B430" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C430" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D430" t="s">
+        <v>10</v>
+      </c>
+      <c r="E430" t="s">
+        <v>11</v>
+      </c>
+      <c r="F430" s="1" t="s">
         <v>1702</v>
       </c>
-      <c r="B430" t="s">
-[...2 lines deleted...]
-      <c r="C430" t="s">
+      <c r="G430" t="s">
         <v>1703</v>
-      </c>
-[...10 lines deleted...]
-        <v>1705</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B431" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C431" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D431" t="s">
+        <v>10</v>
+      </c>
+      <c r="E431" t="s">
+        <v>11</v>
+      </c>
+      <c r="F431" s="1" t="s">
         <v>1706</v>
       </c>
-      <c r="B431" t="s">
-[...2 lines deleted...]
-      <c r="C431" t="s">
+      <c r="G431" t="s">
         <v>1707</v>
-      </c>
-[...10 lines deleted...]
-        <v>1709</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B432" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C432" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D432" t="s">
+        <v>10</v>
+      </c>
+      <c r="E432" t="s">
+        <v>11</v>
+      </c>
+      <c r="F432" s="1" t="s">
         <v>1710</v>
       </c>
-      <c r="B432" t="s">
-[...2 lines deleted...]
-      <c r="C432" t="s">
+      <c r="G432" t="s">
         <v>1711</v>
-      </c>
-[...10 lines deleted...]
-        <v>1713</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B433" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C433" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D433" t="s">
+        <v>10</v>
+      </c>
+      <c r="E433" t="s">
+        <v>11</v>
+      </c>
+      <c r="F433" s="1" t="s">
         <v>1714</v>
       </c>
-      <c r="B433" t="s">
-[...2 lines deleted...]
-      <c r="C433" t="s">
+      <c r="G433" t="s">
         <v>1715</v>
-      </c>
-[...10 lines deleted...]
-        <v>1717</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B434" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C434" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D434" t="s">
+        <v>10</v>
+      </c>
+      <c r="E434" t="s">
+        <v>11</v>
+      </c>
+      <c r="F434" s="1" t="s">
         <v>1718</v>
       </c>
-      <c r="B434" t="s">
-[...2 lines deleted...]
-      <c r="C434" t="s">
+      <c r="G434" t="s">
         <v>1719</v>
-      </c>
-[...10 lines deleted...]
-        <v>1721</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B435" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C435" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D435" t="s">
+        <v>10</v>
+      </c>
+      <c r="E435" t="s">
+        <v>11</v>
+      </c>
+      <c r="F435" s="1" t="s">
         <v>1722</v>
       </c>
-      <c r="B435" t="s">
-[...2 lines deleted...]
-      <c r="C435" t="s">
+      <c r="G435" t="s">
         <v>1723</v>
-      </c>
-[...10 lines deleted...]
-        <v>1725</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B436" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C436" t="s">
+        <v>1725</v>
+      </c>
+      <c r="D436" t="s">
+        <v>10</v>
+      </c>
+      <c r="E436" t="s">
+        <v>11</v>
+      </c>
+      <c r="F436" s="1" t="s">
         <v>1726</v>
       </c>
-      <c r="B436" t="s">
-[...2 lines deleted...]
-      <c r="C436" t="s">
+      <c r="G436" t="s">
         <v>1727</v>
-      </c>
-[...10 lines deleted...]
-        <v>1729</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B437" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C437" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D437" t="s">
+        <v>10</v>
+      </c>
+      <c r="E437" t="s">
+        <v>11</v>
+      </c>
+      <c r="F437" s="1" t="s">
         <v>1730</v>
       </c>
-      <c r="B437" t="s">
-[...2 lines deleted...]
-      <c r="C437" t="s">
+      <c r="G437" t="s">
         <v>1731</v>
-      </c>
-[...10 lines deleted...]
-        <v>1733</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B438" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C438" t="s">
+        <v>1733</v>
+      </c>
+      <c r="D438" t="s">
+        <v>10</v>
+      </c>
+      <c r="E438" t="s">
+        <v>11</v>
+      </c>
+      <c r="F438" s="1" t="s">
         <v>1734</v>
       </c>
-      <c r="B438" t="s">
-[...2 lines deleted...]
-      <c r="C438" t="s">
+      <c r="G438" t="s">
         <v>1735</v>
-      </c>
-[...10 lines deleted...]
-        <v>1737</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B439" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C439" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D439" t="s">
+        <v>10</v>
+      </c>
+      <c r="E439" t="s">
+        <v>11</v>
+      </c>
+      <c r="F439" s="1" t="s">
         <v>1738</v>
       </c>
-      <c r="B439" t="s">
-[...2 lines deleted...]
-      <c r="C439" t="s">
+      <c r="G439" t="s">
         <v>1739</v>
-      </c>
-[...10 lines deleted...]
-        <v>1741</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B440" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C440" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D440" t="s">
+        <v>10</v>
+      </c>
+      <c r="E440" t="s">
+        <v>11</v>
+      </c>
+      <c r="F440" s="1" t="s">
         <v>1742</v>
       </c>
-      <c r="B440" t="s">
-[...2 lines deleted...]
-      <c r="C440" t="s">
+      <c r="G440" t="s">
         <v>1743</v>
-      </c>
-[...10 lines deleted...]
-        <v>1717</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B441" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C441" t="s">
         <v>1745</v>
       </c>
-      <c r="B441" t="s">
-[...2 lines deleted...]
-      <c r="C441" t="s">
+      <c r="D441" t="s">
+        <v>10</v>
+      </c>
+      <c r="E441" t="s">
+        <v>11</v>
+      </c>
+      <c r="F441" s="1" t="s">
         <v>1746</v>
       </c>
-      <c r="D441" t="s">
-[...5 lines deleted...]
-      <c r="F441" s="1" t="s">
+      <c r="G441" t="s">
         <v>1747</v>
-      </c>
-[...1 lines deleted...]
-        <v>1721</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
         <v>1748</v>
       </c>
       <c r="B442" t="s">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="C442" t="s">
         <v>1749</v>
       </c>
       <c r="D442" t="s">
         <v>10</v>
       </c>
       <c r="E442" t="s">
         <v>11</v>
       </c>
       <c r="F442" s="1" t="s">
         <v>1750</v>
       </c>
       <c r="G442" t="s">
         <v>1751</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
         <v>1752</v>
       </c>
       <c r="B443" t="s">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="C443" t="s">
         <v>1753</v>
       </c>
       <c r="D443" t="s">
         <v>10</v>
       </c>
       <c r="E443" t="s">
         <v>11</v>
       </c>
       <c r="F443" s="1" t="s">
         <v>1754</v>
       </c>
       <c r="G443" t="s">
-        <v>1755</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B444" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C444" t="s">
         <v>1756</v>
       </c>
-      <c r="B444" t="s">
-[...2 lines deleted...]
-      <c r="C444" t="s">
+      <c r="D444" t="s">
+        <v>10</v>
+      </c>
+      <c r="E444" t="s">
+        <v>11</v>
+      </c>
+      <c r="F444" s="1" t="s">
         <v>1757</v>
       </c>
-      <c r="D444" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G444" t="s">
-        <v>1759</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B445" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C445" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D445" t="s">
+        <v>10</v>
+      </c>
+      <c r="E445" t="s">
+        <v>11</v>
+      </c>
+      <c r="F445" s="1" t="s">
         <v>1760</v>
       </c>
-      <c r="B445" t="s">
-[...2 lines deleted...]
-      <c r="C445" t="s">
+      <c r="G445" t="s">
         <v>1761</v>
-      </c>
-[...10 lines deleted...]
-        <v>1763</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B446" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C446" t="s">
+        <v>1763</v>
+      </c>
+      <c r="D446" t="s">
+        <v>10</v>
+      </c>
+      <c r="E446" t="s">
+        <v>11</v>
+      </c>
+      <c r="F446" s="1" t="s">
         <v>1764</v>
       </c>
-      <c r="B446" t="s">
-[...2 lines deleted...]
-      <c r="C446" t="s">
+      <c r="G446" t="s">
         <v>1765</v>
-      </c>
-[...10 lines deleted...]
-        <v>1767</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B447" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C447" t="s">
+        <v>1767</v>
+      </c>
+      <c r="D447" t="s">
+        <v>10</v>
+      </c>
+      <c r="E447" t="s">
+        <v>11</v>
+      </c>
+      <c r="F447" s="1" t="s">
         <v>1768</v>
       </c>
-      <c r="B447" t="s">
-[...2 lines deleted...]
-      <c r="C447" t="s">
+      <c r="G447" t="s">
         <v>1769</v>
-      </c>
-[...10 lines deleted...]
-        <v>1771</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B448" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C448" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D448" t="s">
+        <v>10</v>
+      </c>
+      <c r="E448" t="s">
+        <v>11</v>
+      </c>
+      <c r="F448" s="1" t="s">
         <v>1772</v>
       </c>
-      <c r="B448" t="s">
-[...2 lines deleted...]
-      <c r="C448" t="s">
+      <c r="G448" t="s">
         <v>1773</v>
-      </c>
-[...10 lines deleted...]
-        <v>1775</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B449" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C449" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D449" t="s">
+        <v>10</v>
+      </c>
+      <c r="E449" t="s">
+        <v>11</v>
+      </c>
+      <c r="F449" s="1" t="s">
         <v>1776</v>
       </c>
-      <c r="B449" t="s">
-[...2 lines deleted...]
-      <c r="C449" t="s">
+      <c r="G449" t="s">
         <v>1777</v>
-      </c>
-[...10 lines deleted...]
-        <v>1779</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B450" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C450" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D450" t="s">
+        <v>10</v>
+      </c>
+      <c r="E450" t="s">
+        <v>11</v>
+      </c>
+      <c r="F450" s="1" t="s">
         <v>1780</v>
       </c>
-      <c r="B450" t="s">
-[...2 lines deleted...]
-      <c r="C450" t="s">
+      <c r="G450" t="s">
         <v>1781</v>
-      </c>
-[...10 lines deleted...]
-        <v>1783</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B451" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C451" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D451" t="s">
+        <v>10</v>
+      </c>
+      <c r="E451" t="s">
+        <v>11</v>
+      </c>
+      <c r="F451" s="1" t="s">
         <v>1784</v>
       </c>
-      <c r="B451" t="s">
-[...2 lines deleted...]
-      <c r="C451" t="s">
+      <c r="G451" t="s">
         <v>1785</v>
-      </c>
-[...10 lines deleted...]
-        <v>1787</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B452" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C452" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D452" t="s">
+        <v>10</v>
+      </c>
+      <c r="E452" t="s">
+        <v>11</v>
+      </c>
+      <c r="F452" s="1" t="s">
         <v>1788</v>
       </c>
-      <c r="B452" t="s">
-[...2 lines deleted...]
-      <c r="C452" t="s">
+      <c r="G452" t="s">
         <v>1789</v>
-      </c>
-[...10 lines deleted...]
-        <v>1791</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B453" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C453" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D453" t="s">
+        <v>10</v>
+      </c>
+      <c r="E453" t="s">
+        <v>11</v>
+      </c>
+      <c r="F453" s="1" t="s">
         <v>1792</v>
       </c>
-      <c r="B453" t="s">
-[...2 lines deleted...]
-      <c r="C453" t="s">
+      <c r="G453" t="s">
         <v>1793</v>
-      </c>
-[...10 lines deleted...]
-        <v>1795</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
+        <v>1794</v>
+      </c>
+      <c r="B454" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C454" t="s">
+        <v>1795</v>
+      </c>
+      <c r="D454" t="s">
+        <v>10</v>
+      </c>
+      <c r="E454" t="s">
+        <v>11</v>
+      </c>
+      <c r="F454" s="1" t="s">
         <v>1796</v>
       </c>
-      <c r="B454" t="s">
-[...2 lines deleted...]
-      <c r="C454" t="s">
+      <c r="G454" t="s">
         <v>1797</v>
-      </c>
-[...10 lines deleted...]
-        <v>1799</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B455" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C455" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D455" t="s">
+        <v>10</v>
+      </c>
+      <c r="E455" t="s">
+        <v>11</v>
+      </c>
+      <c r="F455" s="1" t="s">
         <v>1800</v>
       </c>
-      <c r="B455" t="s">
-[...2 lines deleted...]
-      <c r="C455" t="s">
+      <c r="G455" t="s">
         <v>1801</v>
-      </c>
-[...10 lines deleted...]
-        <v>1803</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B456" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C456" t="s">
+        <v>1803</v>
+      </c>
+      <c r="D456" t="s">
+        <v>10</v>
+      </c>
+      <c r="E456" t="s">
+        <v>11</v>
+      </c>
+      <c r="F456" s="1" t="s">
         <v>1804</v>
       </c>
-      <c r="B456" t="s">
-[...2 lines deleted...]
-      <c r="C456" t="s">
+      <c r="G456" t="s">
         <v>1805</v>
-      </c>
-[...10 lines deleted...]
-        <v>1807</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B457" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C457" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D457" t="s">
+        <v>10</v>
+      </c>
+      <c r="E457" t="s">
+        <v>11</v>
+      </c>
+      <c r="F457" s="1" t="s">
         <v>1808</v>
       </c>
-      <c r="B457" t="s">
-[...2 lines deleted...]
-      <c r="C457" t="s">
+      <c r="G457" t="s">
         <v>1809</v>
-      </c>
-[...10 lines deleted...]
-        <v>1811</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B458" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C458" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D458" t="s">
+        <v>10</v>
+      </c>
+      <c r="E458" t="s">
+        <v>11</v>
+      </c>
+      <c r="F458" s="1" t="s">
         <v>1812</v>
       </c>
-      <c r="B458" t="s">
-[...2 lines deleted...]
-      <c r="C458" t="s">
+      <c r="G458" t="s">
         <v>1813</v>
-      </c>
-[...10 lines deleted...]
-        <v>1815</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B459" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C459" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D459" t="s">
+        <v>10</v>
+      </c>
+      <c r="E459" t="s">
+        <v>11</v>
+      </c>
+      <c r="F459" s="1" t="s">
         <v>1816</v>
       </c>
-      <c r="B459" t="s">
-[...2 lines deleted...]
-      <c r="C459" t="s">
+      <c r="G459" t="s">
         <v>1817</v>
-      </c>
-[...10 lines deleted...]
-        <v>1819</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B460" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C460" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D460" t="s">
+        <v>10</v>
+      </c>
+      <c r="E460" t="s">
+        <v>11</v>
+      </c>
+      <c r="F460" s="1" t="s">
         <v>1820</v>
       </c>
-      <c r="B460" t="s">
-[...2 lines deleted...]
-      <c r="C460" t="s">
+      <c r="G460" t="s">
         <v>1821</v>
-      </c>
-[...10 lines deleted...]
-        <v>1823</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B461" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C461" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D461" t="s">
+        <v>10</v>
+      </c>
+      <c r="E461" t="s">
+        <v>11</v>
+      </c>
+      <c r="F461" s="1" t="s">
         <v>1824</v>
       </c>
-      <c r="B461" t="s">
-[...2 lines deleted...]
-      <c r="C461" t="s">
+      <c r="G461" t="s">
         <v>1825</v>
-      </c>
-[...10 lines deleted...]
-        <v>1827</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B462" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C462" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D462" t="s">
+        <v>10</v>
+      </c>
+      <c r="E462" t="s">
+        <v>11</v>
+      </c>
+      <c r="F462" s="1" t="s">
         <v>1828</v>
       </c>
-      <c r="B462" t="s">
-[...2 lines deleted...]
-      <c r="C462" t="s">
+      <c r="G462" t="s">
         <v>1829</v>
-      </c>
-[...10 lines deleted...]
-        <v>1831</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B463" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C463" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D463" t="s">
+        <v>10</v>
+      </c>
+      <c r="E463" t="s">
+        <v>11</v>
+      </c>
+      <c r="F463" s="1" t="s">
         <v>1832</v>
       </c>
-      <c r="B463" t="s">
-[...2 lines deleted...]
-      <c r="C463" t="s">
+      <c r="G463" t="s">
         <v>1833</v>
-      </c>
-[...10 lines deleted...]
-        <v>1835</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B464" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C464" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D464" t="s">
+        <v>10</v>
+      </c>
+      <c r="E464" t="s">
+        <v>11</v>
+      </c>
+      <c r="F464" s="1" t="s">
         <v>1836</v>
       </c>
-      <c r="B464" t="s">
-[...2 lines deleted...]
-      <c r="C464" t="s">
+      <c r="G464" t="s">
         <v>1837</v>
-      </c>
-[...10 lines deleted...]
-        <v>1839</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B465" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C465" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D465" t="s">
+        <v>10</v>
+      </c>
+      <c r="E465" t="s">
+        <v>11</v>
+      </c>
+      <c r="F465" s="1" t="s">
         <v>1840</v>
       </c>
-      <c r="B465" t="s">
-[...2 lines deleted...]
-      <c r="C465" t="s">
+      <c r="G465" t="s">
         <v>1841</v>
-      </c>
-[...10 lines deleted...]
-        <v>1843</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B466" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C466" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D466" t="s">
+        <v>10</v>
+      </c>
+      <c r="E466" t="s">
+        <v>11</v>
+      </c>
+      <c r="F466" s="1" t="s">
         <v>1844</v>
       </c>
-      <c r="B466" t="s">
-[...2 lines deleted...]
-      <c r="C466" t="s">
+      <c r="G466" t="s">
         <v>1845</v>
-      </c>
-[...10 lines deleted...]
-        <v>1846</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B467" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C467" t="s">
         <v>1847</v>
       </c>
-      <c r="B467" t="s">
-[...2 lines deleted...]
-      <c r="C467" t="s">
+      <c r="D467" t="s">
+        <v>10</v>
+      </c>
+      <c r="E467" t="s">
+        <v>11</v>
+      </c>
+      <c r="F467" s="1" t="s">
         <v>1848</v>
       </c>
-      <c r="D467" t="s">
-[...5 lines deleted...]
-      <c r="F467" s="1" t="s">
+      <c r="G467" t="s">
         <v>1849</v>
-      </c>
-[...1 lines deleted...]
-        <v>1850</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B468" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C468" t="s">
         <v>1851</v>
       </c>
-      <c r="B468" t="s">
-[...2 lines deleted...]
-      <c r="C468" t="s">
+      <c r="D468" t="s">
+        <v>10</v>
+      </c>
+      <c r="E468" t="s">
+        <v>11</v>
+      </c>
+      <c r="F468" s="1" t="s">
         <v>1852</v>
       </c>
-      <c r="D468" t="s">
-[...5 lines deleted...]
-      <c r="F468" s="1" t="s">
+      <c r="G468" t="s">
         <v>1853</v>
-      </c>
-[...1 lines deleted...]
-        <v>1835</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
         <v>1854</v>
       </c>
       <c r="B469" t="s">
-        <v>1523</v>
+        <v>1533</v>
       </c>
       <c r="C469" t="s">
         <v>1855</v>
       </c>
       <c r="D469" t="s">
         <v>10</v>
       </c>
       <c r="E469" t="s">
         <v>11</v>
       </c>
       <c r="F469" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G469" t="s">
         <v>1856</v>
-      </c>
-[...1 lines deleted...]
-        <v>1857</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B470" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C470" t="s">
         <v>1858</v>
       </c>
-      <c r="B470" t="s">
-[...2 lines deleted...]
-      <c r="C470" t="s">
+      <c r="D470" t="s">
+        <v>10</v>
+      </c>
+      <c r="E470" t="s">
+        <v>11</v>
+      </c>
+      <c r="F470" s="1" t="s">
         <v>1859</v>
       </c>
-      <c r="D470" t="s">
-[...5 lines deleted...]
-      <c r="F470" s="1" t="s">
+      <c r="G470" t="s">
         <v>1860</v>
-      </c>
-[...1 lines deleted...]
-        <v>1861</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B471" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C471" t="s">
         <v>1862</v>
       </c>
-      <c r="B471" t="s">
-[...2 lines deleted...]
-      <c r="C471" t="s">
+      <c r="D471" t="s">
+        <v>10</v>
+      </c>
+      <c r="E471" t="s">
+        <v>11</v>
+      </c>
+      <c r="F471" s="1" t="s">
         <v>1863</v>
       </c>
-      <c r="D471" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G471" t="s">
-        <v>1865</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B472" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C472" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D472" t="s">
+        <v>10</v>
+      </c>
+      <c r="E472" t="s">
+        <v>11</v>
+      </c>
+      <c r="F472" s="1" t="s">
         <v>1866</v>
       </c>
-      <c r="B472" t="s">
-[...2 lines deleted...]
-      <c r="C472" t="s">
+      <c r="G472" t="s">
         <v>1867</v>
-      </c>
-[...10 lines deleted...]
-        <v>1869</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
+        <v>1868</v>
+      </c>
+      <c r="B473" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C473" t="s">
+        <v>1869</v>
+      </c>
+      <c r="D473" t="s">
+        <v>10</v>
+      </c>
+      <c r="E473" t="s">
+        <v>11</v>
+      </c>
+      <c r="F473" s="1" t="s">
         <v>1870</v>
       </c>
-      <c r="B473" t="s">
-[...2 lines deleted...]
-      <c r="C473" t="s">
+      <c r="G473" t="s">
         <v>1871</v>
-      </c>
-[...10 lines deleted...]
-        <v>1865</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B474" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C474" t="s">
         <v>1873</v>
       </c>
-      <c r="B474" t="s">
-[...2 lines deleted...]
-      <c r="C474" t="s">
+      <c r="D474" t="s">
+        <v>10</v>
+      </c>
+      <c r="E474" t="s">
+        <v>11</v>
+      </c>
+      <c r="F474" s="1" t="s">
         <v>1874</v>
       </c>
-      <c r="D474" t="s">
-[...5 lines deleted...]
-      <c r="F474" s="1" t="s">
+      <c r="G474" t="s">
         <v>1875</v>
-      </c>
-[...1 lines deleted...]
-        <v>1876</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B475" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C475" t="s">
         <v>1877</v>
       </c>
-      <c r="B475" t="s">
-[...2 lines deleted...]
-      <c r="C475" t="s">
+      <c r="D475" t="s">
+        <v>10</v>
+      </c>
+      <c r="E475" t="s">
+        <v>11</v>
+      </c>
+      <c r="F475" s="1" t="s">
         <v>1878</v>
       </c>
-      <c r="D475" t="s">
-[...5 lines deleted...]
-      <c r="F475" s="1" t="s">
+      <c r="G475" t="s">
         <v>1879</v>
-      </c>
-[...1 lines deleted...]
-        <v>1880</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B476" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C476" t="s">
         <v>1881</v>
       </c>
-      <c r="B476" t="s">
-[...2 lines deleted...]
-      <c r="C476" t="s">
+      <c r="D476" t="s">
+        <v>10</v>
+      </c>
+      <c r="E476" t="s">
+        <v>11</v>
+      </c>
+      <c r="F476" s="1" t="s">
         <v>1882</v>
       </c>
-      <c r="D476" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G476" t="s">
-        <v>1884</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B477" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1884</v>
+      </c>
+      <c r="D477" t="s">
+        <v>10</v>
+      </c>
+      <c r="E477" t="s">
+        <v>11</v>
+      </c>
+      <c r="F477" s="1" t="s">
         <v>1885</v>
       </c>
-      <c r="B477" t="s">
-[...2 lines deleted...]
-      <c r="C477" t="s">
+      <c r="G477" t="s">
         <v>1886</v>
-      </c>
-[...10 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B478" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C478" t="s">
         <v>1888</v>
       </c>
-      <c r="B478" t="s">
-[...2 lines deleted...]
-      <c r="C478" t="s">
+      <c r="D478" t="s">
+        <v>10</v>
+      </c>
+      <c r="E478" t="s">
+        <v>11</v>
+      </c>
+      <c r="F478" s="1" t="s">
         <v>1889</v>
       </c>
-      <c r="D478" t="s">
-[...5 lines deleted...]
-      <c r="F478" s="1" t="s">
+      <c r="G478" t="s">
         <v>1890</v>
-      </c>
-[...1 lines deleted...]
-        <v>1891</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B479" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C479" t="s">
         <v>1892</v>
       </c>
-      <c r="B479" t="s">
-[...2 lines deleted...]
-      <c r="C479" t="s">
+      <c r="D479" t="s">
+        <v>10</v>
+      </c>
+      <c r="E479" t="s">
+        <v>11</v>
+      </c>
+      <c r="F479" s="1" t="s">
         <v>1893</v>
       </c>
-      <c r="D479" t="s">
-[...5 lines deleted...]
-      <c r="F479" s="1" t="s">
+      <c r="G479" t="s">
         <v>1894</v>
-      </c>
-[...1 lines deleted...]
-        <v>981</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
         <v>1895</v>
       </c>
       <c r="B480" t="s">
-        <v>1523</v>
+        <v>1533</v>
       </c>
       <c r="C480" t="s">
         <v>1896</v>
       </c>
       <c r="D480" t="s">
         <v>10</v>
       </c>
       <c r="E480" t="s">
         <v>11</v>
       </c>
       <c r="F480" s="1" t="s">
         <v>1897</v>
       </c>
       <c r="G480" t="s">
-        <v>1861</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
         <v>1898</v>
       </c>
       <c r="B481" t="s">
-        <v>1523</v>
+        <v>1533</v>
       </c>
       <c r="C481" t="s">
         <v>1899</v>
       </c>
       <c r="D481" t="s">
         <v>10</v>
       </c>
       <c r="E481" t="s">
         <v>11</v>
       </c>
       <c r="F481" s="1" t="s">
         <v>1900</v>
       </c>
       <c r="G481" t="s">
         <v>1901</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
         <v>1902</v>
       </c>
       <c r="B482" t="s">
-        <v>1523</v>
+        <v>1533</v>
       </c>
       <c r="C482" t="s">
         <v>1903</v>
       </c>
       <c r="D482" t="s">
         <v>10</v>
       </c>
       <c r="E482" t="s">
         <v>11</v>
       </c>
       <c r="F482" s="1" t="s">
         <v>1904</v>
       </c>
       <c r="G482" t="s">
-        <v>1905</v>
+        <v>991</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B483" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C483" t="s">
         <v>1906</v>
       </c>
-      <c r="B483" t="s">
-[...2 lines deleted...]
-      <c r="C483" t="s">
+      <c r="D483" t="s">
+        <v>10</v>
+      </c>
+      <c r="E483" t="s">
+        <v>11</v>
+      </c>
+      <c r="F483" s="1" t="s">
         <v>1907</v>
       </c>
-      <c r="D483" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G483" t="s">
-        <v>1865</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B484" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C484" t="s">
         <v>1909</v>
       </c>
-      <c r="B484" t="s">
-[...2 lines deleted...]
-      <c r="C484" t="s">
+      <c r="D484" t="s">
+        <v>10</v>
+      </c>
+      <c r="E484" t="s">
+        <v>11</v>
+      </c>
+      <c r="F484" s="1" t="s">
         <v>1910</v>
       </c>
-      <c r="D484" t="s">
-[...5 lines deleted...]
-      <c r="F484" s="1" t="s">
+      <c r="G484" t="s">
         <v>1911</v>
-      </c>
-[...1 lines deleted...]
-        <v>1912</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B485" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C485" t="s">
         <v>1913</v>
       </c>
-      <c r="B485" t="s">
-[...2 lines deleted...]
-      <c r="C485" t="s">
+      <c r="D485" t="s">
+        <v>10</v>
+      </c>
+      <c r="E485" t="s">
+        <v>11</v>
+      </c>
+      <c r="F485" s="1" t="s">
         <v>1914</v>
       </c>
-      <c r="D485" t="s">
-[...5 lines deleted...]
-      <c r="F485" s="1" t="s">
+      <c r="G485" t="s">
         <v>1915</v>
-      </c>
-[...1 lines deleted...]
-        <v>1916</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B486" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C486" t="s">
         <v>1917</v>
       </c>
-      <c r="B486" t="s">
-[...2 lines deleted...]
-      <c r="C486" t="s">
+      <c r="D486" t="s">
+        <v>10</v>
+      </c>
+      <c r="E486" t="s">
+        <v>11</v>
+      </c>
+      <c r="F486" s="1" t="s">
         <v>1918</v>
       </c>
-      <c r="D486" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G486" t="s">
-        <v>1920</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B487" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C487" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D487" t="s">
+        <v>10</v>
+      </c>
+      <c r="E487" t="s">
+        <v>11</v>
+      </c>
+      <c r="F487" s="1" t="s">
         <v>1921</v>
       </c>
-      <c r="B487" t="s">
-[...2 lines deleted...]
-      <c r="C487" t="s">
+      <c r="G487" t="s">
         <v>1922</v>
-      </c>
-[...10 lines deleted...]
-        <v>1869</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
+        <v>1923</v>
+      </c>
+      <c r="B488" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C488" t="s">
         <v>1924</v>
       </c>
-      <c r="B488" t="s">
-[...2 lines deleted...]
-      <c r="C488" t="s">
+      <c r="D488" t="s">
+        <v>10</v>
+      </c>
+      <c r="E488" t="s">
+        <v>11</v>
+      </c>
+      <c r="F488" s="1" t="s">
         <v>1925</v>
       </c>
-      <c r="D488" t="s">
-[...5 lines deleted...]
-      <c r="F488" s="1" t="s">
+      <c r="G488" t="s">
         <v>1926</v>
-      </c>
-[...1 lines deleted...]
-        <v>1927</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B489" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C489" t="s">
         <v>1928</v>
       </c>
-      <c r="B489" t="s">
-[...2 lines deleted...]
-      <c r="C489" t="s">
+      <c r="D489" t="s">
+        <v>10</v>
+      </c>
+      <c r="E489" t="s">
+        <v>11</v>
+      </c>
+      <c r="F489" s="1" t="s">
         <v>1929</v>
       </c>
-      <c r="D489" t="s">
-[...5 lines deleted...]
-      <c r="F489" s="1" t="s">
+      <c r="G489" t="s">
         <v>1930</v>
-      </c>
-[...1 lines deleted...]
-        <v>1931</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B490" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C490" t="s">
         <v>1932</v>
       </c>
-      <c r="B490" t="s">
-[...2 lines deleted...]
-      <c r="C490" t="s">
+      <c r="D490" t="s">
+        <v>10</v>
+      </c>
+      <c r="E490" t="s">
+        <v>11</v>
+      </c>
+      <c r="F490" s="1" t="s">
         <v>1933</v>
       </c>
-      <c r="D490" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G490" t="s">
-        <v>1935</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B491" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C491" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D491" t="s">
+        <v>10</v>
+      </c>
+      <c r="E491" t="s">
+        <v>11</v>
+      </c>
+      <c r="F491" s="1" t="s">
         <v>1936</v>
       </c>
-      <c r="B491" t="s">
-[...2 lines deleted...]
-      <c r="C491" t="s">
+      <c r="G491" t="s">
         <v>1937</v>
-      </c>
-[...10 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B492" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C492" t="s">
         <v>1939</v>
       </c>
-      <c r="B492" t="s">
-[...2 lines deleted...]
-      <c r="C492" t="s">
+      <c r="D492" t="s">
+        <v>10</v>
+      </c>
+      <c r="E492" t="s">
+        <v>11</v>
+      </c>
+      <c r="F492" s="1" t="s">
         <v>1940</v>
       </c>
-      <c r="D492" t="s">
-[...5 lines deleted...]
-      <c r="F492" s="1" t="s">
+      <c r="G492" t="s">
         <v>1941</v>
-      </c>
-[...1 lines deleted...]
-        <v>1942</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B493" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C493" t="s">
         <v>1943</v>
       </c>
-      <c r="B493" t="s">
-[...2 lines deleted...]
-      <c r="C493" t="s">
+      <c r="D493" t="s">
+        <v>10</v>
+      </c>
+      <c r="E493" t="s">
+        <v>11</v>
+      </c>
+      <c r="F493" s="1" t="s">
         <v>1944</v>
       </c>
-      <c r="D493" t="s">
-[...5 lines deleted...]
-      <c r="F493" s="1" t="s">
+      <c r="G493" t="s">
         <v>1945</v>
-      </c>
-[...1 lines deleted...]
-        <v>1946</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B494" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C494" t="s">
         <v>1947</v>
       </c>
-      <c r="B494" t="s">
-[...2 lines deleted...]
-      <c r="C494" t="s">
+      <c r="D494" t="s">
+        <v>10</v>
+      </c>
+      <c r="E494" t="s">
+        <v>11</v>
+      </c>
+      <c r="F494" s="1" t="s">
         <v>1948</v>
       </c>
-      <c r="D494" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G494" t="s">
-        <v>1850</v>
+        <v>112</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B495" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C495" t="s">
         <v>1950</v>
       </c>
-      <c r="B495" t="s">
-[...2 lines deleted...]
-      <c r="C495" t="s">
+      <c r="D495" t="s">
+        <v>10</v>
+      </c>
+      <c r="E495" t="s">
+        <v>11</v>
+      </c>
+      <c r="F495" s="1" t="s">
         <v>1951</v>
       </c>
-      <c r="D495" t="s">
-[...5 lines deleted...]
-      <c r="F495" s="1" t="s">
+      <c r="G495" t="s">
         <v>1952</v>
-      </c>
-[...1 lines deleted...]
-        <v>1835</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
         <v>1953</v>
       </c>
       <c r="B496" t="s">
-        <v>1523</v>
+        <v>1533</v>
       </c>
       <c r="C496" t="s">
         <v>1954</v>
       </c>
       <c r="D496" t="s">
         <v>10</v>
       </c>
       <c r="E496" t="s">
         <v>11</v>
       </c>
       <c r="F496" s="1" t="s">
         <v>1955</v>
       </c>
       <c r="G496" t="s">
         <v>1956</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
         <v>1957</v>
       </c>
       <c r="B497" t="s">
-        <v>1523</v>
+        <v>1533</v>
       </c>
       <c r="C497" t="s">
         <v>1958</v>
       </c>
       <c r="D497" t="s">
         <v>10</v>
       </c>
       <c r="E497" t="s">
         <v>11</v>
       </c>
       <c r="F497" s="1" t="s">
         <v>1959</v>
       </c>
       <c r="G497" t="s">
-        <v>1960</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B498" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C498" t="s">
         <v>1961</v>
       </c>
-      <c r="B498" t="s">
-[...2 lines deleted...]
-      <c r="C498" t="s">
+      <c r="D498" t="s">
+        <v>10</v>
+      </c>
+      <c r="E498" t="s">
+        <v>11</v>
+      </c>
+      <c r="F498" s="1" t="s">
         <v>1962</v>
       </c>
-      <c r="D498" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G498" t="s">
-        <v>1964</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B499" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D499" t="s">
+        <v>10</v>
+      </c>
+      <c r="E499" t="s">
+        <v>11</v>
+      </c>
+      <c r="F499" s="1" t="s">
         <v>1965</v>
       </c>
-      <c r="B499" t="s">
-[...2 lines deleted...]
-      <c r="C499" t="s">
+      <c r="G499" t="s">
         <v>1966</v>
-      </c>
-[...10 lines deleted...]
-        <v>1968</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B500" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C500" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D500" t="s">
+        <v>10</v>
+      </c>
+      <c r="E500" t="s">
+        <v>11</v>
+      </c>
+      <c r="F500" s="1" t="s">
         <v>1969</v>
       </c>
-      <c r="B500" t="s">
-[...2 lines deleted...]
-      <c r="C500" t="s">
+      <c r="G500" t="s">
         <v>1970</v>
-      </c>
-[...10 lines deleted...]
-        <v>1972</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B501" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C501" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D501" t="s">
+        <v>10</v>
+      </c>
+      <c r="E501" t="s">
+        <v>11</v>
+      </c>
+      <c r="F501" s="1" t="s">
         <v>1973</v>
       </c>
-      <c r="B501" t="s">
-[...2 lines deleted...]
-      <c r="C501" t="s">
+      <c r="G501" t="s">
         <v>1974</v>
-      </c>
-[...10 lines deleted...]
-        <v>1976</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B502" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C502" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D502" t="s">
+        <v>10</v>
+      </c>
+      <c r="E502" t="s">
+        <v>11</v>
+      </c>
+      <c r="F502" s="1" t="s">
         <v>1977</v>
       </c>
-      <c r="B502" t="s">
-[...2 lines deleted...]
-      <c r="C502" t="s">
+      <c r="G502" t="s">
         <v>1978</v>
-      </c>
-[...10 lines deleted...]
-        <v>1980</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B503" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C503" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D503" t="s">
+        <v>10</v>
+      </c>
+      <c r="E503" t="s">
+        <v>11</v>
+      </c>
+      <c r="F503" s="1" t="s">
         <v>1981</v>
       </c>
-      <c r="B503" t="s">
-[...2 lines deleted...]
-      <c r="C503" t="s">
+      <c r="G503" t="s">
         <v>1982</v>
-      </c>
-[...10 lines deleted...]
-        <v>1984</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B504" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D504" t="s">
+        <v>10</v>
+      </c>
+      <c r="E504" t="s">
+        <v>11</v>
+      </c>
+      <c r="F504" s="1" t="s">
         <v>1985</v>
       </c>
-      <c r="B504" t="s">
-[...2 lines deleted...]
-      <c r="C504" t="s">
+      <c r="G504" t="s">
         <v>1986</v>
-      </c>
-[...10 lines deleted...]
-        <v>1988</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B505" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C505" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D505" t="s">
+        <v>10</v>
+      </c>
+      <c r="E505" t="s">
+        <v>11</v>
+      </c>
+      <c r="F505" s="1" t="s">
         <v>1989</v>
       </c>
-      <c r="B505" t="s">
-[...2 lines deleted...]
-      <c r="C505" t="s">
+      <c r="G505" t="s">
         <v>1990</v>
-      </c>
-[...10 lines deleted...]
-        <v>1992</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B506" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C506" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D506" t="s">
+        <v>10</v>
+      </c>
+      <c r="E506" t="s">
+        <v>11</v>
+      </c>
+      <c r="F506" s="1" t="s">
         <v>1993</v>
       </c>
-      <c r="B506" t="s">
-[...2 lines deleted...]
-      <c r="C506" t="s">
+      <c r="G506" t="s">
         <v>1994</v>
-      </c>
-[...10 lines deleted...]
-        <v>1850</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B507" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C507" t="s">
         <v>1996</v>
       </c>
-      <c r="B507" t="s">
-[...2 lines deleted...]
-      <c r="C507" t="s">
+      <c r="D507" t="s">
+        <v>10</v>
+      </c>
+      <c r="E507" t="s">
+        <v>11</v>
+      </c>
+      <c r="F507" s="1" t="s">
         <v>1997</v>
       </c>
-      <c r="D507" t="s">
-[...5 lines deleted...]
-      <c r="F507" s="1" t="s">
+      <c r="G507" t="s">
         <v>1998</v>
-      </c>
-[...1 lines deleted...]
-        <v>1835</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
         <v>1999</v>
       </c>
       <c r="B508" t="s">
-        <v>1523</v>
+        <v>1533</v>
       </c>
       <c r="C508" t="s">
         <v>2000</v>
       </c>
       <c r="D508" t="s">
         <v>10</v>
       </c>
       <c r="E508" t="s">
         <v>11</v>
       </c>
       <c r="F508" s="1" t="s">
         <v>2001</v>
       </c>
       <c r="G508" t="s">
-        <v>1956</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B509" t="s">
-        <v>1523</v>
+        <v>1533</v>
       </c>
       <c r="C509" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="D509" t="s">
         <v>10</v>
       </c>
       <c r="E509" t="s">
         <v>11</v>
       </c>
       <c r="F509" s="1" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="G509" t="s">
-        <v>1835</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B510" t="s">
-        <v>1523</v>
+        <v>1533</v>
       </c>
       <c r="C510" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="D510" t="s">
         <v>10</v>
       </c>
       <c r="E510" t="s">
         <v>11</v>
       </c>
       <c r="F510" s="1" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G510" t="s">
-        <v>2008</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
         <v>2009</v>
       </c>
       <c r="B511" t="s">
-        <v>1523</v>
+        <v>1533</v>
       </c>
       <c r="C511" t="s">
         <v>2010</v>
       </c>
       <c r="D511" t="s">
         <v>10</v>
       </c>
       <c r="E511" t="s">
         <v>11</v>
       </c>
       <c r="F511" s="1" t="s">
         <v>2011</v>
       </c>
       <c r="G511" t="s">
-        <v>2012</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
+        <v>2012</v>
+      </c>
+      <c r="B512" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C512" t="s">
         <v>2013</v>
       </c>
-      <c r="B512" t="s">
-[...2 lines deleted...]
-      <c r="C512" t="s">
+      <c r="D512" t="s">
+        <v>10</v>
+      </c>
+      <c r="E512" t="s">
+        <v>11</v>
+      </c>
+      <c r="F512" s="1" t="s">
         <v>2014</v>
       </c>
-      <c r="D512" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G512" t="s">
-        <v>2016</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B513" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C513" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D513" t="s">
+        <v>10</v>
+      </c>
+      <c r="E513" t="s">
+        <v>11</v>
+      </c>
+      <c r="F513" s="1" t="s">
         <v>2017</v>
       </c>
-      <c r="B513" t="s">
-[...2 lines deleted...]
-      <c r="C513" t="s">
+      <c r="G513" t="s">
         <v>2018</v>
-      </c>
-[...10 lines deleted...]
-        <v>2020</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B514" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C514" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D514" t="s">
+        <v>10</v>
+      </c>
+      <c r="E514" t="s">
+        <v>11</v>
+      </c>
+      <c r="F514" s="1" t="s">
         <v>2021</v>
       </c>
-      <c r="B514" t="s">
-[...2 lines deleted...]
-      <c r="C514" t="s">
+      <c r="G514" t="s">
         <v>2022</v>
-      </c>
-[...10 lines deleted...]
-        <v>2024</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B515" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C515" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D515" t="s">
+        <v>10</v>
+      </c>
+      <c r="E515" t="s">
+        <v>11</v>
+      </c>
+      <c r="F515" s="1" t="s">
         <v>2025</v>
       </c>
-      <c r="B515" t="s">
-[...2 lines deleted...]
-      <c r="C515" t="s">
+      <c r="G515" t="s">
         <v>2026</v>
-      </c>
-[...10 lines deleted...]
-        <v>1835</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
+        <v>2027</v>
+      </c>
+      <c r="B516" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C516" t="s">
         <v>2028</v>
       </c>
-      <c r="B516" t="s">
-[...2 lines deleted...]
-      <c r="C516" t="s">
+      <c r="D516" t="s">
+        <v>10</v>
+      </c>
+      <c r="E516" t="s">
+        <v>11</v>
+      </c>
+      <c r="F516" s="1" t="s">
         <v>2029</v>
       </c>
-      <c r="D516" t="s">
-[...5 lines deleted...]
-      <c r="F516" s="1" t="s">
+      <c r="G516" t="s">
         <v>2030</v>
-      </c>
-[...1 lines deleted...]
-        <v>2031</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B517" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C517" t="s">
         <v>2032</v>
       </c>
-      <c r="B517" t="s">
-[...2 lines deleted...]
-      <c r="C517" t="s">
+      <c r="D517" t="s">
+        <v>10</v>
+      </c>
+      <c r="E517" t="s">
+        <v>11</v>
+      </c>
+      <c r="F517" s="1" t="s">
         <v>2033</v>
       </c>
-      <c r="D517" t="s">
-[...5 lines deleted...]
-      <c r="F517" s="1" t="s">
+      <c r="G517" t="s">
         <v>2034</v>
-      </c>
-[...1 lines deleted...]
-        <v>2035</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B518" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C518" t="s">
         <v>2036</v>
       </c>
-      <c r="B518" t="s">
-[...2 lines deleted...]
-      <c r="C518" t="s">
+      <c r="D518" t="s">
+        <v>10</v>
+      </c>
+      <c r="E518" t="s">
+        <v>11</v>
+      </c>
+      <c r="F518" s="1" t="s">
         <v>2037</v>
       </c>
-      <c r="D518" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G518" t="s">
-        <v>2039</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B519" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C519" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D519" t="s">
+        <v>10</v>
+      </c>
+      <c r="E519" t="s">
+        <v>11</v>
+      </c>
+      <c r="F519" s="1" t="s">
         <v>2040</v>
       </c>
-      <c r="B519" t="s">
-[...2 lines deleted...]
-      <c r="C519" t="s">
+      <c r="G519" t="s">
         <v>2041</v>
-      </c>
-[...10 lines deleted...]
-        <v>2043</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
+        <v>2042</v>
+      </c>
+      <c r="B520" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C520" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D520" t="s">
+        <v>10</v>
+      </c>
+      <c r="E520" t="s">
+        <v>11</v>
+      </c>
+      <c r="F520" s="1" t="s">
         <v>2044</v>
       </c>
-      <c r="B520" t="s">
-[...2 lines deleted...]
-      <c r="C520" t="s">
+      <c r="G520" t="s">
         <v>2045</v>
-      </c>
-[...10 lines deleted...]
-        <v>2047</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
+        <v>2046</v>
+      </c>
+      <c r="B521" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C521" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D521" t="s">
+        <v>10</v>
+      </c>
+      <c r="E521" t="s">
+        <v>11</v>
+      </c>
+      <c r="F521" s="1" t="s">
         <v>2048</v>
       </c>
-      <c r="B521" t="s">
-[...2 lines deleted...]
-      <c r="C521" t="s">
+      <c r="G521" t="s">
         <v>2049</v>
-      </c>
-[...10 lines deleted...]
-        <v>2051</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B522" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C522" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D522" t="s">
+        <v>10</v>
+      </c>
+      <c r="E522" t="s">
+        <v>11</v>
+      </c>
+      <c r="F522" s="1" t="s">
         <v>2052</v>
       </c>
-      <c r="B522" t="s">
-[...2 lines deleted...]
-      <c r="C522" t="s">
+      <c r="G522" t="s">
         <v>2053</v>
-      </c>
-[...10 lines deleted...]
-        <v>2055</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B523" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C523" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D523" t="s">
+        <v>10</v>
+      </c>
+      <c r="E523" t="s">
+        <v>11</v>
+      </c>
+      <c r="F523" s="1" t="s">
         <v>2056</v>
       </c>
-      <c r="B523" t="s">
-[...2 lines deleted...]
-      <c r="C523" t="s">
+      <c r="G523" t="s">
         <v>2057</v>
-      </c>
-[...10 lines deleted...]
-        <v>2059</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
+        <v>2058</v>
+      </c>
+      <c r="B524" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C524" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D524" t="s">
+        <v>10</v>
+      </c>
+      <c r="E524" t="s">
+        <v>11</v>
+      </c>
+      <c r="F524" s="1" t="s">
         <v>2060</v>
       </c>
-      <c r="B524" t="s">
-[...2 lines deleted...]
-      <c r="C524" t="s">
+      <c r="G524" t="s">
         <v>2061</v>
-      </c>
-[...10 lines deleted...]
-        <v>2031</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
+        <v>2062</v>
+      </c>
+      <c r="B525" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C525" t="s">
         <v>2063</v>
       </c>
-      <c r="B525" t="s">
-[...2 lines deleted...]
-      <c r="C525" t="s">
+      <c r="D525" t="s">
+        <v>10</v>
+      </c>
+      <c r="E525" t="s">
+        <v>11</v>
+      </c>
+      <c r="F525" s="1" t="s">
         <v>2064</v>
       </c>
-      <c r="D525" t="s">
-[...5 lines deleted...]
-      <c r="F525" s="1" t="s">
+      <c r="G525" t="s">
         <v>2065</v>
-      </c>
-[...1 lines deleted...]
-        <v>2066</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" t="s">
+        <v>2066</v>
+      </c>
+      <c r="B526" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C526" t="s">
         <v>2067</v>
       </c>
-      <c r="B526" t="s">
-[...2 lines deleted...]
-      <c r="C526" t="s">
+      <c r="D526" t="s">
+        <v>10</v>
+      </c>
+      <c r="E526" t="s">
+        <v>11</v>
+      </c>
+      <c r="F526" s="1" t="s">
         <v>2068</v>
       </c>
-      <c r="D526" t="s">
-[...5 lines deleted...]
-      <c r="F526" s="1" t="s">
+      <c r="G526" t="s">
         <v>2069</v>
-      </c>
-[...1 lines deleted...]
-        <v>2070</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B527" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C527" t="s">
         <v>2071</v>
       </c>
-      <c r="B527" t="s">
-[...2 lines deleted...]
-      <c r="C527" t="s">
+      <c r="D527" t="s">
+        <v>10</v>
+      </c>
+      <c r="E527" t="s">
+        <v>11</v>
+      </c>
+      <c r="F527" s="1" t="s">
         <v>2072</v>
       </c>
-      <c r="D527" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G527" t="s">
-        <v>2074</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B528" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C528" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D528" t="s">
+        <v>10</v>
+      </c>
+      <c r="E528" t="s">
+        <v>11</v>
+      </c>
+      <c r="F528" s="1" t="s">
         <v>2075</v>
       </c>
-      <c r="B528" t="s">
-[...2 lines deleted...]
-      <c r="C528" t="s">
+      <c r="G528" t="s">
         <v>2076</v>
-      </c>
-[...10 lines deleted...]
-        <v>2078</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B529" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C529" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D529" t="s">
+        <v>10</v>
+      </c>
+      <c r="E529" t="s">
+        <v>11</v>
+      </c>
+      <c r="F529" s="1" t="s">
         <v>2079</v>
       </c>
-      <c r="B529" t="s">
-[...2 lines deleted...]
-      <c r="C529" t="s">
+      <c r="G529" t="s">
         <v>2080</v>
-      </c>
-[...10 lines deleted...]
-        <v>2082</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" t="s">
+        <v>2081</v>
+      </c>
+      <c r="B530" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C530" t="s">
+        <v>2082</v>
+      </c>
+      <c r="D530" t="s">
+        <v>10</v>
+      </c>
+      <c r="E530" t="s">
+        <v>11</v>
+      </c>
+      <c r="F530" s="1" t="s">
         <v>2083</v>
       </c>
-      <c r="B530" t="s">
-[...2 lines deleted...]
-      <c r="C530" t="s">
+      <c r="G530" t="s">
         <v>2084</v>
-      </c>
-[...10 lines deleted...]
-        <v>2085</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" t="s">
+        <v>2085</v>
+      </c>
+      <c r="B531" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C531" t="s">
         <v>2086</v>
       </c>
-      <c r="B531" t="s">
-[...2 lines deleted...]
-      <c r="C531" t="s">
+      <c r="D531" t="s">
+        <v>10</v>
+      </c>
+      <c r="E531" t="s">
+        <v>11</v>
+      </c>
+      <c r="F531" s="1" t="s">
         <v>2087</v>
       </c>
-      <c r="D531" t="s">
-[...5 lines deleted...]
-      <c r="F531" s="1" t="s">
+      <c r="G531" t="s">
         <v>2088</v>
-      </c>
-[...1 lines deleted...]
-        <v>2089</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B532" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C532" t="s">
         <v>2090</v>
       </c>
-      <c r="B532" t="s">
-[...2 lines deleted...]
-      <c r="C532" t="s">
+      <c r="D532" t="s">
+        <v>10</v>
+      </c>
+      <c r="E532" t="s">
+        <v>11</v>
+      </c>
+      <c r="F532" s="1" t="s">
         <v>2091</v>
       </c>
-      <c r="D532" t="s">
-[...5 lines deleted...]
-      <c r="F532" s="1" t="s">
+      <c r="G532" t="s">
         <v>2092</v>
-      </c>
-[...1 lines deleted...]
-        <v>1835</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" t="s">
         <v>2093</v>
       </c>
       <c r="B533" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C533" t="s">
         <v>2094</v>
       </c>
       <c r="D533" t="s">
         <v>10</v>
       </c>
       <c r="E533" t="s">
         <v>11</v>
       </c>
       <c r="F533" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G533" t="s">
         <v>2095</v>
-      </c>
-[...1 lines deleted...]
-        <v>2096</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" t="s">
+        <v>2096</v>
+      </c>
+      <c r="B534" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C534" t="s">
         <v>2097</v>
       </c>
-      <c r="B534" t="s">
-[...2 lines deleted...]
-      <c r="C534" t="s">
+      <c r="D534" t="s">
+        <v>10</v>
+      </c>
+      <c r="E534" t="s">
+        <v>11</v>
+      </c>
+      <c r="F534" s="1" t="s">
         <v>2098</v>
       </c>
-      <c r="D534" t="s">
-[...5 lines deleted...]
-      <c r="F534" s="1" t="s">
+      <c r="G534" t="s">
         <v>2099</v>
-      </c>
-[...1 lines deleted...]
-        <v>2100</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" t="s">
+        <v>2100</v>
+      </c>
+      <c r="B535" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C535" t="s">
         <v>2101</v>
       </c>
-      <c r="B535" t="s">
-[...2 lines deleted...]
-      <c r="C535" t="s">
+      <c r="D535" t="s">
+        <v>10</v>
+      </c>
+      <c r="E535" t="s">
+        <v>11</v>
+      </c>
+      <c r="F535" s="1" t="s">
         <v>2102</v>
       </c>
-      <c r="D535" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G535" t="s">
-        <v>2104</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" t="s">
+        <v>2103</v>
+      </c>
+      <c r="B536" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C536" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D536" t="s">
+        <v>10</v>
+      </c>
+      <c r="E536" t="s">
+        <v>11</v>
+      </c>
+      <c r="F536" s="1" t="s">
         <v>2105</v>
       </c>
-      <c r="B536" t="s">
-[...2 lines deleted...]
-      <c r="C536" t="s">
+      <c r="G536" t="s">
         <v>2106</v>
-      </c>
-[...10 lines deleted...]
-        <v>2108</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B537" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C537" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D537" t="s">
+        <v>10</v>
+      </c>
+      <c r="E537" t="s">
+        <v>11</v>
+      </c>
+      <c r="F537" s="1" t="s">
         <v>2109</v>
       </c>
-      <c r="B537" t="s">
-[...2 lines deleted...]
-      <c r="C537" t="s">
+      <c r="G537" t="s">
         <v>2110</v>
-      </c>
-[...10 lines deleted...]
-        <v>2112</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" t="s">
+        <v>2111</v>
+      </c>
+      <c r="B538" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C538" t="s">
+        <v>2112</v>
+      </c>
+      <c r="D538" t="s">
+        <v>10</v>
+      </c>
+      <c r="E538" t="s">
+        <v>11</v>
+      </c>
+      <c r="F538" s="1" t="s">
         <v>2113</v>
       </c>
-      <c r="B538" t="s">
-[...2 lines deleted...]
-      <c r="C538" t="s">
+      <c r="G538" t="s">
         <v>2114</v>
-      </c>
-[...10 lines deleted...]
-        <v>2116</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" t="s">
+        <v>2115</v>
+      </c>
+      <c r="B539" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C539" t="s">
+        <v>2116</v>
+      </c>
+      <c r="D539" t="s">
+        <v>10</v>
+      </c>
+      <c r="E539" t="s">
+        <v>11</v>
+      </c>
+      <c r="F539" s="1" t="s">
         <v>2117</v>
       </c>
-      <c r="B539" t="s">
-[...2 lines deleted...]
-      <c r="C539" t="s">
+      <c r="G539" t="s">
         <v>2118</v>
-      </c>
-[...10 lines deleted...]
-        <v>2120</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B540" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C540" t="s">
+        <v>2120</v>
+      </c>
+      <c r="D540" t="s">
+        <v>10</v>
+      </c>
+      <c r="E540" t="s">
+        <v>11</v>
+      </c>
+      <c r="F540" s="1" t="s">
         <v>2121</v>
       </c>
-      <c r="B540" t="s">
-[...2 lines deleted...]
-      <c r="C540" t="s">
+      <c r="G540" t="s">
         <v>2122</v>
-      </c>
-[...10 lines deleted...]
-        <v>2124</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" t="s">
+        <v>2123</v>
+      </c>
+      <c r="B541" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C541" t="s">
+        <v>2124</v>
+      </c>
+      <c r="D541" t="s">
+        <v>10</v>
+      </c>
+      <c r="E541" t="s">
+        <v>11</v>
+      </c>
+      <c r="F541" s="1" t="s">
         <v>2125</v>
       </c>
-      <c r="B541" t="s">
-[...2 lines deleted...]
-      <c r="C541" t="s">
+      <c r="G541" t="s">
         <v>2126</v>
-      </c>
-[...10 lines deleted...]
-        <v>2128</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B542" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C542" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D542" t="s">
+        <v>10</v>
+      </c>
+      <c r="E542" t="s">
+        <v>11</v>
+      </c>
+      <c r="F542" s="1" t="s">
         <v>2129</v>
       </c>
-      <c r="B542" t="s">
-[...2 lines deleted...]
-      <c r="C542" t="s">
+      <c r="G542" t="s">
         <v>2130</v>
-      </c>
-[...10 lines deleted...]
-        <v>2132</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" t="s">
+        <v>2131</v>
+      </c>
+      <c r="B543" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C543" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D543" t="s">
+        <v>10</v>
+      </c>
+      <c r="E543" t="s">
+        <v>11</v>
+      </c>
+      <c r="F543" s="1" t="s">
         <v>2133</v>
       </c>
-      <c r="B543" t="s">
-[...2 lines deleted...]
-      <c r="C543" t="s">
+      <c r="G543" t="s">
         <v>2134</v>
-      </c>
-[...10 lines deleted...]
-        <v>1850</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" t="s">
+        <v>2135</v>
+      </c>
+      <c r="B544" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C544" t="s">
         <v>2136</v>
       </c>
-      <c r="B544" t="s">
-[...2 lines deleted...]
-      <c r="C544" t="s">
+      <c r="D544" t="s">
+        <v>10</v>
+      </c>
+      <c r="E544" t="s">
+        <v>11</v>
+      </c>
+      <c r="F544" s="1" t="s">
         <v>2137</v>
       </c>
-      <c r="D544" t="s">
-[...5 lines deleted...]
-      <c r="F544" s="1" t="s">
+      <c r="G544" t="s">
         <v>2138</v>
-      </c>
-[...1 lines deleted...]
-        <v>1835</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" t="s">
         <v>2139</v>
       </c>
       <c r="B545" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C545" t="s">
         <v>2140</v>
       </c>
       <c r="D545" t="s">
         <v>10</v>
       </c>
       <c r="E545" t="s">
         <v>11</v>
       </c>
       <c r="F545" s="1" t="s">
         <v>2141</v>
       </c>
       <c r="G545" t="s">
-        <v>2031</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" t="s">
-        <v>2142</v>
+        <v>2143</v>
       </c>
       <c r="B546" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C546" t="s">
-        <v>2143</v>
+        <v>2144</v>
       </c>
       <c r="D546" t="s">
         <v>10</v>
       </c>
       <c r="E546" t="s">
         <v>11</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>2144</v>
+        <v>2145</v>
       </c>
       <c r="G546" t="s">
-        <v>2145</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" t="s">
         <v>2146</v>
       </c>
       <c r="B547" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C547" t="s">
         <v>2147</v>
       </c>
       <c r="D547" t="s">
         <v>10</v>
       </c>
       <c r="E547" t="s">
         <v>11</v>
       </c>
       <c r="F547" s="1" t="s">
         <v>2148</v>
       </c>
       <c r="G547" t="s">
-        <v>2149</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B548" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C548" t="s">
         <v>2150</v>
       </c>
-      <c r="B548" t="s">
-[...2 lines deleted...]
-      <c r="C548" t="s">
+      <c r="D548" t="s">
+        <v>10</v>
+      </c>
+      <c r="E548" t="s">
+        <v>11</v>
+      </c>
+      <c r="F548" s="1" t="s">
         <v>2151</v>
       </c>
-      <c r="D548" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G548" t="s">
-        <v>2153</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" t="s">
+        <v>2152</v>
+      </c>
+      <c r="B549" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C549" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D549" t="s">
+        <v>10</v>
+      </c>
+      <c r="E549" t="s">
+        <v>11</v>
+      </c>
+      <c r="F549" s="1" t="s">
         <v>2154</v>
       </c>
-      <c r="B549" t="s">
-[...2 lines deleted...]
-      <c r="C549" t="s">
+      <c r="G549" t="s">
         <v>2155</v>
-      </c>
-[...10 lines deleted...]
-        <v>2157</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" t="s">
+        <v>2156</v>
+      </c>
+      <c r="B550" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C550" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D550" t="s">
+        <v>10</v>
+      </c>
+      <c r="E550" t="s">
+        <v>11</v>
+      </c>
+      <c r="F550" s="1" t="s">
         <v>2158</v>
       </c>
-      <c r="B550" t="s">
-[...2 lines deleted...]
-      <c r="C550" t="s">
+      <c r="G550" t="s">
         <v>2159</v>
-      </c>
-[...10 lines deleted...]
-        <v>2161</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" t="s">
+        <v>2160</v>
+      </c>
+      <c r="B551" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C551" t="s">
+        <v>2161</v>
+      </c>
+      <c r="D551" t="s">
+        <v>10</v>
+      </c>
+      <c r="E551" t="s">
+        <v>11</v>
+      </c>
+      <c r="F551" s="1" t="s">
         <v>2162</v>
       </c>
-      <c r="B551" t="s">
-[...2 lines deleted...]
-      <c r="C551" t="s">
+      <c r="G551" t="s">
         <v>2163</v>
-      </c>
-[...10 lines deleted...]
-        <v>2165</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" t="s">
+        <v>2164</v>
+      </c>
+      <c r="B552" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C552" t="s">
+        <v>2165</v>
+      </c>
+      <c r="D552" t="s">
+        <v>10</v>
+      </c>
+      <c r="E552" t="s">
+        <v>11</v>
+      </c>
+      <c r="F552" s="1" t="s">
         <v>2166</v>
       </c>
-      <c r="B552" t="s">
-[...2 lines deleted...]
-      <c r="C552" t="s">
+      <c r="G552" t="s">
         <v>2167</v>
-      </c>
-[...10 lines deleted...]
-        <v>2169</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" t="s">
+        <v>2168</v>
+      </c>
+      <c r="B553" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C553" t="s">
+        <v>2169</v>
+      </c>
+      <c r="D553" t="s">
+        <v>10</v>
+      </c>
+      <c r="E553" t="s">
+        <v>11</v>
+      </c>
+      <c r="F553" s="1" t="s">
         <v>2170</v>
       </c>
-      <c r="B553" t="s">
-[...2 lines deleted...]
-      <c r="C553" t="s">
+      <c r="G553" t="s">
         <v>2171</v>
-      </c>
-[...10 lines deleted...]
-        <v>2173</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" t="s">
+        <v>2172</v>
+      </c>
+      <c r="B554" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C554" t="s">
+        <v>2173</v>
+      </c>
+      <c r="D554" t="s">
+        <v>10</v>
+      </c>
+      <c r="E554" t="s">
+        <v>11</v>
+      </c>
+      <c r="F554" s="1" t="s">
         <v>2174</v>
       </c>
-      <c r="B554" t="s">
-[...2 lines deleted...]
-      <c r="C554" t="s">
+      <c r="G554" t="s">
         <v>2175</v>
-      </c>
-[...10 lines deleted...]
-        <v>2177</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" t="s">
+        <v>2176</v>
+      </c>
+      <c r="B555" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C555" t="s">
+        <v>2177</v>
+      </c>
+      <c r="D555" t="s">
+        <v>10</v>
+      </c>
+      <c r="E555" t="s">
+        <v>11</v>
+      </c>
+      <c r="F555" s="1" t="s">
         <v>2178</v>
       </c>
-      <c r="B555" t="s">
-[...2 lines deleted...]
-      <c r="C555" t="s">
+      <c r="G555" t="s">
         <v>2179</v>
-      </c>
-[...10 lines deleted...]
-        <v>2181</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" t="s">
+        <v>2180</v>
+      </c>
+      <c r="B556" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C556" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D556" t="s">
+        <v>10</v>
+      </c>
+      <c r="E556" t="s">
+        <v>11</v>
+      </c>
+      <c r="F556" s="1" t="s">
         <v>2182</v>
       </c>
-      <c r="B556" t="s">
-[...2 lines deleted...]
-      <c r="C556" t="s">
+      <c r="G556" t="s">
         <v>2183</v>
-      </c>
-[...10 lines deleted...]
-        <v>2185</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" t="s">
+        <v>2184</v>
+      </c>
+      <c r="B557" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C557" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D557" t="s">
+        <v>10</v>
+      </c>
+      <c r="E557" t="s">
+        <v>11</v>
+      </c>
+      <c r="F557" s="1" t="s">
         <v>2186</v>
       </c>
-      <c r="B557" t="s">
-[...2 lines deleted...]
-      <c r="C557" t="s">
+      <c r="G557" t="s">
         <v>2187</v>
-      </c>
-[...10 lines deleted...]
-        <v>2189</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" t="s">
+        <v>2188</v>
+      </c>
+      <c r="B558" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C558" t="s">
+        <v>2189</v>
+      </c>
+      <c r="D558" t="s">
+        <v>10</v>
+      </c>
+      <c r="E558" t="s">
+        <v>11</v>
+      </c>
+      <c r="F558" s="1" t="s">
         <v>2190</v>
       </c>
-      <c r="B558" t="s">
-[...2 lines deleted...]
-      <c r="C558" t="s">
+      <c r="G558" t="s">
         <v>2191</v>
-      </c>
-[...10 lines deleted...]
-        <v>2193</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" t="s">
+        <v>2192</v>
+      </c>
+      <c r="B559" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C559" t="s">
+        <v>2193</v>
+      </c>
+      <c r="D559" t="s">
+        <v>10</v>
+      </c>
+      <c r="E559" t="s">
+        <v>11</v>
+      </c>
+      <c r="F559" s="1" t="s">
         <v>2194</v>
       </c>
-      <c r="B559" t="s">
-[...2 lines deleted...]
-      <c r="C559" t="s">
+      <c r="G559" t="s">
         <v>2195</v>
-      </c>
-[...10 lines deleted...]
-        <v>2197</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" t="s">
+        <v>2196</v>
+      </c>
+      <c r="B560" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C560" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D560" t="s">
+        <v>10</v>
+      </c>
+      <c r="E560" t="s">
+        <v>11</v>
+      </c>
+      <c r="F560" s="1" t="s">
         <v>2198</v>
       </c>
-      <c r="B560" t="s">
-[...2 lines deleted...]
-      <c r="C560" t="s">
+      <c r="G560" t="s">
         <v>2199</v>
-      </c>
-[...10 lines deleted...]
-        <v>2201</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B561" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C561" t="s">
+        <v>2201</v>
+      </c>
+      <c r="D561" t="s">
+        <v>10</v>
+      </c>
+      <c r="E561" t="s">
+        <v>11</v>
+      </c>
+      <c r="F561" s="1" t="s">
         <v>2202</v>
       </c>
-      <c r="B561" t="s">
-[...2 lines deleted...]
-      <c r="C561" t="s">
+      <c r="G561" t="s">
         <v>2203</v>
-      </c>
-[...10 lines deleted...]
-        <v>2181</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B562" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C562" t="s">
         <v>2205</v>
       </c>
-      <c r="B562" t="s">
-[...2 lines deleted...]
-      <c r="C562" t="s">
+      <c r="D562" t="s">
+        <v>10</v>
+      </c>
+      <c r="E562" t="s">
+        <v>11</v>
+      </c>
+      <c r="F562" s="1" t="s">
         <v>2206</v>
       </c>
-      <c r="D562" t="s">
-[...5 lines deleted...]
-      <c r="F562" s="1" t="s">
+      <c r="G562" t="s">
         <v>2207</v>
-      </c>
-[...1 lines deleted...]
-        <v>2208</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" t="s">
+        <v>2208</v>
+      </c>
+      <c r="B563" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C563" t="s">
         <v>2209</v>
       </c>
-      <c r="B563" t="s">
-[...2 lines deleted...]
-      <c r="C563" t="s">
+      <c r="D563" t="s">
+        <v>10</v>
+      </c>
+      <c r="E563" t="s">
+        <v>11</v>
+      </c>
+      <c r="F563" s="1" t="s">
         <v>2210</v>
       </c>
-      <c r="D563" t="s">
-[...5 lines deleted...]
-      <c r="F563" s="1" t="s">
+      <c r="G563" t="s">
         <v>2211</v>
-      </c>
-[...1 lines deleted...]
-        <v>2212</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B564" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C564" t="s">
         <v>2213</v>
       </c>
-      <c r="B564" t="s">
-[...2 lines deleted...]
-      <c r="C564" t="s">
+      <c r="D564" t="s">
+        <v>10</v>
+      </c>
+      <c r="E564" t="s">
+        <v>11</v>
+      </c>
+      <c r="F564" s="1" t="s">
         <v>2214</v>
       </c>
-      <c r="D564" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G564" t="s">
-        <v>2216</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" t="s">
+        <v>2215</v>
+      </c>
+      <c r="B565" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C565" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D565" t="s">
+        <v>10</v>
+      </c>
+      <c r="E565" t="s">
+        <v>11</v>
+      </c>
+      <c r="F565" s="1" t="s">
         <v>2217</v>
       </c>
-      <c r="B565" t="s">
-[...2 lines deleted...]
-      <c r="C565" t="s">
+      <c r="G565" t="s">
         <v>2218</v>
-      </c>
-[...10 lines deleted...]
-        <v>2220</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" t="s">
+        <v>2219</v>
+      </c>
+      <c r="B566" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C566" t="s">
+        <v>2220</v>
+      </c>
+      <c r="D566" t="s">
+        <v>10</v>
+      </c>
+      <c r="E566" t="s">
+        <v>11</v>
+      </c>
+      <c r="F566" s="1" t="s">
         <v>2221</v>
       </c>
-      <c r="B566" t="s">
-[...2 lines deleted...]
-      <c r="C566" t="s">
+      <c r="G566" t="s">
         <v>2222</v>
-      </c>
-[...10 lines deleted...]
-        <v>2177</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" t="s">
+        <v>2223</v>
+      </c>
+      <c r="B567" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C567" t="s">
         <v>2224</v>
       </c>
-      <c r="B567" t="s">
-[...2 lines deleted...]
-      <c r="C567" t="s">
+      <c r="D567" t="s">
+        <v>10</v>
+      </c>
+      <c r="E567" t="s">
+        <v>11</v>
+      </c>
+      <c r="F567" s="1" t="s">
         <v>2225</v>
       </c>
-      <c r="D567" t="s">
-[...5 lines deleted...]
-      <c r="F567" s="1" t="s">
+      <c r="G567" t="s">
         <v>2226</v>
-      </c>
-[...1 lines deleted...]
-        <v>2181</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" t="s">
         <v>2227</v>
       </c>
       <c r="B568" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C568" t="s">
         <v>2228</v>
       </c>
       <c r="D568" t="s">
         <v>10</v>
       </c>
       <c r="E568" t="s">
         <v>11</v>
       </c>
       <c r="F568" s="1" t="s">
-        <v>164</v>
+        <v>2229</v>
       </c>
       <c r="G568" t="s">
-        <v>2185</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" t="s">
-        <v>2229</v>
+        <v>2231</v>
       </c>
       <c r="B569" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C569" t="s">
-        <v>2230</v>
+        <v>2232</v>
       </c>
       <c r="D569" t="s">
         <v>10</v>
       </c>
       <c r="E569" t="s">
         <v>11</v>
       </c>
       <c r="F569" s="1" t="s">
-        <v>2231</v>
+        <v>2233</v>
       </c>
       <c r="G569" t="s">
-        <v>2232</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="B570" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C570" t="s">
-        <v>2234</v>
+        <v>2235</v>
       </c>
       <c r="D570" t="s">
         <v>10</v>
       </c>
       <c r="E570" t="s">
         <v>11</v>
       </c>
       <c r="F570" s="1" t="s">
-        <v>2235</v>
+        <v>2236</v>
       </c>
       <c r="G570" t="s">
-        <v>2236</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" t="s">
         <v>2237</v>
       </c>
       <c r="B571" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C571" t="s">
         <v>2238</v>
       </c>
       <c r="D571" t="s">
         <v>10</v>
       </c>
       <c r="E571" t="s">
         <v>11</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>2239</v>
+        <v>174</v>
       </c>
       <c r="G571" t="s">
-        <v>2236</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" t="s">
+        <v>2239</v>
+      </c>
+      <c r="B572" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C572" t="s">
         <v>2240</v>
       </c>
-      <c r="B572" t="s">
-[...2 lines deleted...]
-      <c r="C572" t="s">
+      <c r="D572" t="s">
+        <v>10</v>
+      </c>
+      <c r="E572" t="s">
+        <v>11</v>
+      </c>
+      <c r="F572" s="1" t="s">
         <v>2241</v>
       </c>
-      <c r="D572" t="s">
-[...5 lines deleted...]
-      <c r="F572" s="1" t="s">
+      <c r="G572" t="s">
         <v>2242</v>
-      </c>
-[...1 lines deleted...]
-        <v>2243</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" t="s">
+        <v>2243</v>
+      </c>
+      <c r="B573" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C573" t="s">
         <v>2244</v>
       </c>
-      <c r="B573" t="s">
-[...2 lines deleted...]
-      <c r="C573" t="s">
+      <c r="D573" t="s">
+        <v>10</v>
+      </c>
+      <c r="E573" t="s">
+        <v>11</v>
+      </c>
+      <c r="F573" s="1" t="s">
         <v>2245</v>
       </c>
-      <c r="D573" t="s">
-[...5 lines deleted...]
-      <c r="F573" s="1" t="s">
+      <c r="G573" t="s">
         <v>2246</v>
-      </c>
-[...1 lines deleted...]
-        <v>2247</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B574" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C574" t="s">
         <v>2248</v>
       </c>
-      <c r="B574" t="s">
-[...2 lines deleted...]
-      <c r="C574" t="s">
+      <c r="D574" t="s">
+        <v>10</v>
+      </c>
+      <c r="E574" t="s">
+        <v>11</v>
+      </c>
+      <c r="F574" s="1" t="s">
         <v>2249</v>
       </c>
-      <c r="D574" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G574" t="s">
-        <v>2251</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B575" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C575" t="s">
+        <v>2251</v>
+      </c>
+      <c r="D575" t="s">
+        <v>10</v>
+      </c>
+      <c r="E575" t="s">
+        <v>11</v>
+      </c>
+      <c r="F575" s="1" t="s">
         <v>2252</v>
       </c>
-      <c r="B575" t="s">
-[...2 lines deleted...]
-      <c r="C575" t="s">
+      <c r="G575" t="s">
         <v>2253</v>
-      </c>
-[...10 lines deleted...]
-        <v>2255</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B576" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C576" t="s">
+        <v>2255</v>
+      </c>
+      <c r="D576" t="s">
+        <v>10</v>
+      </c>
+      <c r="E576" t="s">
+        <v>11</v>
+      </c>
+      <c r="F576" s="1" t="s">
         <v>2256</v>
       </c>
-      <c r="B576" t="s">
-[...2 lines deleted...]
-      <c r="C576" t="s">
+      <c r="G576" t="s">
         <v>2257</v>
-      </c>
-[...10 lines deleted...]
-        <v>2259</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B577" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C577" t="s">
+        <v>2259</v>
+      </c>
+      <c r="D577" t="s">
+        <v>10</v>
+      </c>
+      <c r="E577" t="s">
+        <v>11</v>
+      </c>
+      <c r="F577" s="1" t="s">
         <v>2260</v>
       </c>
-      <c r="B577" t="s">
-[...2 lines deleted...]
-      <c r="C577" t="s">
+      <c r="G577" t="s">
         <v>2261</v>
-      </c>
-[...10 lines deleted...]
-        <v>2263</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B578" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C578" t="s">
+        <v>2263</v>
+      </c>
+      <c r="D578" t="s">
+        <v>10</v>
+      </c>
+      <c r="E578" t="s">
+        <v>11</v>
+      </c>
+      <c r="F578" s="1" t="s">
         <v>2264</v>
       </c>
-      <c r="B578" t="s">
-[...2 lines deleted...]
-      <c r="C578" t="s">
+      <c r="G578" t="s">
         <v>2265</v>
-      </c>
-[...10 lines deleted...]
-        <v>2267</v>
       </c>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B579" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C579" t="s">
+        <v>2267</v>
+      </c>
+      <c r="D579" t="s">
+        <v>10</v>
+      </c>
+      <c r="E579" t="s">
+        <v>11</v>
+      </c>
+      <c r="F579" s="1" t="s">
         <v>2268</v>
       </c>
-      <c r="B579" t="s">
-[...2 lines deleted...]
-      <c r="C579" t="s">
+      <c r="G579" t="s">
         <v>2269</v>
-      </c>
-[...10 lines deleted...]
-        <v>2177</v>
       </c>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B580" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C580" t="s">
         <v>2271</v>
       </c>
-      <c r="B580" t="s">
-[...2 lines deleted...]
-      <c r="C580" t="s">
+      <c r="D580" t="s">
+        <v>10</v>
+      </c>
+      <c r="E580" t="s">
+        <v>11</v>
+      </c>
+      <c r="F580" s="1" t="s">
         <v>2272</v>
       </c>
-      <c r="D580" t="s">
-[...5 lines deleted...]
-      <c r="F580" s="1" t="s">
+      <c r="G580" t="s">
         <v>2273</v>
-      </c>
-[...1 lines deleted...]
-        <v>2181</v>
       </c>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" t="s">
         <v>2274</v>
       </c>
       <c r="B581" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C581" t="s">
         <v>2275</v>
       </c>
       <c r="D581" t="s">
         <v>10</v>
       </c>
       <c r="E581" t="s">
         <v>11</v>
       </c>
       <c r="F581" s="1" t="s">
         <v>2276</v>
       </c>
       <c r="G581" t="s">
-        <v>2185</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" t="s">
-        <v>2277</v>
+        <v>2278</v>
       </c>
       <c r="B582" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C582" t="s">
-        <v>2278</v>
+        <v>2279</v>
       </c>
       <c r="D582" t="s">
         <v>10</v>
       </c>
       <c r="E582" t="s">
         <v>11</v>
       </c>
       <c r="F582" s="1" t="s">
-        <v>2279</v>
+        <v>2280</v>
       </c>
       <c r="G582" t="s">
-        <v>2280</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" t="s">
         <v>2281</v>
       </c>
       <c r="B583" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C583" t="s">
         <v>2282</v>
       </c>
       <c r="D583" t="s">
         <v>10</v>
       </c>
       <c r="E583" t="s">
         <v>11</v>
       </c>
       <c r="F583" s="1" t="s">
         <v>2283</v>
       </c>
       <c r="G583" t="s">
-        <v>2284</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" t="s">
+        <v>2284</v>
+      </c>
+      <c r="B584" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C584" t="s">
         <v>2285</v>
       </c>
-      <c r="B584" t="s">
-[...2 lines deleted...]
-      <c r="C584" t="s">
+      <c r="D584" t="s">
+        <v>10</v>
+      </c>
+      <c r="E584" t="s">
+        <v>11</v>
+      </c>
+      <c r="F584" s="1" t="s">
         <v>2286</v>
       </c>
-      <c r="D584" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G584" t="s">
-        <v>2288</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" t="s">
+        <v>2287</v>
+      </c>
+      <c r="B585" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C585" t="s">
+        <v>2288</v>
+      </c>
+      <c r="D585" t="s">
+        <v>10</v>
+      </c>
+      <c r="E585" t="s">
+        <v>11</v>
+      </c>
+      <c r="F585" s="1" t="s">
         <v>2289</v>
       </c>
-      <c r="B585" t="s">
-[...2 lines deleted...]
-      <c r="C585" t="s">
+      <c r="G585" t="s">
         <v>2290</v>
-      </c>
-[...10 lines deleted...]
-        <v>2292</v>
       </c>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" t="s">
+        <v>2291</v>
+      </c>
+      <c r="B586" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C586" t="s">
+        <v>2292</v>
+      </c>
+      <c r="D586" t="s">
+        <v>10</v>
+      </c>
+      <c r="E586" t="s">
+        <v>11</v>
+      </c>
+      <c r="F586" s="1" t="s">
         <v>2293</v>
       </c>
-      <c r="B586" t="s">
-[...2 lines deleted...]
-      <c r="C586" t="s">
+      <c r="G586" t="s">
         <v>2294</v>
-      </c>
-[...10 lines deleted...]
-        <v>2296</v>
       </c>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" t="s">
+        <v>2295</v>
+      </c>
+      <c r="B587" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C587" t="s">
+        <v>2296</v>
+      </c>
+      <c r="D587" t="s">
+        <v>10</v>
+      </c>
+      <c r="E587" t="s">
+        <v>11</v>
+      </c>
+      <c r="F587" s="1" t="s">
         <v>2297</v>
       </c>
-      <c r="B587" t="s">
-[...2 lines deleted...]
-      <c r="C587" t="s">
+      <c r="G587" t="s">
         <v>2298</v>
-      </c>
-[...10 lines deleted...]
-        <v>2300</v>
       </c>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" t="s">
+        <v>2299</v>
+      </c>
+      <c r="B588" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C588" t="s">
+        <v>2300</v>
+      </c>
+      <c r="D588" t="s">
+        <v>10</v>
+      </c>
+      <c r="E588" t="s">
+        <v>11</v>
+      </c>
+      <c r="F588" s="1" t="s">
         <v>2301</v>
       </c>
-      <c r="B588" t="s">
-[...2 lines deleted...]
-      <c r="C588" t="s">
+      <c r="G588" t="s">
         <v>2302</v>
-      </c>
-[...10 lines deleted...]
-        <v>2304</v>
       </c>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" t="s">
+        <v>2303</v>
+      </c>
+      <c r="B589" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C589" t="s">
+        <v>2304</v>
+      </c>
+      <c r="D589" t="s">
+        <v>10</v>
+      </c>
+      <c r="E589" t="s">
+        <v>11</v>
+      </c>
+      <c r="F589" s="1" t="s">
         <v>2305</v>
       </c>
-      <c r="B589" t="s">
-[...2 lines deleted...]
-      <c r="C589" t="s">
+      <c r="G589" t="s">
         <v>2306</v>
-      </c>
-[...10 lines deleted...]
-        <v>2308</v>
       </c>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" t="s">
+        <v>2307</v>
+      </c>
+      <c r="B590" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C590" t="s">
+        <v>2308</v>
+      </c>
+      <c r="D590" t="s">
+        <v>10</v>
+      </c>
+      <c r="E590" t="s">
+        <v>11</v>
+      </c>
+      <c r="F590" s="1" t="s">
         <v>2309</v>
       </c>
-      <c r="B590" t="s">
-[...2 lines deleted...]
-      <c r="C590" t="s">
+      <c r="G590" t="s">
         <v>2310</v>
-      </c>
-[...10 lines deleted...]
-        <v>2308</v>
       </c>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" t="s">
+        <v>2311</v>
+      </c>
+      <c r="B591" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C591" t="s">
         <v>2312</v>
       </c>
-      <c r="B591" t="s">
-[...2 lines deleted...]
-      <c r="C591" t="s">
+      <c r="D591" t="s">
+        <v>10</v>
+      </c>
+      <c r="E591" t="s">
+        <v>11</v>
+      </c>
+      <c r="F591" s="1" t="s">
         <v>2313</v>
       </c>
-      <c r="D591" t="s">
-[...5 lines deleted...]
-      <c r="F591" s="1" t="s">
+      <c r="G591" t="s">
         <v>2314</v>
-      </c>
-[...1 lines deleted...]
-        <v>2308</v>
       </c>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" t="s">
         <v>2315</v>
       </c>
       <c r="B592" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C592" t="s">
         <v>2316</v>
       </c>
       <c r="D592" t="s">
         <v>10</v>
       </c>
       <c r="E592" t="s">
         <v>11</v>
       </c>
       <c r="F592" s="1" t="s">
         <v>2317</v>
       </c>
       <c r="G592" t="s">
-        <v>2308</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" t="s">
+        <v>2319</v>
+      </c>
+      <c r="B593" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C593" t="s">
+        <v>2320</v>
+      </c>
+      <c r="D593" t="s">
+        <v>10</v>
+      </c>
+      <c r="E593" t="s">
+        <v>11</v>
+      </c>
+      <c r="F593" s="1" t="s">
+        <v>2321</v>
+      </c>
+      <c r="G593" t="s">
         <v>2318</v>
-      </c>
-[...16 lines deleted...]
-        <v>2321</v>
       </c>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" t="s">
         <v>2322</v>
       </c>
       <c r="B594" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C594" t="s">
         <v>2323</v>
       </c>
       <c r="D594" t="s">
         <v>10</v>
       </c>
       <c r="E594" t="s">
         <v>11</v>
       </c>
       <c r="F594" s="1" t="s">
         <v>2324</v>
       </c>
       <c r="G594" t="s">
-        <v>2325</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" t="s">
+        <v>2325</v>
+      </c>
+      <c r="B595" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C595" t="s">
         <v>2326</v>
       </c>
-      <c r="B595" t="s">
-[...2 lines deleted...]
-      <c r="C595" t="s">
+      <c r="D595" t="s">
+        <v>10</v>
+      </c>
+      <c r="E595" t="s">
+        <v>11</v>
+      </c>
+      <c r="F595" s="1" t="s">
         <v>2327</v>
       </c>
-      <c r="D595" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G595" t="s">
-        <v>2329</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" t="s">
+        <v>2328</v>
+      </c>
+      <c r="B596" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C596" t="s">
+        <v>2329</v>
+      </c>
+      <c r="D596" t="s">
+        <v>10</v>
+      </c>
+      <c r="E596" t="s">
+        <v>11</v>
+      </c>
+      <c r="F596" s="1" t="s">
         <v>2330</v>
       </c>
-      <c r="B596" t="s">
-[...2 lines deleted...]
-      <c r="C596" t="s">
+      <c r="G596" t="s">
         <v>2331</v>
-      </c>
-[...10 lines deleted...]
-        <v>2333</v>
       </c>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" t="s">
+        <v>2332</v>
+      </c>
+      <c r="B597" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C597" t="s">
+        <v>2333</v>
+      </c>
+      <c r="D597" t="s">
+        <v>10</v>
+      </c>
+      <c r="E597" t="s">
+        <v>11</v>
+      </c>
+      <c r="F597" s="1" t="s">
         <v>2334</v>
       </c>
-      <c r="B597" t="s">
-[...2 lines deleted...]
-      <c r="C597" t="s">
+      <c r="G597" t="s">
         <v>2335</v>
-      </c>
-[...10 lines deleted...]
-        <v>2337</v>
       </c>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" t="s">
+        <v>2336</v>
+      </c>
+      <c r="B598" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C598" t="s">
+        <v>2337</v>
+      </c>
+      <c r="D598" t="s">
+        <v>10</v>
+      </c>
+      <c r="E598" t="s">
+        <v>11</v>
+      </c>
+      <c r="F598" s="1" t="s">
         <v>2338</v>
       </c>
-      <c r="B598" t="s">
-[...2 lines deleted...]
-      <c r="C598" t="s">
+      <c r="G598" t="s">
         <v>2339</v>
-      </c>
-[...10 lines deleted...]
-        <v>2341</v>
       </c>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B599" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C599" t="s">
+        <v>2341</v>
+      </c>
+      <c r="D599" t="s">
+        <v>10</v>
+      </c>
+      <c r="E599" t="s">
+        <v>11</v>
+      </c>
+      <c r="F599" s="1" t="s">
         <v>2342</v>
       </c>
-      <c r="B599" t="s">
-[...2 lines deleted...]
-      <c r="C599" t="s">
+      <c r="G599" t="s">
         <v>2343</v>
-      </c>
-[...10 lines deleted...]
-        <v>2345</v>
       </c>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" t="s">
+        <v>2344</v>
+      </c>
+      <c r="B600" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C600" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D600" t="s">
+        <v>10</v>
+      </c>
+      <c r="E600" t="s">
+        <v>11</v>
+      </c>
+      <c r="F600" s="1" t="s">
         <v>2346</v>
       </c>
-      <c r="B600" t="s">
-[...2 lines deleted...]
-      <c r="C600" t="s">
+      <c r="G600" t="s">
         <v>2347</v>
-      </c>
-[...10 lines deleted...]
-        <v>2349</v>
       </c>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" t="s">
+        <v>2348</v>
+      </c>
+      <c r="B601" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C601" t="s">
+        <v>2349</v>
+      </c>
+      <c r="D601" t="s">
+        <v>10</v>
+      </c>
+      <c r="E601" t="s">
+        <v>11</v>
+      </c>
+      <c r="F601" s="1" t="s">
         <v>2350</v>
       </c>
-      <c r="B601" t="s">
-[...2 lines deleted...]
-      <c r="C601" t="s">
+      <c r="G601" t="s">
         <v>2351</v>
-      </c>
-[...10 lines deleted...]
-        <v>2353</v>
       </c>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" t="s">
+        <v>2352</v>
+      </c>
+      <c r="B602" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C602" t="s">
+        <v>2353</v>
+      </c>
+      <c r="D602" t="s">
+        <v>10</v>
+      </c>
+      <c r="E602" t="s">
+        <v>11</v>
+      </c>
+      <c r="F602" s="1" t="s">
         <v>2354</v>
       </c>
-      <c r="B602" t="s">
-[...2 lines deleted...]
-      <c r="C602" t="s">
+      <c r="G602" t="s">
         <v>2355</v>
-      </c>
-[...10 lines deleted...]
-        <v>2353</v>
       </c>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B603" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C603" t="s">
         <v>2357</v>
       </c>
-      <c r="B603" t="s">
-[...2 lines deleted...]
-      <c r="C603" t="s">
+      <c r="D603" t="s">
+        <v>10</v>
+      </c>
+      <c r="E603" t="s">
+        <v>11</v>
+      </c>
+      <c r="F603" s="1" t="s">
         <v>2358</v>
       </c>
-      <c r="D603" t="s">
-[...5 lines deleted...]
-      <c r="F603" s="1" t="s">
+      <c r="G603" t="s">
         <v>2359</v>
-      </c>
-[...1 lines deleted...]
-        <v>2360</v>
       </c>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" t="s">
+        <v>2360</v>
+      </c>
+      <c r="B604" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C604" t="s">
         <v>2361</v>
       </c>
-      <c r="B604" t="s">
-[...2 lines deleted...]
-      <c r="C604" t="s">
+      <c r="D604" t="s">
+        <v>10</v>
+      </c>
+      <c r="E604" t="s">
+        <v>11</v>
+      </c>
+      <c r="F604" s="1" t="s">
         <v>2362</v>
       </c>
-      <c r="D604" t="s">
-[...5 lines deleted...]
-      <c r="F604" s="1" t="s">
+      <c r="G604" t="s">
         <v>2363</v>
-      </c>
-[...1 lines deleted...]
-        <v>2364</v>
       </c>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" t="s">
+        <v>2364</v>
+      </c>
+      <c r="B605" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C605" t="s">
         <v>2365</v>
       </c>
-      <c r="B605" t="s">
-[...2 lines deleted...]
-      <c r="C605" t="s">
+      <c r="D605" t="s">
+        <v>10</v>
+      </c>
+      <c r="E605" t="s">
+        <v>11</v>
+      </c>
+      <c r="F605" s="1" t="s">
         <v>2366</v>
       </c>
-      <c r="D605" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G605" t="s">
-        <v>2368</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B606" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C606" t="s">
+        <v>2368</v>
+      </c>
+      <c r="D606" t="s">
+        <v>10</v>
+      </c>
+      <c r="E606" t="s">
+        <v>11</v>
+      </c>
+      <c r="F606" s="1" t="s">
         <v>2369</v>
       </c>
-      <c r="B606" t="s">
-[...2 lines deleted...]
-      <c r="C606" t="s">
+      <c r="G606" t="s">
         <v>2370</v>
-      </c>
-[...10 lines deleted...]
-        <v>2372</v>
       </c>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" t="s">
+        <v>2371</v>
+      </c>
+      <c r="B607" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C607" t="s">
+        <v>2372</v>
+      </c>
+      <c r="D607" t="s">
+        <v>10</v>
+      </c>
+      <c r="E607" t="s">
+        <v>11</v>
+      </c>
+      <c r="F607" s="1" t="s">
         <v>2373</v>
       </c>
-      <c r="B607" t="s">
-[...2 lines deleted...]
-      <c r="C607" t="s">
+      <c r="G607" t="s">
         <v>2374</v>
-      </c>
-[...10 lines deleted...]
-        <v>2376</v>
       </c>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" t="s">
+        <v>2375</v>
+      </c>
+      <c r="B608" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C608" t="s">
+        <v>2376</v>
+      </c>
+      <c r="D608" t="s">
+        <v>10</v>
+      </c>
+      <c r="E608" t="s">
+        <v>11</v>
+      </c>
+      <c r="F608" s="1" t="s">
         <v>2377</v>
       </c>
-      <c r="B608" t="s">
-[...2 lines deleted...]
-      <c r="C608" t="s">
+      <c r="G608" t="s">
         <v>2378</v>
-      </c>
-[...10 lines deleted...]
-        <v>2372</v>
       </c>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" t="s">
+        <v>2379</v>
+      </c>
+      <c r="B609" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C609" t="s">
         <v>2380</v>
       </c>
-      <c r="B609" t="s">
-[...2 lines deleted...]
-      <c r="C609" t="s">
+      <c r="D609" t="s">
+        <v>10</v>
+      </c>
+      <c r="E609" t="s">
+        <v>11</v>
+      </c>
+      <c r="F609" s="1" t="s">
         <v>2381</v>
       </c>
-      <c r="D609" t="s">
-[...5 lines deleted...]
-      <c r="F609" s="1" t="s">
+      <c r="G609" t="s">
         <v>2382</v>
-      </c>
-[...1 lines deleted...]
-        <v>2383</v>
       </c>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" t="s">
+        <v>2383</v>
+      </c>
+      <c r="B610" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C610" t="s">
         <v>2384</v>
       </c>
-      <c r="B610" t="s">
-[...2 lines deleted...]
-      <c r="C610" t="s">
+      <c r="D610" t="s">
+        <v>10</v>
+      </c>
+      <c r="E610" t="s">
+        <v>11</v>
+      </c>
+      <c r="F610" s="1" t="s">
         <v>2385</v>
       </c>
-      <c r="D610" t="s">
-[...5 lines deleted...]
-      <c r="F610" s="1" t="s">
+      <c r="G610" t="s">
         <v>2386</v>
-      </c>
-[...1 lines deleted...]
-        <v>2349</v>
       </c>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" t="s">
         <v>2387</v>
       </c>
       <c r="B611" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C611" t="s">
         <v>2388</v>
       </c>
       <c r="D611" t="s">
         <v>10</v>
       </c>
       <c r="E611" t="s">
         <v>11</v>
       </c>
       <c r="F611" s="1" t="s">
         <v>2389</v>
       </c>
       <c r="G611" t="s">
-        <v>2181</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" t="s">
         <v>2390</v>
       </c>
       <c r="B612" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C612" t="s">
         <v>2391</v>
       </c>
       <c r="D612" t="s">
         <v>10</v>
       </c>
       <c r="E612" t="s">
         <v>11</v>
       </c>
       <c r="F612" s="1" t="s">
         <v>2392</v>
       </c>
       <c r="G612" t="s">
-        <v>2185</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" t="s">
-        <v>2393</v>
+        <v>2394</v>
       </c>
       <c r="B613" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C613" t="s">
-        <v>2394</v>
+        <v>2395</v>
       </c>
       <c r="D613" t="s">
         <v>10</v>
       </c>
       <c r="E613" t="s">
         <v>11</v>
       </c>
       <c r="F613" s="1" t="s">
-        <v>2395</v>
+        <v>2396</v>
       </c>
       <c r="G613" t="s">
-        <v>2396</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" t="s">
         <v>2397</v>
       </c>
       <c r="B614" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C614" t="s">
         <v>2398</v>
       </c>
       <c r="D614" t="s">
         <v>10</v>
       </c>
       <c r="E614" t="s">
         <v>11</v>
       </c>
       <c r="F614" s="1" t="s">
         <v>2399</v>
       </c>
       <c r="G614" t="s">
-        <v>2400</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" t="s">
+        <v>2400</v>
+      </c>
+      <c r="B615" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C615" t="s">
         <v>2401</v>
       </c>
-      <c r="B615" t="s">
-[...2 lines deleted...]
-      <c r="C615" t="s">
+      <c r="D615" t="s">
+        <v>10</v>
+      </c>
+      <c r="E615" t="s">
+        <v>11</v>
+      </c>
+      <c r="F615" s="1" t="s">
         <v>2402</v>
       </c>
-      <c r="D615" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G615" t="s">
-        <v>2404</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" t="s">
+        <v>2403</v>
+      </c>
+      <c r="B616" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C616" t="s">
+        <v>2404</v>
+      </c>
+      <c r="D616" t="s">
+        <v>10</v>
+      </c>
+      <c r="E616" t="s">
+        <v>11</v>
+      </c>
+      <c r="F616" s="1" t="s">
         <v>2405</v>
       </c>
-      <c r="B616" t="s">
-[...2 lines deleted...]
-      <c r="C616" t="s">
+      <c r="G616" t="s">
         <v>2406</v>
-      </c>
-[...10 lines deleted...]
-        <v>2408</v>
       </c>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B617" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C617" t="s">
+        <v>2408</v>
+      </c>
+      <c r="D617" t="s">
+        <v>10</v>
+      </c>
+      <c r="E617" t="s">
+        <v>11</v>
+      </c>
+      <c r="F617" s="1" t="s">
         <v>2409</v>
       </c>
-      <c r="B617" t="s">
-[...2 lines deleted...]
-      <c r="C617" t="s">
+      <c r="G617" t="s">
         <v>2410</v>
-      </c>
-[...10 lines deleted...]
-        <v>2412</v>
       </c>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" t="s">
+        <v>2411</v>
+      </c>
+      <c r="B618" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C618" t="s">
+        <v>2412</v>
+      </c>
+      <c r="D618" t="s">
+        <v>10</v>
+      </c>
+      <c r="E618" t="s">
+        <v>11</v>
+      </c>
+      <c r="F618" s="1" t="s">
         <v>2413</v>
       </c>
-      <c r="B618" t="s">
-[...2 lines deleted...]
-      <c r="C618" t="s">
+      <c r="G618" t="s">
         <v>2414</v>
-      </c>
-[...10 lines deleted...]
-        <v>2416</v>
       </c>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B619" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C619" t="s">
+        <v>2416</v>
+      </c>
+      <c r="D619" t="s">
+        <v>10</v>
+      </c>
+      <c r="E619" t="s">
+        <v>11</v>
+      </c>
+      <c r="F619" s="1" t="s">
         <v>2417</v>
       </c>
-      <c r="B619" t="s">
-[...2 lines deleted...]
-      <c r="C619" t="s">
+      <c r="G619" t="s">
         <v>2418</v>
-      </c>
-[...10 lines deleted...]
-        <v>2420</v>
       </c>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B620" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C620" t="s">
+        <v>2420</v>
+      </c>
+      <c r="D620" t="s">
+        <v>10</v>
+      </c>
+      <c r="E620" t="s">
+        <v>11</v>
+      </c>
+      <c r="F620" s="1" t="s">
         <v>2421</v>
       </c>
-      <c r="B620" t="s">
-[...2 lines deleted...]
-      <c r="C620" t="s">
+      <c r="G620" t="s">
         <v>2422</v>
-      </c>
-[...10 lines deleted...]
-        <v>2420</v>
       </c>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" t="s">
+        <v>2423</v>
+      </c>
+      <c r="B621" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C621" t="s">
         <v>2424</v>
       </c>
-      <c r="B621" t="s">
-[...2 lines deleted...]
-      <c r="C621" t="s">
+      <c r="D621" t="s">
+        <v>10</v>
+      </c>
+      <c r="E621" t="s">
+        <v>11</v>
+      </c>
+      <c r="F621" s="1" t="s">
         <v>2425</v>
       </c>
-      <c r="D621" t="s">
-[...5 lines deleted...]
-      <c r="F621" s="1" t="s">
+      <c r="G621" t="s">
         <v>2426</v>
-      </c>
-[...1 lines deleted...]
-        <v>2427</v>
       </c>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B622" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C622" t="s">
         <v>2428</v>
       </c>
-      <c r="B622" t="s">
-[...2 lines deleted...]
-      <c r="C622" t="s">
+      <c r="D622" t="s">
+        <v>10</v>
+      </c>
+      <c r="E622" t="s">
+        <v>11</v>
+      </c>
+      <c r="F622" s="1" t="s">
         <v>2429</v>
       </c>
-      <c r="D622" t="s">
-[...5 lines deleted...]
-      <c r="F622" s="1" t="s">
+      <c r="G622" t="s">
         <v>2430</v>
-      </c>
-[...1 lines deleted...]
-        <v>2431</v>
       </c>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B623" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C623" t="s">
         <v>2432</v>
       </c>
-      <c r="B623" t="s">
-[...2 lines deleted...]
-      <c r="C623" t="s">
+      <c r="D623" t="s">
+        <v>10</v>
+      </c>
+      <c r="E623" t="s">
+        <v>11</v>
+      </c>
+      <c r="F623" s="1" t="s">
         <v>2433</v>
       </c>
-      <c r="D623" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G623" t="s">
-        <v>2435</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B624" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C624" t="s">
+        <v>2435</v>
+      </c>
+      <c r="D624" t="s">
+        <v>10</v>
+      </c>
+      <c r="E624" t="s">
+        <v>11</v>
+      </c>
+      <c r="F624" s="1" t="s">
         <v>2436</v>
       </c>
-      <c r="B624" t="s">
-[...2 lines deleted...]
-      <c r="C624" t="s">
+      <c r="G624" t="s">
         <v>2437</v>
-      </c>
-[...10 lines deleted...]
-        <v>2439</v>
       </c>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" t="s">
+        <v>2438</v>
+      </c>
+      <c r="B625" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C625" t="s">
+        <v>2439</v>
+      </c>
+      <c r="D625" t="s">
+        <v>10</v>
+      </c>
+      <c r="E625" t="s">
+        <v>11</v>
+      </c>
+      <c r="F625" s="1" t="s">
         <v>2440</v>
       </c>
-      <c r="B625" t="s">
-[...2 lines deleted...]
-      <c r="C625" t="s">
+      <c r="G625" t="s">
         <v>2441</v>
-      </c>
-[...10 lines deleted...]
-        <v>2443</v>
       </c>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B626" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C626" t="s">
+        <v>2443</v>
+      </c>
+      <c r="D626" t="s">
+        <v>10</v>
+      </c>
+      <c r="E626" t="s">
+        <v>11</v>
+      </c>
+      <c r="F626" s="1" t="s">
         <v>2444</v>
       </c>
-      <c r="B626" t="s">
-[...2 lines deleted...]
-      <c r="C626" t="s">
+      <c r="G626" t="s">
         <v>2445</v>
-      </c>
-[...10 lines deleted...]
-        <v>2447</v>
       </c>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B627" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C627" t="s">
+        <v>2447</v>
+      </c>
+      <c r="D627" t="s">
+        <v>10</v>
+      </c>
+      <c r="E627" t="s">
+        <v>11</v>
+      </c>
+      <c r="F627" s="1" t="s">
         <v>2448</v>
       </c>
-      <c r="B627" t="s">
-[...2 lines deleted...]
-      <c r="C627" t="s">
+      <c r="G627" t="s">
         <v>2449</v>
-      </c>
-[...10 lines deleted...]
-        <v>2451</v>
       </c>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" t="s">
+        <v>2450</v>
+      </c>
+      <c r="B628" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C628" t="s">
+        <v>2451</v>
+      </c>
+      <c r="D628" t="s">
+        <v>10</v>
+      </c>
+      <c r="E628" t="s">
+        <v>11</v>
+      </c>
+      <c r="F628" s="1" t="s">
         <v>2452</v>
       </c>
-      <c r="B628" t="s">
-[...2 lines deleted...]
-      <c r="C628" t="s">
+      <c r="G628" t="s">
         <v>2453</v>
-      </c>
-[...10 lines deleted...]
-        <v>2455</v>
       </c>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" t="s">
+        <v>2454</v>
+      </c>
+      <c r="B629" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C629" t="s">
+        <v>2455</v>
+      </c>
+      <c r="D629" t="s">
+        <v>10</v>
+      </c>
+      <c r="E629" t="s">
+        <v>11</v>
+      </c>
+      <c r="F629" s="1" t="s">
         <v>2456</v>
       </c>
-      <c r="B629" t="s">
-[...2 lines deleted...]
-      <c r="C629" t="s">
+      <c r="G629" t="s">
         <v>2457</v>
-      </c>
-[...10 lines deleted...]
-        <v>2459</v>
       </c>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B630" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C630" t="s">
+        <v>2459</v>
+      </c>
+      <c r="D630" t="s">
+        <v>10</v>
+      </c>
+      <c r="E630" t="s">
+        <v>11</v>
+      </c>
+      <c r="F630" s="1" t="s">
         <v>2460</v>
       </c>
-      <c r="B630" t="s">
-[...2 lines deleted...]
-      <c r="C630" t="s">
+      <c r="G630" t="s">
         <v>2461</v>
-      </c>
-[...10 lines deleted...]
-        <v>2463</v>
       </c>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" t="s">
+        <v>2462</v>
+      </c>
+      <c r="B631" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C631" t="s">
+        <v>2463</v>
+      </c>
+      <c r="D631" t="s">
+        <v>10</v>
+      </c>
+      <c r="E631" t="s">
+        <v>11</v>
+      </c>
+      <c r="F631" s="1" t="s">
         <v>2464</v>
       </c>
-      <c r="B631" t="s">
-[...2 lines deleted...]
-      <c r="C631" t="s">
+      <c r="G631" t="s">
         <v>2465</v>
-      </c>
-[...10 lines deleted...]
-        <v>2467</v>
       </c>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B632" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C632" t="s">
+        <v>2467</v>
+      </c>
+      <c r="D632" t="s">
+        <v>10</v>
+      </c>
+      <c r="E632" t="s">
+        <v>11</v>
+      </c>
+      <c r="F632" s="1" t="s">
         <v>2468</v>
       </c>
-      <c r="B632" t="s">
-[...2 lines deleted...]
-      <c r="C632" t="s">
+      <c r="G632" t="s">
         <v>2469</v>
-      </c>
-[...10 lines deleted...]
-        <v>2471</v>
       </c>
     </row>
     <row r="633" spans="1:7">
       <c r="A633" t="s">
+        <v>2470</v>
+      </c>
+      <c r="B633" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C633" t="s">
+        <v>2471</v>
+      </c>
+      <c r="D633" t="s">
+        <v>10</v>
+      </c>
+      <c r="E633" t="s">
+        <v>11</v>
+      </c>
+      <c r="F633" s="1" t="s">
         <v>2472</v>
       </c>
-      <c r="B633" t="s">
-[...2 lines deleted...]
-      <c r="C633" t="s">
+      <c r="G633" t="s">
         <v>2473</v>
-      </c>
-[...10 lines deleted...]
-        <v>2467</v>
       </c>
     </row>
     <row r="634" spans="1:7">
       <c r="A634" t="s">
+        <v>2474</v>
+      </c>
+      <c r="B634" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C634" t="s">
         <v>2475</v>
       </c>
-      <c r="B634" t="s">
-[...2 lines deleted...]
-      <c r="C634" t="s">
+      <c r="D634" t="s">
+        <v>10</v>
+      </c>
+      <c r="E634" t="s">
+        <v>11</v>
+      </c>
+      <c r="F634" s="1" t="s">
         <v>2476</v>
       </c>
-      <c r="D634" t="s">
-[...5 lines deleted...]
-      <c r="F634" s="1" t="s">
+      <c r="G634" t="s">
         <v>2477</v>
-      </c>
-[...1 lines deleted...]
-        <v>2467</v>
       </c>
     </row>
     <row r="635" spans="1:7">
       <c r="A635" t="s">
         <v>2478</v>
       </c>
       <c r="B635" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C635" t="s">
         <v>2479</v>
       </c>
       <c r="D635" t="s">
         <v>10</v>
       </c>
       <c r="E635" t="s">
         <v>11</v>
       </c>
       <c r="F635" s="1" t="s">
         <v>2480</v>
       </c>
       <c r="G635" t="s">
         <v>2481</v>
       </c>
     </row>
     <row r="636" spans="1:7">
       <c r="A636" t="s">
         <v>2482</v>
       </c>
       <c r="B636" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C636" t="s">
         <v>2483</v>
       </c>
       <c r="D636" t="s">
         <v>10</v>
       </c>
       <c r="E636" t="s">
         <v>11</v>
       </c>
       <c r="F636" s="1" t="s">
         <v>2484</v>
       </c>
       <c r="G636" t="s">
-        <v>2485</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="637" spans="1:7">
       <c r="A637" t="s">
+        <v>2485</v>
+      </c>
+      <c r="B637" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C637" t="s">
         <v>2486</v>
       </c>
-      <c r="B637" t="s">
-[...2 lines deleted...]
-      <c r="C637" t="s">
+      <c r="D637" t="s">
+        <v>10</v>
+      </c>
+      <c r="E637" t="s">
+        <v>11</v>
+      </c>
+      <c r="F637" s="1" t="s">
         <v>2487</v>
       </c>
-      <c r="D637" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G637" t="s">
-        <v>2489</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="638" spans="1:7">
       <c r="A638" t="s">
+        <v>2488</v>
+      </c>
+      <c r="B638" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C638" t="s">
+        <v>2489</v>
+      </c>
+      <c r="D638" t="s">
+        <v>10</v>
+      </c>
+      <c r="E638" t="s">
+        <v>11</v>
+      </c>
+      <c r="F638" s="1" t="s">
         <v>2490</v>
       </c>
-      <c r="B638" t="s">
-[...2 lines deleted...]
-      <c r="C638" t="s">
+      <c r="G638" t="s">
         <v>2491</v>
-      </c>
-[...10 lines deleted...]
-        <v>2493</v>
       </c>
     </row>
     <row r="639" spans="1:7">
       <c r="A639" t="s">
+        <v>2492</v>
+      </c>
+      <c r="B639" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C639" t="s">
+        <v>2493</v>
+      </c>
+      <c r="D639" t="s">
+        <v>10</v>
+      </c>
+      <c r="E639" t="s">
+        <v>11</v>
+      </c>
+      <c r="F639" s="1" t="s">
         <v>2494</v>
       </c>
-      <c r="B639" t="s">
-[...2 lines deleted...]
-      <c r="C639" t="s">
+      <c r="G639" t="s">
         <v>2495</v>
-      </c>
-[...10 lines deleted...]
-        <v>2497</v>
       </c>
     </row>
     <row r="640" spans="1:7">
       <c r="A640" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B640" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C640" t="s">
+        <v>2497</v>
+      </c>
+      <c r="D640" t="s">
+        <v>10</v>
+      </c>
+      <c r="E640" t="s">
+        <v>11</v>
+      </c>
+      <c r="F640" s="1" t="s">
         <v>2498</v>
       </c>
-      <c r="B640" t="s">
-[...2 lines deleted...]
-      <c r="C640" t="s">
+      <c r="G640" t="s">
         <v>2499</v>
-      </c>
-[...10 lines deleted...]
-        <v>2177</v>
       </c>
     </row>
     <row r="641" spans="1:7">
       <c r="A641" t="s">
+        <v>2500</v>
+      </c>
+      <c r="B641" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C641" t="s">
         <v>2501</v>
       </c>
-      <c r="B641" t="s">
-[...2 lines deleted...]
-      <c r="C641" t="s">
+      <c r="D641" t="s">
+        <v>10</v>
+      </c>
+      <c r="E641" t="s">
+        <v>11</v>
+      </c>
+      <c r="F641" s="1" t="s">
         <v>2502</v>
       </c>
-      <c r="D641" t="s">
-[...5 lines deleted...]
-      <c r="F641" s="1" t="s">
+      <c r="G641" t="s">
         <v>2503</v>
-      </c>
-[...1 lines deleted...]
-        <v>2481</v>
       </c>
     </row>
     <row r="642" spans="1:7">
       <c r="A642" t="s">
         <v>2504</v>
       </c>
       <c r="B642" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C642" t="s">
         <v>2505</v>
       </c>
       <c r="D642" t="s">
         <v>10</v>
       </c>
       <c r="E642" t="s">
         <v>11</v>
       </c>
       <c r="F642" s="1" t="s">
         <v>2506</v>
       </c>
       <c r="G642" t="s">
-        <v>2481</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="643" spans="1:7">
       <c r="A643" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="B643" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C643" t="s">
-        <v>2508</v>
+        <v>2509</v>
       </c>
       <c r="D643" t="s">
         <v>10</v>
       </c>
       <c r="E643" t="s">
         <v>11</v>
       </c>
       <c r="F643" s="1" t="s">
-        <v>2509</v>
+        <v>2510</v>
       </c>
       <c r="G643" t="s">
-        <v>2510</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="644" spans="1:7">
       <c r="A644" t="s">
         <v>2511</v>
       </c>
       <c r="B644" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C644" t="s">
         <v>2512</v>
       </c>
       <c r="D644" t="s">
         <v>10</v>
       </c>
       <c r="E644" t="s">
         <v>11</v>
       </c>
       <c r="F644" s="1" t="s">
         <v>2513</v>
       </c>
       <c r="G644" t="s">
-        <v>2177</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="645" spans="1:7">
       <c r="A645" t="s">
         <v>2514</v>
       </c>
       <c r="B645" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C645" t="s">
         <v>2515</v>
       </c>
       <c r="D645" t="s">
         <v>10</v>
       </c>
       <c r="E645" t="s">
         <v>11</v>
       </c>
       <c r="F645" s="1" t="s">
         <v>2516</v>
       </c>
       <c r="G645" t="s">
-        <v>2481</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="646" spans="1:7">
       <c r="A646" t="s">
         <v>2517</v>
       </c>
       <c r="B646" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C646" t="s">
         <v>2518</v>
       </c>
       <c r="D646" t="s">
         <v>10</v>
       </c>
       <c r="E646" t="s">
         <v>11</v>
       </c>
       <c r="F646" s="1" t="s">
         <v>2519</v>
       </c>
       <c r="G646" t="s">
         <v>2520</v>
       </c>
     </row>
     <row r="647" spans="1:7">
       <c r="A647" t="s">
         <v>2521</v>
       </c>
       <c r="B647" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C647" t="s">
         <v>2522</v>
       </c>
       <c r="D647" t="s">
         <v>10</v>
       </c>
       <c r="E647" t="s">
         <v>11</v>
       </c>
       <c r="F647" s="1" t="s">
         <v>2523</v>
       </c>
       <c r="G647" t="s">
-        <v>2524</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="648" spans="1:7">
       <c r="A648" t="s">
+        <v>2524</v>
+      </c>
+      <c r="B648" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C648" t="s">
         <v>2525</v>
       </c>
-      <c r="B648" t="s">
-[...2 lines deleted...]
-      <c r="C648" t="s">
+      <c r="D648" t="s">
+        <v>10</v>
+      </c>
+      <c r="E648" t="s">
+        <v>11</v>
+      </c>
+      <c r="F648" s="1" t="s">
         <v>2526</v>
       </c>
-      <c r="D648" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G648" t="s">
-        <v>2528</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="649" spans="1:7">
       <c r="A649" t="s">
+        <v>2527</v>
+      </c>
+      <c r="B649" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C649" t="s">
+        <v>2528</v>
+      </c>
+      <c r="D649" t="s">
+        <v>10</v>
+      </c>
+      <c r="E649" t="s">
+        <v>11</v>
+      </c>
+      <c r="F649" s="1" t="s">
         <v>2529</v>
       </c>
-      <c r="B649" t="s">
-[...2 lines deleted...]
-      <c r="C649" t="s">
+      <c r="G649" t="s">
         <v>2530</v>
-      </c>
-[...10 lines deleted...]
-        <v>2532</v>
       </c>
     </row>
     <row r="650" spans="1:7">
       <c r="A650" t="s">
+        <v>2531</v>
+      </c>
+      <c r="B650" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C650" t="s">
+        <v>2532</v>
+      </c>
+      <c r="D650" t="s">
+        <v>10</v>
+      </c>
+      <c r="E650" t="s">
+        <v>11</v>
+      </c>
+      <c r="F650" s="1" t="s">
         <v>2533</v>
       </c>
-      <c r="B650" t="s">
-[...2 lines deleted...]
-      <c r="C650" t="s">
+      <c r="G650" t="s">
         <v>2534</v>
-      </c>
-[...10 lines deleted...]
-        <v>2177</v>
       </c>
     </row>
     <row r="651" spans="1:7">
       <c r="A651" t="s">
+        <v>2535</v>
+      </c>
+      <c r="B651" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C651" t="s">
         <v>2536</v>
       </c>
-      <c r="B651" t="s">
-[...2 lines deleted...]
-      <c r="C651" t="s">
+      <c r="D651" t="s">
+        <v>10</v>
+      </c>
+      <c r="E651" t="s">
+        <v>11</v>
+      </c>
+      <c r="F651" s="1" t="s">
         <v>2537</v>
       </c>
-      <c r="D651" t="s">
-[...5 lines deleted...]
-      <c r="F651" s="1" t="s">
+      <c r="G651" t="s">
         <v>2538</v>
-      </c>
-[...1 lines deleted...]
-        <v>2481</v>
       </c>
     </row>
     <row r="652" spans="1:7">
       <c r="A652" t="s">
         <v>2539</v>
       </c>
       <c r="B652" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C652" t="s">
-        <v>2331</v>
+        <v>2540</v>
       </c>
       <c r="D652" t="s">
         <v>10</v>
       </c>
       <c r="E652" t="s">
         <v>11</v>
       </c>
       <c r="F652" s="1" t="s">
-        <v>2540</v>
+        <v>2541</v>
       </c>
       <c r="G652" t="s">
-        <v>2541</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="653" spans="1:7">
       <c r="A653" t="s">
-        <v>2542</v>
+        <v>2543</v>
       </c>
       <c r="B653" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C653" t="s">
-        <v>2543</v>
+        <v>2544</v>
       </c>
       <c r="D653" t="s">
         <v>10</v>
       </c>
       <c r="E653" t="s">
         <v>11</v>
       </c>
       <c r="F653" s="1" t="s">
-        <v>2544</v>
+        <v>2545</v>
       </c>
       <c r="G653" t="s">
-        <v>2545</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="654" spans="1:7">
       <c r="A654" t="s">
         <v>2546</v>
       </c>
       <c r="B654" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C654" t="s">
         <v>2547</v>
       </c>
       <c r="D654" t="s">
         <v>10</v>
       </c>
       <c r="E654" t="s">
         <v>11</v>
       </c>
       <c r="F654" s="1" t="s">
         <v>2548</v>
       </c>
       <c r="G654" t="s">
-        <v>2549</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="655" spans="1:7">
       <c r="A655" t="s">
+        <v>2549</v>
+      </c>
+      <c r="B655" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C655" t="s">
+        <v>2341</v>
+      </c>
+      <c r="D655" t="s">
+        <v>10</v>
+      </c>
+      <c r="E655" t="s">
+        <v>11</v>
+      </c>
+      <c r="F655" s="1" t="s">
         <v>2550</v>
       </c>
-      <c r="B655" t="s">
-[...2 lines deleted...]
-      <c r="C655" t="s">
+      <c r="G655" t="s">
         <v>2551</v>
-      </c>
-[...10 lines deleted...]
-        <v>2553</v>
       </c>
     </row>
     <row r="656" spans="1:7">
       <c r="A656" t="s">
+        <v>2552</v>
+      </c>
+      <c r="B656" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C656" t="s">
+        <v>2553</v>
+      </c>
+      <c r="D656" t="s">
+        <v>10</v>
+      </c>
+      <c r="E656" t="s">
+        <v>11</v>
+      </c>
+      <c r="F656" s="1" t="s">
         <v>2554</v>
       </c>
-      <c r="B656" t="s">
-[...2 lines deleted...]
-      <c r="C656" t="s">
+      <c r="G656" t="s">
         <v>2555</v>
-      </c>
-[...10 lines deleted...]
-        <v>2557</v>
       </c>
     </row>
     <row r="657" spans="1:7">
       <c r="A657" t="s">
+        <v>2556</v>
+      </c>
+      <c r="B657" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C657" t="s">
+        <v>2557</v>
+      </c>
+      <c r="D657" t="s">
+        <v>10</v>
+      </c>
+      <c r="E657" t="s">
+        <v>11</v>
+      </c>
+      <c r="F657" s="1" t="s">
         <v>2558</v>
       </c>
-      <c r="B657" t="s">
-[...2 lines deleted...]
-      <c r="C657" t="s">
+      <c r="G657" t="s">
         <v>2559</v>
-      </c>
-[...10 lines deleted...]
-        <v>2561</v>
       </c>
     </row>
     <row r="658" spans="1:7">
       <c r="A658" t="s">
+        <v>2560</v>
+      </c>
+      <c r="B658" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C658" t="s">
+        <v>2561</v>
+      </c>
+      <c r="D658" t="s">
+        <v>10</v>
+      </c>
+      <c r="E658" t="s">
+        <v>11</v>
+      </c>
+      <c r="F658" s="1" t="s">
         <v>2562</v>
       </c>
-      <c r="B658" t="s">
-[...2 lines deleted...]
-      <c r="C658" t="s">
+      <c r="G658" t="s">
         <v>2563</v>
-      </c>
-[...10 lines deleted...]
-        <v>2565</v>
       </c>
     </row>
     <row r="659" spans="1:7">
       <c r="A659" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B659" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C659" t="s">
+        <v>2565</v>
+      </c>
+      <c r="D659" t="s">
+        <v>10</v>
+      </c>
+      <c r="E659" t="s">
+        <v>11</v>
+      </c>
+      <c r="F659" s="1" t="s">
         <v>2566</v>
       </c>
-      <c r="B659" t="s">
-[...2 lines deleted...]
-      <c r="C659" t="s">
+      <c r="G659" t="s">
         <v>2567</v>
-      </c>
-[...10 lines deleted...]
-        <v>2569</v>
       </c>
     </row>
     <row r="660" spans="1:7">
       <c r="A660" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B660" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C660" t="s">
+        <v>2569</v>
+      </c>
+      <c r="D660" t="s">
+        <v>10</v>
+      </c>
+      <c r="E660" t="s">
+        <v>11</v>
+      </c>
+      <c r="F660" s="1" t="s">
         <v>2570</v>
       </c>
-      <c r="B660" t="s">
-[...2 lines deleted...]
-      <c r="C660" t="s">
+      <c r="G660" t="s">
         <v>2571</v>
-      </c>
-[...10 lines deleted...]
-        <v>2573</v>
       </c>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" t="s">
+        <v>2572</v>
+      </c>
+      <c r="B661" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C661" t="s">
+        <v>2573</v>
+      </c>
+      <c r="D661" t="s">
+        <v>10</v>
+      </c>
+      <c r="E661" t="s">
+        <v>11</v>
+      </c>
+      <c r="F661" s="1" t="s">
         <v>2574</v>
       </c>
-      <c r="B661" t="s">
-[...2 lines deleted...]
-      <c r="C661" t="s">
+      <c r="G661" t="s">
         <v>2575</v>
-      </c>
-[...10 lines deleted...]
-        <v>1721</v>
       </c>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" t="s">
+        <v>2576</v>
+      </c>
+      <c r="B662" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C662" t="s">
         <v>2577</v>
       </c>
-      <c r="B662" t="s">
-[...2 lines deleted...]
-      <c r="C662" t="s">
+      <c r="D662" t="s">
+        <v>10</v>
+      </c>
+      <c r="E662" t="s">
+        <v>11</v>
+      </c>
+      <c r="F662" s="1" t="s">
         <v>2578</v>
       </c>
-      <c r="D662" t="s">
-[...5 lines deleted...]
-      <c r="F662" s="1" t="s">
+      <c r="G662" t="s">
         <v>2579</v>
-      </c>
-[...1 lines deleted...]
-        <v>2580</v>
       </c>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" t="s">
+        <v>2580</v>
+      </c>
+      <c r="B663" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C663" t="s">
         <v>2581</v>
       </c>
-      <c r="B663" t="s">
-[...2 lines deleted...]
-      <c r="C663" t="s">
+      <c r="D663" t="s">
+        <v>10</v>
+      </c>
+      <c r="E663" t="s">
+        <v>11</v>
+      </c>
+      <c r="F663" s="1" t="s">
         <v>2582</v>
       </c>
-      <c r="D663" t="s">
-[...5 lines deleted...]
-      <c r="F663" s="1" t="s">
+      <c r="G663" t="s">
         <v>2583</v>
-      </c>
-[...1 lines deleted...]
-        <v>2584</v>
       </c>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B664" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C664" t="s">
         <v>2585</v>
       </c>
-      <c r="B664" t="s">
-[...2 lines deleted...]
-      <c r="C664" t="s">
+      <c r="D664" t="s">
+        <v>10</v>
+      </c>
+      <c r="E664" t="s">
+        <v>11</v>
+      </c>
+      <c r="F664" s="1" t="s">
         <v>2586</v>
       </c>
-      <c r="D664" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G664" t="s">
-        <v>2588</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" t="s">
+        <v>2587</v>
+      </c>
+      <c r="B665" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C665" t="s">
+        <v>2588</v>
+      </c>
+      <c r="D665" t="s">
+        <v>10</v>
+      </c>
+      <c r="E665" t="s">
+        <v>11</v>
+      </c>
+      <c r="F665" s="1" t="s">
         <v>2589</v>
       </c>
-      <c r="B665" t="s">
-[...2 lines deleted...]
-      <c r="C665" t="s">
+      <c r="G665" t="s">
         <v>2590</v>
-      </c>
-[...10 lines deleted...]
-        <v>2592</v>
       </c>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" t="s">
+        <v>2591</v>
+      </c>
+      <c r="B666" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C666" t="s">
+        <v>2592</v>
+      </c>
+      <c r="D666" t="s">
+        <v>10</v>
+      </c>
+      <c r="E666" t="s">
+        <v>11</v>
+      </c>
+      <c r="F666" s="1" t="s">
         <v>2593</v>
       </c>
-      <c r="B666" t="s">
-[...2 lines deleted...]
-      <c r="C666" t="s">
+      <c r="G666" t="s">
         <v>2594</v>
-      </c>
-[...10 lines deleted...]
-        <v>2596</v>
       </c>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" t="s">
+        <v>2595</v>
+      </c>
+      <c r="B667" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C667" t="s">
+        <v>2596</v>
+      </c>
+      <c r="D667" t="s">
+        <v>10</v>
+      </c>
+      <c r="E667" t="s">
+        <v>11</v>
+      </c>
+      <c r="F667" s="1" t="s">
         <v>2597</v>
       </c>
-      <c r="B667" t="s">
-[...2 lines deleted...]
-      <c r="C667" t="s">
+      <c r="G667" t="s">
         <v>2598</v>
-      </c>
-[...10 lines deleted...]
-        <v>2600</v>
       </c>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" t="s">
+        <v>2599</v>
+      </c>
+      <c r="B668" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C668" t="s">
+        <v>2600</v>
+      </c>
+      <c r="D668" t="s">
+        <v>10</v>
+      </c>
+      <c r="E668" t="s">
+        <v>11</v>
+      </c>
+      <c r="F668" s="1" t="s">
         <v>2601</v>
       </c>
-      <c r="B668" t="s">
-[...2 lines deleted...]
-      <c r="C668" t="s">
+      <c r="G668" t="s">
         <v>2602</v>
-      </c>
-[...10 lines deleted...]
-        <v>2604</v>
       </c>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" t="s">
+        <v>2603</v>
+      </c>
+      <c r="B669" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C669" t="s">
+        <v>2604</v>
+      </c>
+      <c r="D669" t="s">
+        <v>10</v>
+      </c>
+      <c r="E669" t="s">
+        <v>11</v>
+      </c>
+      <c r="F669" s="1" t="s">
         <v>2605</v>
       </c>
-      <c r="B669" t="s">
-[...2 lines deleted...]
-      <c r="C669" t="s">
+      <c r="G669" t="s">
         <v>2606</v>
-      </c>
-[...10 lines deleted...]
-        <v>2608</v>
       </c>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" t="s">
+        <v>2607</v>
+      </c>
+      <c r="B670" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C670" t="s">
+        <v>2608</v>
+      </c>
+      <c r="D670" t="s">
+        <v>10</v>
+      </c>
+      <c r="E670" t="s">
+        <v>11</v>
+      </c>
+      <c r="F670" s="1" t="s">
         <v>2609</v>
       </c>
-      <c r="B670" t="s">
-[...2 lines deleted...]
-      <c r="C670" t="s">
+      <c r="G670" t="s">
         <v>2610</v>
-      </c>
-[...10 lines deleted...]
-        <v>2612</v>
       </c>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" t="s">
+        <v>2611</v>
+      </c>
+      <c r="B671" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C671" t="s">
+        <v>2612</v>
+      </c>
+      <c r="D671" t="s">
+        <v>10</v>
+      </c>
+      <c r="E671" t="s">
+        <v>11</v>
+      </c>
+      <c r="F671" s="1" t="s">
         <v>2613</v>
       </c>
-      <c r="B671" t="s">
-[...2 lines deleted...]
-      <c r="C671" t="s">
+      <c r="G671" t="s">
         <v>2614</v>
-      </c>
-[...10 lines deleted...]
-        <v>2616</v>
       </c>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" t="s">
+        <v>2615</v>
+      </c>
+      <c r="B672" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C672" t="s">
+        <v>2616</v>
+      </c>
+      <c r="D672" t="s">
+        <v>10</v>
+      </c>
+      <c r="E672" t="s">
+        <v>11</v>
+      </c>
+      <c r="F672" s="1" t="s">
         <v>2617</v>
       </c>
-      <c r="B672" t="s">
-[...2 lines deleted...]
-      <c r="C672" t="s">
+      <c r="G672" t="s">
         <v>2618</v>
-      </c>
-[...10 lines deleted...]
-        <v>2620</v>
       </c>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B673" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C673" t="s">
+        <v>2620</v>
+      </c>
+      <c r="D673" t="s">
+        <v>10</v>
+      </c>
+      <c r="E673" t="s">
+        <v>11</v>
+      </c>
+      <c r="F673" s="1" t="s">
         <v>2621</v>
       </c>
-      <c r="B673" t="s">
-[...2 lines deleted...]
-      <c r="C673" t="s">
+      <c r="G673" t="s">
         <v>2622</v>
-      </c>
-[...10 lines deleted...]
-        <v>2177</v>
       </c>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" t="s">
+        <v>2623</v>
+      </c>
+      <c r="B674" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C674" t="s">
         <v>2624</v>
       </c>
-      <c r="B674" t="s">
-[...2 lines deleted...]
-      <c r="C674" t="s">
+      <c r="D674" t="s">
+        <v>10</v>
+      </c>
+      <c r="E674" t="s">
+        <v>11</v>
+      </c>
+      <c r="F674" s="1" t="s">
         <v>2625</v>
       </c>
-      <c r="D674" t="s">
-[...5 lines deleted...]
-      <c r="F674" s="1" t="s">
+      <c r="G674" t="s">
         <v>2626</v>
-      </c>
-[...1 lines deleted...]
-        <v>2627</v>
       </c>
     </row>
     <row r="675" spans="1:7">
       <c r="A675" t="s">
+        <v>2627</v>
+      </c>
+      <c r="B675" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C675" t="s">
         <v>2628</v>
       </c>
-      <c r="B675" t="s">
-[...2 lines deleted...]
-      <c r="C675" t="s">
+      <c r="D675" t="s">
+        <v>10</v>
+      </c>
+      <c r="E675" t="s">
+        <v>11</v>
+      </c>
+      <c r="F675" s="1" t="s">
         <v>2629</v>
       </c>
-      <c r="D675" t="s">
-[...5 lines deleted...]
-      <c r="F675" s="1" t="s">
+      <c r="G675" t="s">
         <v>2630</v>
-      </c>
-[...1 lines deleted...]
-        <v>2631</v>
       </c>
     </row>
     <row r="676" spans="1:7">
       <c r="A676" t="s">
+        <v>2631</v>
+      </c>
+      <c r="B676" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C676" t="s">
         <v>2632</v>
       </c>
-      <c r="B676" t="s">
-[...2 lines deleted...]
-      <c r="C676" t="s">
+      <c r="D676" t="s">
+        <v>10</v>
+      </c>
+      <c r="E676" t="s">
+        <v>11</v>
+      </c>
+      <c r="F676" s="1" t="s">
         <v>2633</v>
       </c>
-      <c r="D676" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G676" t="s">
-        <v>2635</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="677" spans="1:7">
       <c r="A677" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B677" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C677" t="s">
+        <v>2635</v>
+      </c>
+      <c r="D677" t="s">
+        <v>10</v>
+      </c>
+      <c r="E677" t="s">
+        <v>11</v>
+      </c>
+      <c r="F677" s="1" t="s">
         <v>2636</v>
       </c>
-      <c r="B677" t="s">
-[...2 lines deleted...]
-      <c r="C677" t="s">
+      <c r="G677" t="s">
         <v>2637</v>
-      </c>
-[...10 lines deleted...]
-        <v>2639</v>
       </c>
     </row>
     <row r="678" spans="1:7">
       <c r="A678" t="s">
+        <v>2638</v>
+      </c>
+      <c r="B678" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C678" t="s">
+        <v>2639</v>
+      </c>
+      <c r="D678" t="s">
+        <v>10</v>
+      </c>
+      <c r="E678" t="s">
+        <v>11</v>
+      </c>
+      <c r="F678" s="1" t="s">
         <v>2640</v>
       </c>
-      <c r="B678" t="s">
-[...2 lines deleted...]
-      <c r="C678" t="s">
+      <c r="G678" t="s">
         <v>2641</v>
-      </c>
-[...10 lines deleted...]
-        <v>2467</v>
       </c>
     </row>
     <row r="679" spans="1:7">
       <c r="A679" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B679" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C679" t="s">
         <v>2643</v>
       </c>
-      <c r="B679" t="s">
-[...2 lines deleted...]
-      <c r="C679" t="s">
+      <c r="D679" t="s">
+        <v>10</v>
+      </c>
+      <c r="E679" t="s">
+        <v>11</v>
+      </c>
+      <c r="F679" s="1" t="s">
         <v>2644</v>
       </c>
-      <c r="D679" t="s">
-[...5 lines deleted...]
-      <c r="F679" s="1" t="s">
+      <c r="G679" t="s">
         <v>2645</v>
-      </c>
-[...1 lines deleted...]
-        <v>2181</v>
       </c>
     </row>
     <row r="680" spans="1:7">
       <c r="A680" t="s">
         <v>2646</v>
       </c>
       <c r="B680" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C680" t="s">
         <v>2647</v>
       </c>
       <c r="D680" t="s">
         <v>10</v>
       </c>
       <c r="E680" t="s">
         <v>11</v>
       </c>
       <c r="F680" s="1" t="s">
         <v>2648</v>
       </c>
       <c r="G680" t="s">
-        <v>2481</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="681" spans="1:7">
       <c r="A681" t="s">
-        <v>2649</v>
+        <v>2650</v>
       </c>
       <c r="B681" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C681" t="s">
-        <v>2650</v>
+        <v>2651</v>
       </c>
       <c r="D681" t="s">
         <v>10</v>
       </c>
       <c r="E681" t="s">
         <v>11</v>
       </c>
       <c r="F681" s="1" t="s">
-        <v>164</v>
+        <v>2652</v>
       </c>
       <c r="G681" t="s">
-        <v>2651</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="682" spans="1:7">
       <c r="A682" t="s">
-        <v>2652</v>
+        <v>2653</v>
       </c>
       <c r="B682" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C682" t="s">
-        <v>2653</v>
+        <v>2654</v>
       </c>
       <c r="D682" t="s">
         <v>10</v>
       </c>
       <c r="E682" t="s">
         <v>11</v>
       </c>
       <c r="F682" s="1" t="s">
-        <v>2654</v>
+        <v>2655</v>
       </c>
       <c r="G682" t="s">
-        <v>2181</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="683" spans="1:7">
       <c r="A683" t="s">
-        <v>2655</v>
+        <v>2656</v>
       </c>
       <c r="B683" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C683" t="s">
-        <v>2656</v>
+        <v>2657</v>
       </c>
       <c r="D683" t="s">
         <v>10</v>
       </c>
       <c r="E683" t="s">
         <v>11</v>
       </c>
       <c r="F683" s="1" t="s">
-        <v>2657</v>
+        <v>2658</v>
       </c>
       <c r="G683" t="s">
-        <v>2658</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="684" spans="1:7">
       <c r="A684" t="s">
         <v>2659</v>
       </c>
       <c r="B684" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C684" t="s">
         <v>2660</v>
       </c>
       <c r="D684" t="s">
         <v>10</v>
       </c>
       <c r="E684" t="s">
         <v>11</v>
       </c>
       <c r="F684" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G684" t="s">
         <v>2661</v>
-      </c>
-[...1 lines deleted...]
-        <v>2662</v>
       </c>
     </row>
     <row r="685" spans="1:7">
       <c r="A685" t="s">
+        <v>2662</v>
+      </c>
+      <c r="B685" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C685" t="s">
         <v>2663</v>
       </c>
-      <c r="B685" t="s">
-[...2 lines deleted...]
-      <c r="C685" t="s">
+      <c r="D685" t="s">
+        <v>10</v>
+      </c>
+      <c r="E685" t="s">
+        <v>11</v>
+      </c>
+      <c r="F685" s="1" t="s">
         <v>2664</v>
       </c>
-      <c r="D685" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G685" t="s">
-        <v>2666</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="686" spans="1:7">
       <c r="A686" t="s">
+        <v>2665</v>
+      </c>
+      <c r="B686" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C686" t="s">
+        <v>2666</v>
+      </c>
+      <c r="D686" t="s">
+        <v>10</v>
+      </c>
+      <c r="E686" t="s">
+        <v>11</v>
+      </c>
+      <c r="F686" s="1" t="s">
         <v>2667</v>
       </c>
-      <c r="B686" t="s">
-[...2 lines deleted...]
-      <c r="C686" t="s">
+      <c r="G686" t="s">
         <v>2668</v>
-      </c>
-[...10 lines deleted...]
-        <v>2181</v>
       </c>
     </row>
     <row r="687" spans="1:7">
       <c r="A687" t="s">
+        <v>2669</v>
+      </c>
+      <c r="B687" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C687" t="s">
         <v>2670</v>
       </c>
-      <c r="B687" t="s">
-[...2 lines deleted...]
-      <c r="C687" t="s">
+      <c r="D687" t="s">
+        <v>10</v>
+      </c>
+      <c r="E687" t="s">
+        <v>11</v>
+      </c>
+      <c r="F687" s="1" t="s">
         <v>2671</v>
       </c>
-      <c r="D687" t="s">
-[...5 lines deleted...]
-      <c r="F687" s="1" t="s">
+      <c r="G687" t="s">
         <v>2672</v>
-      </c>
-[...1 lines deleted...]
-        <v>2481</v>
       </c>
     </row>
     <row r="688" spans="1:7">
       <c r="A688" t="s">
         <v>2673</v>
       </c>
       <c r="B688" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C688" t="s">
         <v>2674</v>
       </c>
       <c r="D688" t="s">
         <v>10</v>
       </c>
       <c r="E688" t="s">
         <v>11</v>
       </c>
       <c r="F688" s="1" t="s">
         <v>2675</v>
       </c>
       <c r="G688" t="s">
         <v>2676</v>
       </c>
     </row>
     <row r="689" spans="1:7">
       <c r="A689" t="s">
         <v>2677</v>
       </c>
       <c r="B689" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C689" t="s">
         <v>2678</v>
       </c>
       <c r="D689" t="s">
         <v>10</v>
       </c>
       <c r="E689" t="s">
         <v>11</v>
       </c>
       <c r="F689" s="1" t="s">
         <v>2679</v>
       </c>
       <c r="G689" t="s">
-        <v>2680</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="690" spans="1:7">
       <c r="A690" t="s">
+        <v>2680</v>
+      </c>
+      <c r="B690" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C690" t="s">
         <v>2681</v>
       </c>
-      <c r="B690" t="s">
-[...2 lines deleted...]
-      <c r="C690" t="s">
+      <c r="D690" t="s">
+        <v>10</v>
+      </c>
+      <c r="E690" t="s">
+        <v>11</v>
+      </c>
+      <c r="F690" s="1" t="s">
         <v>2682</v>
       </c>
-      <c r="D690" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G690" t="s">
-        <v>2181</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="691" spans="1:7">
       <c r="A691" t="s">
+        <v>2683</v>
+      </c>
+      <c r="B691" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C691" t="s">
         <v>2684</v>
       </c>
-      <c r="B691" t="s">
-[...2 lines deleted...]
-      <c r="C691" t="s">
+      <c r="D691" t="s">
+        <v>10</v>
+      </c>
+      <c r="E691" t="s">
+        <v>11</v>
+      </c>
+      <c r="F691" s="1" t="s">
         <v>2685</v>
       </c>
-      <c r="D691" t="s">
-[...5 lines deleted...]
-      <c r="F691" s="1" t="s">
+      <c r="G691" t="s">
         <v>2686</v>
-      </c>
-[...1 lines deleted...]
-        <v>2687</v>
       </c>
     </row>
     <row r="692" spans="1:7">
       <c r="A692" t="s">
+        <v>2687</v>
+      </c>
+      <c r="B692" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C692" t="s">
         <v>2688</v>
       </c>
-      <c r="B692" t="s">
-[...2 lines deleted...]
-      <c r="C692" t="s">
+      <c r="D692" t="s">
+        <v>10</v>
+      </c>
+      <c r="E692" t="s">
+        <v>11</v>
+      </c>
+      <c r="F692" s="1" t="s">
         <v>2689</v>
       </c>
-      <c r="D692" t="s">
-[...5 lines deleted...]
-      <c r="F692" s="1" t="s">
+      <c r="G692" t="s">
         <v>2690</v>
-      </c>
-[...1 lines deleted...]
-        <v>2181</v>
       </c>
     </row>
     <row r="693" spans="1:7">
       <c r="A693" t="s">
         <v>2691</v>
       </c>
       <c r="B693" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C693" t="s">
         <v>2692</v>
       </c>
       <c r="D693" t="s">
         <v>10</v>
       </c>
       <c r="E693" t="s">
         <v>11</v>
       </c>
       <c r="F693" s="1" t="s">
         <v>2693</v>
       </c>
       <c r="G693" t="s">
-        <v>2177</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="694" spans="1:7">
       <c r="A694" t="s">
         <v>2694</v>
       </c>
       <c r="B694" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C694" t="s">
         <v>2695</v>
       </c>
       <c r="D694" t="s">
         <v>10</v>
       </c>
       <c r="E694" t="s">
         <v>11</v>
       </c>
       <c r="F694" s="1" t="s">
         <v>2696</v>
       </c>
       <c r="G694" t="s">
         <v>2697</v>
       </c>
     </row>
     <row r="695" spans="1:7">
       <c r="A695" t="s">
         <v>2698</v>
       </c>
       <c r="B695" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C695" t="s">
         <v>2699</v>
       </c>
       <c r="D695" t="s">
         <v>10</v>
       </c>
       <c r="E695" t="s">
         <v>11</v>
       </c>
       <c r="F695" s="1" t="s">
         <v>2700</v>
       </c>
       <c r="G695" t="s">
-        <v>2467</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="696" spans="1:7">
       <c r="A696" t="s">
         <v>2701</v>
       </c>
       <c r="B696" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="C696" t="s">
         <v>2702</v>
       </c>
       <c r="D696" t="s">
         <v>10</v>
       </c>
       <c r="E696" t="s">
         <v>11</v>
       </c>
       <c r="F696" s="1" t="s">
         <v>2703</v>
       </c>
       <c r="G696" t="s">
-        <v>2704</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="697" spans="1:7">
       <c r="A697" t="s">
+        <v>2704</v>
+      </c>
+      <c r="B697" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C697" t="s">
         <v>2705</v>
       </c>
-      <c r="B697" t="s">
-[...2 lines deleted...]
-      <c r="C697" t="s">
+      <c r="D697" t="s">
+        <v>10</v>
+      </c>
+      <c r="E697" t="s">
+        <v>11</v>
+      </c>
+      <c r="F697" s="1" t="s">
         <v>2706</v>
       </c>
-      <c r="D697" t="s">
-[...5 lines deleted...]
-      <c r="F697" s="1" t="s">
+      <c r="G697" t="s">
         <v>2707</v>
-      </c>
-[...1 lines deleted...]
-        <v>2708</v>
       </c>
     </row>
     <row r="698" spans="1:7">
       <c r="A698" t="s">
+        <v>2708</v>
+      </c>
+      <c r="B698" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C698" t="s">
         <v>2709</v>
       </c>
-      <c r="B698" t="s">
-[...2 lines deleted...]
-      <c r="C698" t="s">
+      <c r="D698" t="s">
+        <v>10</v>
+      </c>
+      <c r="E698" t="s">
+        <v>11</v>
+      </c>
+      <c r="F698" s="1" t="s">
         <v>2710</v>
       </c>
-      <c r="D698" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G698" t="s">
-        <v>2712</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="699" spans="1:7">
       <c r="A699" t="s">
+        <v>2711</v>
+      </c>
+      <c r="B699" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C699" t="s">
+        <v>2712</v>
+      </c>
+      <c r="D699" t="s">
+        <v>10</v>
+      </c>
+      <c r="E699" t="s">
+        <v>11</v>
+      </c>
+      <c r="F699" s="1" t="s">
         <v>2713</v>
       </c>
-      <c r="B699" t="s">
-[...2 lines deleted...]
-      <c r="C699" t="s">
+      <c r="G699" t="s">
         <v>2714</v>
-      </c>
-[...10 lines deleted...]
-        <v>2716</v>
       </c>
     </row>
     <row r="700" spans="1:7">
       <c r="A700" t="s">
+        <v>2715</v>
+      </c>
+      <c r="B700" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C700" t="s">
+        <v>2716</v>
+      </c>
+      <c r="D700" t="s">
+        <v>10</v>
+      </c>
+      <c r="E700" t="s">
+        <v>11</v>
+      </c>
+      <c r="F700" s="1" t="s">
         <v>2717</v>
       </c>
-      <c r="B700" t="s">
-[...2 lines deleted...]
-      <c r="C700" t="s">
+      <c r="G700" t="s">
         <v>2718</v>
-      </c>
-[...10 lines deleted...]
-        <v>2720</v>
       </c>
     </row>
     <row r="701" spans="1:7">
       <c r="A701" t="s">
+        <v>2719</v>
+      </c>
+      <c r="B701" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C701" t="s">
+        <v>2720</v>
+      </c>
+      <c r="D701" t="s">
+        <v>10</v>
+      </c>
+      <c r="E701" t="s">
+        <v>11</v>
+      </c>
+      <c r="F701" s="1" t="s">
         <v>2721</v>
       </c>
-      <c r="B701" t="s">
-[...2 lines deleted...]
-      <c r="C701" t="s">
+      <c r="G701" t="s">
         <v>2722</v>
-      </c>
-[...10 lines deleted...]
-        <v>2724</v>
       </c>
     </row>
     <row r="702" spans="1:7">
       <c r="A702" t="s">
+        <v>2723</v>
+      </c>
+      <c r="B702" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C702" t="s">
+        <v>2724</v>
+      </c>
+      <c r="D702" t="s">
+        <v>10</v>
+      </c>
+      <c r="E702" t="s">
+        <v>11</v>
+      </c>
+      <c r="F702" s="1" t="s">
         <v>2725</v>
       </c>
-      <c r="B702" t="s">
-[...2 lines deleted...]
-      <c r="C702" t="s">
+      <c r="G702" t="s">
         <v>2726</v>
-      </c>
-[...10 lines deleted...]
-        <v>2728</v>
       </c>
     </row>
     <row r="703" spans="1:7">
       <c r="A703" t="s">
+        <v>2727</v>
+      </c>
+      <c r="B703" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C703" t="s">
+        <v>2728</v>
+      </c>
+      <c r="D703" t="s">
+        <v>10</v>
+      </c>
+      <c r="E703" t="s">
+        <v>11</v>
+      </c>
+      <c r="F703" s="1" t="s">
         <v>2729</v>
       </c>
-      <c r="B703" t="s">
-[...2 lines deleted...]
-      <c r="C703" t="s">
+      <c r="G703" t="s">
         <v>2730</v>
-      </c>
-[...10 lines deleted...]
-        <v>2732</v>
       </c>
     </row>
     <row r="704" spans="1:7">
       <c r="A704" t="s">
+        <v>2731</v>
+      </c>
+      <c r="B704" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C704" t="s">
+        <v>2732</v>
+      </c>
+      <c r="D704" t="s">
+        <v>10</v>
+      </c>
+      <c r="E704" t="s">
+        <v>11</v>
+      </c>
+      <c r="F704" s="1" t="s">
         <v>2733</v>
       </c>
-      <c r="B704" t="s">
-[...2 lines deleted...]
-      <c r="C704" t="s">
+      <c r="G704" t="s">
         <v>2734</v>
-      </c>
-[...10 lines deleted...]
-        <v>2736</v>
       </c>
     </row>
     <row r="705" spans="1:7">
       <c r="A705" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B705" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C705" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D705" t="s">
+        <v>10</v>
+      </c>
+      <c r="E705" t="s">
+        <v>11</v>
+      </c>
+      <c r="F705" s="1" t="s">
         <v>2737</v>
       </c>
-      <c r="B705" t="s">
-[...2 lines deleted...]
-      <c r="C705" t="s">
+      <c r="G705" t="s">
         <v>2738</v>
-      </c>
-[...10 lines deleted...]
-        <v>2740</v>
       </c>
     </row>
     <row r="706" spans="1:7">
       <c r="A706" t="s">
+        <v>2739</v>
+      </c>
+      <c r="B706" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C706" t="s">
+        <v>2740</v>
+      </c>
+      <c r="D706" t="s">
+        <v>10</v>
+      </c>
+      <c r="E706" t="s">
+        <v>11</v>
+      </c>
+      <c r="F706" s="1" t="s">
         <v>2741</v>
       </c>
-      <c r="B706" t="s">
-[...2 lines deleted...]
-      <c r="C706" t="s">
+      <c r="G706" t="s">
         <v>2742</v>
-      </c>
-[...10 lines deleted...]
-        <v>2744</v>
       </c>
     </row>
     <row r="707" spans="1:7">
       <c r="A707" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B707" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C707" t="s">
+        <v>2744</v>
+      </c>
+      <c r="D707" t="s">
+        <v>10</v>
+      </c>
+      <c r="E707" t="s">
+        <v>11</v>
+      </c>
+      <c r="F707" s="1" t="s">
         <v>2745</v>
       </c>
-      <c r="B707" t="s">
-[...2 lines deleted...]
-      <c r="C707" t="s">
+      <c r="G707" t="s">
         <v>2746</v>
-      </c>
-[...10 lines deleted...]
-        <v>2748</v>
       </c>
     </row>
     <row r="708" spans="1:7">
       <c r="A708" t="s">
+        <v>2747</v>
+      </c>
+      <c r="B708" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C708" t="s">
+        <v>2748</v>
+      </c>
+      <c r="D708" t="s">
+        <v>10</v>
+      </c>
+      <c r="E708" t="s">
+        <v>11</v>
+      </c>
+      <c r="F708" s="1" t="s">
         <v>2749</v>
       </c>
-      <c r="B708" t="s">
-[...2 lines deleted...]
-      <c r="C708" t="s">
+      <c r="G708" t="s">
         <v>2750</v>
-      </c>
-[...10 lines deleted...]
-        <v>2752</v>
       </c>
     </row>
     <row r="709" spans="1:7">
       <c r="A709" t="s">
+        <v>2751</v>
+      </c>
+      <c r="B709" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C709" t="s">
+        <v>2752</v>
+      </c>
+      <c r="D709" t="s">
+        <v>10</v>
+      </c>
+      <c r="E709" t="s">
+        <v>11</v>
+      </c>
+      <c r="F709" s="1" t="s">
         <v>2753</v>
       </c>
-      <c r="B709" t="s">
-[...2 lines deleted...]
-      <c r="C709" t="s">
+      <c r="G709" t="s">
         <v>2754</v>
-      </c>
-[...10 lines deleted...]
-        <v>2756</v>
       </c>
     </row>
     <row r="710" spans="1:7">
       <c r="A710" t="s">
+        <v>2755</v>
+      </c>
+      <c r="B710" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C710" t="s">
+        <v>2756</v>
+      </c>
+      <c r="D710" t="s">
+        <v>10</v>
+      </c>
+      <c r="E710" t="s">
+        <v>11</v>
+      </c>
+      <c r="F710" s="1" t="s">
         <v>2757</v>
       </c>
-      <c r="B710" t="s">
-[...2 lines deleted...]
-      <c r="C710" t="s">
+      <c r="G710" t="s">
         <v>2758</v>
-      </c>
-[...10 lines deleted...]
-        <v>2760</v>
       </c>
     </row>
     <row r="711" spans="1:7">
       <c r="A711" t="s">
+        <v>2759</v>
+      </c>
+      <c r="B711" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C711" t="s">
+        <v>2760</v>
+      </c>
+      <c r="D711" t="s">
+        <v>10</v>
+      </c>
+      <c r="E711" t="s">
+        <v>11</v>
+      </c>
+      <c r="F711" s="1" t="s">
         <v>2761</v>
       </c>
-      <c r="B711" t="s">
-[...2 lines deleted...]
-      <c r="C711" t="s">
+      <c r="G711" t="s">
         <v>2762</v>
-      </c>
-[...10 lines deleted...]
-        <v>2764</v>
       </c>
     </row>
     <row r="712" spans="1:7">
       <c r="A712" t="s">
+        <v>2763</v>
+      </c>
+      <c r="B712" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C712" t="s">
+        <v>2764</v>
+      </c>
+      <c r="D712" t="s">
+        <v>10</v>
+      </c>
+      <c r="E712" t="s">
+        <v>11</v>
+      </c>
+      <c r="F712" s="1" t="s">
         <v>2765</v>
       </c>
-      <c r="B712" t="s">
-[...2 lines deleted...]
-      <c r="C712" t="s">
+      <c r="G712" t="s">
         <v>2766</v>
-      </c>
-[...10 lines deleted...]
-        <v>2768</v>
       </c>
     </row>
     <row r="713" spans="1:7">
       <c r="A713" t="s">
+        <v>2767</v>
+      </c>
+      <c r="B713" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C713" t="s">
+        <v>2768</v>
+      </c>
+      <c r="D713" t="s">
+        <v>10</v>
+      </c>
+      <c r="E713" t="s">
+        <v>11</v>
+      </c>
+      <c r="F713" s="1" t="s">
         <v>2769</v>
       </c>
-      <c r="B713" t="s">
-[...2 lines deleted...]
-      <c r="C713" t="s">
+      <c r="G713" t="s">
         <v>2770</v>
-      </c>
-[...10 lines deleted...]
-        <v>2772</v>
       </c>
     </row>
     <row r="714" spans="1:7">
       <c r="A714" t="s">
+        <v>2771</v>
+      </c>
+      <c r="B714" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C714" t="s">
+        <v>2772</v>
+      </c>
+      <c r="D714" t="s">
+        <v>10</v>
+      </c>
+      <c r="E714" t="s">
+        <v>11</v>
+      </c>
+      <c r="F714" s="1" t="s">
         <v>2773</v>
       </c>
-      <c r="B714" t="s">
-[...2 lines deleted...]
-      <c r="C714" t="s">
+      <c r="G714" t="s">
         <v>2774</v>
-      </c>
-[...10 lines deleted...]
-        <v>2776</v>
       </c>
     </row>
     <row r="715" spans="1:7">
       <c r="A715" t="s">
+        <v>2775</v>
+      </c>
+      <c r="B715" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C715" t="s">
+        <v>2776</v>
+      </c>
+      <c r="D715" t="s">
+        <v>10</v>
+      </c>
+      <c r="E715" t="s">
+        <v>11</v>
+      </c>
+      <c r="F715" s="1" t="s">
         <v>2777</v>
       </c>
-      <c r="B715" t="s">
-[...2 lines deleted...]
-      <c r="C715" t="s">
+      <c r="G715" t="s">
         <v>2778</v>
-      </c>
-[...10 lines deleted...]
-        <v>2780</v>
       </c>
     </row>
     <row r="716" spans="1:7">
       <c r="A716" t="s">
+        <v>2779</v>
+      </c>
+      <c r="B716" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C716" t="s">
+        <v>2780</v>
+      </c>
+      <c r="D716" t="s">
+        <v>10</v>
+      </c>
+      <c r="E716" t="s">
+        <v>11</v>
+      </c>
+      <c r="F716" s="1" t="s">
         <v>2781</v>
       </c>
-      <c r="B716" t="s">
-[...2 lines deleted...]
-      <c r="C716" t="s">
+      <c r="G716" t="s">
         <v>2782</v>
-      </c>
-[...10 lines deleted...]
-        <v>2784</v>
       </c>
     </row>
     <row r="717" spans="1:7">
       <c r="A717" t="s">
+        <v>2783</v>
+      </c>
+      <c r="B717" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C717" t="s">
+        <v>2784</v>
+      </c>
+      <c r="D717" t="s">
+        <v>10</v>
+      </c>
+      <c r="E717" t="s">
+        <v>11</v>
+      </c>
+      <c r="F717" s="1" t="s">
         <v>2785</v>
       </c>
-      <c r="B717" t="s">
-[...2 lines deleted...]
-      <c r="C717" t="s">
+      <c r="G717" t="s">
         <v>2786</v>
-      </c>
-[...10 lines deleted...]
-        <v>2788</v>
       </c>
     </row>
     <row r="718" spans="1:7">
       <c r="A718" t="s">
+        <v>2787</v>
+      </c>
+      <c r="B718" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C718" t="s">
+        <v>2788</v>
+      </c>
+      <c r="D718" t="s">
+        <v>10</v>
+      </c>
+      <c r="E718" t="s">
+        <v>11</v>
+      </c>
+      <c r="F718" s="1" t="s">
         <v>2789</v>
       </c>
-      <c r="B718" t="s">
-[...2 lines deleted...]
-      <c r="C718" t="s">
+      <c r="G718" t="s">
         <v>2790</v>
-      </c>
-[...10 lines deleted...]
-        <v>2792</v>
       </c>
     </row>
     <row r="719" spans="1:7">
       <c r="A719" t="s">
+        <v>2791</v>
+      </c>
+      <c r="B719" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C719" t="s">
+        <v>2792</v>
+      </c>
+      <c r="D719" t="s">
+        <v>10</v>
+      </c>
+      <c r="E719" t="s">
+        <v>11</v>
+      </c>
+      <c r="F719" s="1" t="s">
         <v>2793</v>
       </c>
-      <c r="B719" t="s">
-[...2 lines deleted...]
-      <c r="C719" t="s">
+      <c r="G719" t="s">
         <v>2794</v>
-      </c>
-[...10 lines deleted...]
-        <v>2796</v>
       </c>
     </row>
     <row r="720" spans="1:7">
       <c r="A720" t="s">
+        <v>2795</v>
+      </c>
+      <c r="B720" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C720" t="s">
+        <v>2796</v>
+      </c>
+      <c r="D720" t="s">
+        <v>10</v>
+      </c>
+      <c r="E720" t="s">
+        <v>11</v>
+      </c>
+      <c r="F720" s="1" t="s">
         <v>2797</v>
       </c>
-      <c r="B720" t="s">
-[...2 lines deleted...]
-      <c r="C720" t="s">
+      <c r="G720" t="s">
         <v>2798</v>
-      </c>
-[...10 lines deleted...]
-        <v>2800</v>
       </c>
     </row>
     <row r="721" spans="1:7">
       <c r="A721" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B721" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C721" t="s">
+        <v>2800</v>
+      </c>
+      <c r="D721" t="s">
+        <v>10</v>
+      </c>
+      <c r="E721" t="s">
+        <v>11</v>
+      </c>
+      <c r="F721" s="1" t="s">
         <v>2801</v>
       </c>
-      <c r="B721" t="s">
-[...2 lines deleted...]
-      <c r="C721" t="s">
+      <c r="G721" t="s">
         <v>2802</v>
-      </c>
-[...10 lines deleted...]
-        <v>2804</v>
       </c>
     </row>
     <row r="722" spans="1:7">
       <c r="A722" t="s">
+        <v>2803</v>
+      </c>
+      <c r="B722" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C722" t="s">
+        <v>2804</v>
+      </c>
+      <c r="D722" t="s">
+        <v>10</v>
+      </c>
+      <c r="E722" t="s">
+        <v>11</v>
+      </c>
+      <c r="F722" s="1" t="s">
         <v>2805</v>
       </c>
-      <c r="B722" t="s">
-[...2 lines deleted...]
-      <c r="C722" t="s">
+      <c r="G722" t="s">
         <v>2806</v>
-      </c>
-[...10 lines deleted...]
-        <v>2740</v>
       </c>
     </row>
     <row r="723" spans="1:7">
       <c r="A723" t="s">
+        <v>2807</v>
+      </c>
+      <c r="B723" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C723" t="s">
         <v>2808</v>
       </c>
-      <c r="B723" t="s">
-[...2 lines deleted...]
-      <c r="C723" t="s">
+      <c r="D723" t="s">
+        <v>10</v>
+      </c>
+      <c r="E723" t="s">
+        <v>11</v>
+      </c>
+      <c r="F723" s="1" t="s">
         <v>2809</v>
       </c>
-      <c r="D723" t="s">
-[...5 lines deleted...]
-      <c r="F723" s="1" t="s">
+      <c r="G723" t="s">
         <v>2810</v>
-      </c>
-[...1 lines deleted...]
-        <v>2811</v>
       </c>
     </row>
     <row r="724" spans="1:7">
       <c r="A724" t="s">
+        <v>2811</v>
+      </c>
+      <c r="B724" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C724" t="s">
         <v>2812</v>
       </c>
-      <c r="B724" t="s">
-[...2 lines deleted...]
-      <c r="C724" t="s">
+      <c r="D724" t="s">
+        <v>10</v>
+      </c>
+      <c r="E724" t="s">
+        <v>11</v>
+      </c>
+      <c r="F724" s="1" t="s">
         <v>2813</v>
       </c>
-      <c r="D724" t="s">
-[...5 lines deleted...]
-      <c r="F724" s="1" t="s">
+      <c r="G724" t="s">
         <v>2814</v>
-      </c>
-[...1 lines deleted...]
-        <v>2815</v>
       </c>
     </row>
     <row r="725" spans="1:7">
       <c r="A725" t="s">
+        <v>2815</v>
+      </c>
+      <c r="B725" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C725" t="s">
         <v>2816</v>
       </c>
-      <c r="B725" t="s">
-[...2 lines deleted...]
-      <c r="C725" t="s">
+      <c r="D725" t="s">
+        <v>10</v>
+      </c>
+      <c r="E725" t="s">
+        <v>11</v>
+      </c>
+      <c r="F725" s="1" t="s">
         <v>2817</v>
       </c>
-      <c r="D725" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G725" t="s">
-        <v>2819</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="726" spans="1:7">
       <c r="A726" t="s">
+        <v>2818</v>
+      </c>
+      <c r="B726" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C726" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D726" t="s">
+        <v>10</v>
+      </c>
+      <c r="E726" t="s">
+        <v>11</v>
+      </c>
+      <c r="F726" s="1" t="s">
         <v>2820</v>
       </c>
-      <c r="B726" t="s">
-[...2 lines deleted...]
-      <c r="C726" t="s">
+      <c r="G726" t="s">
         <v>2821</v>
-      </c>
-[...10 lines deleted...]
-        <v>2823</v>
       </c>
     </row>
     <row r="727" spans="1:7">
       <c r="A727" t="s">
+        <v>2822</v>
+      </c>
+      <c r="B727" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C727" t="s">
+        <v>2823</v>
+      </c>
+      <c r="D727" t="s">
+        <v>10</v>
+      </c>
+      <c r="E727" t="s">
+        <v>11</v>
+      </c>
+      <c r="F727" s="1" t="s">
         <v>2824</v>
       </c>
-      <c r="B727" t="s">
-[...2 lines deleted...]
-      <c r="C727" t="s">
+      <c r="G727" t="s">
         <v>2825</v>
-      </c>
-[...10 lines deleted...]
-        <v>2827</v>
       </c>
     </row>
     <row r="728" spans="1:7">
       <c r="A728" t="s">
+        <v>2826</v>
+      </c>
+      <c r="B728" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C728" t="s">
+        <v>2827</v>
+      </c>
+      <c r="D728" t="s">
+        <v>10</v>
+      </c>
+      <c r="E728" t="s">
+        <v>11</v>
+      </c>
+      <c r="F728" s="1" t="s">
         <v>2828</v>
       </c>
-      <c r="B728" t="s">
-[...2 lines deleted...]
-      <c r="C728" t="s">
+      <c r="G728" t="s">
         <v>2829</v>
-      </c>
-[...10 lines deleted...]
-        <v>2831</v>
       </c>
     </row>
     <row r="729" spans="1:7">
       <c r="A729" t="s">
+        <v>2830</v>
+      </c>
+      <c r="B729" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C729" t="s">
+        <v>2831</v>
+      </c>
+      <c r="D729" t="s">
+        <v>10</v>
+      </c>
+      <c r="E729" t="s">
+        <v>11</v>
+      </c>
+      <c r="F729" s="1" t="s">
         <v>2832</v>
       </c>
-      <c r="B729" t="s">
-[...2 lines deleted...]
-      <c r="C729" t="s">
+      <c r="G729" t="s">
         <v>2833</v>
-      </c>
-[...10 lines deleted...]
-        <v>2835</v>
       </c>
     </row>
     <row r="730" spans="1:7">
       <c r="A730" t="s">
+        <v>2834</v>
+      </c>
+      <c r="B730" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C730" t="s">
+        <v>2835</v>
+      </c>
+      <c r="D730" t="s">
+        <v>10</v>
+      </c>
+      <c r="E730" t="s">
+        <v>11</v>
+      </c>
+      <c r="F730" s="1" t="s">
         <v>2836</v>
       </c>
-      <c r="B730" t="s">
-[...2 lines deleted...]
-      <c r="C730" t="s">
+      <c r="G730" t="s">
         <v>2837</v>
-      </c>
-[...10 lines deleted...]
-        <v>2839</v>
       </c>
     </row>
     <row r="731" spans="1:7">
       <c r="A731" t="s">
+        <v>2838</v>
+      </c>
+      <c r="B731" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C731" t="s">
+        <v>2839</v>
+      </c>
+      <c r="D731" t="s">
+        <v>10</v>
+      </c>
+      <c r="E731" t="s">
+        <v>11</v>
+      </c>
+      <c r="F731" s="1" t="s">
         <v>2840</v>
       </c>
-      <c r="B731" t="s">
-[...2 lines deleted...]
-      <c r="C731" t="s">
+      <c r="G731" t="s">
         <v>2841</v>
-      </c>
-[...10 lines deleted...]
-        <v>2843</v>
       </c>
     </row>
     <row r="732" spans="1:7">
       <c r="A732" t="s">
+        <v>2842</v>
+      </c>
+      <c r="B732" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C732" t="s">
+        <v>2843</v>
+      </c>
+      <c r="D732" t="s">
+        <v>10</v>
+      </c>
+      <c r="E732" t="s">
+        <v>11</v>
+      </c>
+      <c r="F732" s="1" t="s">
         <v>2844</v>
       </c>
-      <c r="B732" t="s">
-[...2 lines deleted...]
-      <c r="C732" t="s">
+      <c r="G732" t="s">
         <v>2845</v>
-      </c>
-[...10 lines deleted...]
-        <v>2847</v>
       </c>
     </row>
     <row r="733" spans="1:7">
       <c r="A733" t="s">
+        <v>2846</v>
+      </c>
+      <c r="B733" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C733" t="s">
+        <v>2847</v>
+      </c>
+      <c r="D733" t="s">
+        <v>10</v>
+      </c>
+      <c r="E733" t="s">
+        <v>11</v>
+      </c>
+      <c r="F733" s="1" t="s">
         <v>2848</v>
       </c>
-      <c r="B733" t="s">
-[...2 lines deleted...]
-      <c r="C733" t="s">
+      <c r="G733" t="s">
         <v>2849</v>
-      </c>
-[...10 lines deleted...]
-        <v>2851</v>
       </c>
     </row>
     <row r="734" spans="1:7">
       <c r="A734" t="s">
+        <v>2850</v>
+      </c>
+      <c r="B734" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C734" t="s">
+        <v>2851</v>
+      </c>
+      <c r="D734" t="s">
+        <v>10</v>
+      </c>
+      <c r="E734" t="s">
+        <v>11</v>
+      </c>
+      <c r="F734" s="1" t="s">
         <v>2852</v>
       </c>
-      <c r="B734" t="s">
-[...2 lines deleted...]
-      <c r="C734" t="s">
+      <c r="G734" t="s">
         <v>2853</v>
-      </c>
-[...10 lines deleted...]
-        <v>2855</v>
       </c>
     </row>
     <row r="735" spans="1:7">
       <c r="A735" t="s">
+        <v>2854</v>
+      </c>
+      <c r="B735" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C735" t="s">
+        <v>2855</v>
+      </c>
+      <c r="D735" t="s">
+        <v>10</v>
+      </c>
+      <c r="E735" t="s">
+        <v>11</v>
+      </c>
+      <c r="F735" s="1" t="s">
         <v>2856</v>
       </c>
-      <c r="B735" t="s">
-[...2 lines deleted...]
-      <c r="C735" t="s">
+      <c r="G735" t="s">
         <v>2857</v>
-      </c>
-[...10 lines deleted...]
-        <v>2859</v>
       </c>
     </row>
     <row r="736" spans="1:7">
       <c r="A736" t="s">
+        <v>2858</v>
+      </c>
+      <c r="B736" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C736" t="s">
+        <v>2859</v>
+      </c>
+      <c r="D736" t="s">
+        <v>10</v>
+      </c>
+      <c r="E736" t="s">
+        <v>11</v>
+      </c>
+      <c r="F736" s="1" t="s">
         <v>2860</v>
       </c>
-      <c r="B736" t="s">
-[...2 lines deleted...]
-      <c r="C736" t="s">
+      <c r="G736" t="s">
         <v>2861</v>
-      </c>
-[...10 lines deleted...]
-        <v>2863</v>
       </c>
     </row>
     <row r="737" spans="1:7">
       <c r="A737" t="s">
+        <v>2862</v>
+      </c>
+      <c r="B737" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C737" t="s">
+        <v>2863</v>
+      </c>
+      <c r="D737" t="s">
+        <v>10</v>
+      </c>
+      <c r="E737" t="s">
+        <v>11</v>
+      </c>
+      <c r="F737" s="1" t="s">
         <v>2864</v>
       </c>
-      <c r="B737" t="s">
-[...2 lines deleted...]
-      <c r="C737" t="s">
+      <c r="G737" t="s">
         <v>2865</v>
-      </c>
-[...10 lines deleted...]
-        <v>2867</v>
       </c>
     </row>
     <row r="738" spans="1:7">
       <c r="A738" t="s">
+        <v>2866</v>
+      </c>
+      <c r="B738" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C738" t="s">
+        <v>2867</v>
+      </c>
+      <c r="D738" t="s">
+        <v>10</v>
+      </c>
+      <c r="E738" t="s">
+        <v>11</v>
+      </c>
+      <c r="F738" s="1" t="s">
         <v>2868</v>
       </c>
-      <c r="B738" t="s">
-[...2 lines deleted...]
-      <c r="C738" t="s">
+      <c r="G738" t="s">
         <v>2869</v>
-      </c>
-[...10 lines deleted...]
-        <v>2871</v>
       </c>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" t="s">
+        <v>2870</v>
+      </c>
+      <c r="B739" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C739" t="s">
+        <v>2871</v>
+      </c>
+      <c r="D739" t="s">
+        <v>10</v>
+      </c>
+      <c r="E739" t="s">
+        <v>11</v>
+      </c>
+      <c r="F739" s="1" t="s">
         <v>2872</v>
       </c>
-      <c r="B739" t="s">
-[...2 lines deleted...]
-      <c r="C739" t="s">
+      <c r="G739" t="s">
         <v>2873</v>
-      </c>
-[...10 lines deleted...]
-        <v>2875</v>
       </c>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" t="s">
+        <v>2874</v>
+      </c>
+      <c r="B740" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C740" t="s">
+        <v>2875</v>
+      </c>
+      <c r="D740" t="s">
+        <v>10</v>
+      </c>
+      <c r="E740" t="s">
+        <v>11</v>
+      </c>
+      <c r="F740" s="1" t="s">
         <v>2876</v>
       </c>
-      <c r="B740" t="s">
-[...2 lines deleted...]
-      <c r="C740" t="s">
+      <c r="G740" t="s">
         <v>2877</v>
-      </c>
-[...10 lines deleted...]
-        <v>2879</v>
       </c>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B741" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C741" t="s">
+        <v>2879</v>
+      </c>
+      <c r="D741" t="s">
+        <v>10</v>
+      </c>
+      <c r="E741" t="s">
+        <v>11</v>
+      </c>
+      <c r="F741" s="1" t="s">
         <v>2880</v>
       </c>
-      <c r="B741" t="s">
-[...2 lines deleted...]
-      <c r="C741" t="s">
+      <c r="G741" t="s">
         <v>2881</v>
-      </c>
-[...10 lines deleted...]
-        <v>2879</v>
       </c>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" t="s">
+        <v>2882</v>
+      </c>
+      <c r="B742" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C742" t="s">
         <v>2883</v>
       </c>
-      <c r="B742" t="s">
-[...2 lines deleted...]
-      <c r="C742" t="s">
+      <c r="D742" t="s">
+        <v>10</v>
+      </c>
+      <c r="E742" t="s">
+        <v>11</v>
+      </c>
+      <c r="F742" s="1" t="s">
         <v>2884</v>
       </c>
-      <c r="D742" t="s">
-[...5 lines deleted...]
-      <c r="F742" s="1" t="s">
+      <c r="G742" t="s">
         <v>2885</v>
-      </c>
-[...1 lines deleted...]
-        <v>2886</v>
       </c>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" t="s">
+        <v>2886</v>
+      </c>
+      <c r="B743" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C743" t="s">
         <v>2887</v>
       </c>
-      <c r="B743" t="s">
-[...2 lines deleted...]
-      <c r="C743" t="s">
+      <c r="D743" t="s">
+        <v>10</v>
+      </c>
+      <c r="E743" t="s">
+        <v>11</v>
+      </c>
+      <c r="F743" s="1" t="s">
         <v>2888</v>
       </c>
-      <c r="D743" t="s">
-[...5 lines deleted...]
-      <c r="F743" s="1" t="s">
+      <c r="G743" t="s">
         <v>2889</v>
-      </c>
-[...1 lines deleted...]
-        <v>2890</v>
       </c>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" t="s">
+        <v>2890</v>
+      </c>
+      <c r="B744" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C744" t="s">
         <v>2891</v>
       </c>
-      <c r="B744" t="s">
-[...2 lines deleted...]
-      <c r="C744" t="s">
+      <c r="D744" t="s">
+        <v>10</v>
+      </c>
+      <c r="E744" t="s">
+        <v>11</v>
+      </c>
+      <c r="F744" s="1" t="s">
         <v>2892</v>
       </c>
-      <c r="D744" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G744" t="s">
-        <v>2894</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" t="s">
+        <v>2893</v>
+      </c>
+      <c r="B745" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C745" t="s">
+        <v>2894</v>
+      </c>
+      <c r="D745" t="s">
+        <v>10</v>
+      </c>
+      <c r="E745" t="s">
+        <v>11</v>
+      </c>
+      <c r="F745" s="1" t="s">
         <v>2895</v>
       </c>
-      <c r="B745" t="s">
-[...2 lines deleted...]
-      <c r="C745" t="s">
+      <c r="G745" t="s">
         <v>2896</v>
-      </c>
-[...10 lines deleted...]
-        <v>2867</v>
       </c>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" t="s">
+        <v>2897</v>
+      </c>
+      <c r="B746" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C746" t="s">
         <v>2898</v>
       </c>
-      <c r="B746" t="s">
-[...2 lines deleted...]
-      <c r="C746" t="s">
+      <c r="D746" t="s">
+        <v>10</v>
+      </c>
+      <c r="E746" t="s">
+        <v>11</v>
+      </c>
+      <c r="F746" s="1" t="s">
         <v>2899</v>
       </c>
-      <c r="D746" t="s">
-[...5 lines deleted...]
-      <c r="F746" s="1" t="s">
+      <c r="G746" t="s">
         <v>2900</v>
-      </c>
-[...1 lines deleted...]
-        <v>2901</v>
       </c>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" t="s">
+        <v>2901</v>
+      </c>
+      <c r="B747" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C747" t="s">
         <v>2902</v>
       </c>
-      <c r="B747" t="s">
-[...2 lines deleted...]
-      <c r="C747" t="s">
+      <c r="D747" t="s">
+        <v>10</v>
+      </c>
+      <c r="E747" t="s">
+        <v>11</v>
+      </c>
+      <c r="F747" s="1" t="s">
         <v>2903</v>
       </c>
-      <c r="D747" t="s">
-[...5 lines deleted...]
-      <c r="F747" s="1" t="s">
+      <c r="G747" t="s">
         <v>2904</v>
-      </c>
-[...1 lines deleted...]
-        <v>2905</v>
       </c>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" t="s">
+        <v>2905</v>
+      </c>
+      <c r="B748" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C748" t="s">
         <v>2906</v>
       </c>
-      <c r="B748" t="s">
-[...2 lines deleted...]
-      <c r="C748" t="s">
+      <c r="D748" t="s">
+        <v>10</v>
+      </c>
+      <c r="E748" t="s">
+        <v>11</v>
+      </c>
+      <c r="F748" s="1" t="s">
         <v>2907</v>
       </c>
-      <c r="D748" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G748" t="s">
-        <v>2909</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" t="s">
+        <v>2908</v>
+      </c>
+      <c r="B749" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C749" t="s">
+        <v>2909</v>
+      </c>
+      <c r="D749" t="s">
+        <v>10</v>
+      </c>
+      <c r="E749" t="s">
+        <v>11</v>
+      </c>
+      <c r="F749" s="1" t="s">
         <v>2910</v>
       </c>
-      <c r="B749" t="s">
-[...2 lines deleted...]
-      <c r="C749" t="s">
+      <c r="G749" t="s">
         <v>2911</v>
-      </c>
-[...10 lines deleted...]
-        <v>2913</v>
       </c>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" t="s">
+        <v>2912</v>
+      </c>
+      <c r="B750" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C750" t="s">
+        <v>2913</v>
+      </c>
+      <c r="D750" t="s">
+        <v>10</v>
+      </c>
+      <c r="E750" t="s">
+        <v>11</v>
+      </c>
+      <c r="F750" s="1" t="s">
         <v>2914</v>
       </c>
-      <c r="B750" t="s">
-[...2 lines deleted...]
-      <c r="C750" t="s">
+      <c r="G750" t="s">
         <v>2915</v>
-      </c>
-[...10 lines deleted...]
-        <v>2917</v>
       </c>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" t="s">
+        <v>2916</v>
+      </c>
+      <c r="B751" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C751" t="s">
+        <v>2917</v>
+      </c>
+      <c r="D751" t="s">
+        <v>10</v>
+      </c>
+      <c r="E751" t="s">
+        <v>11</v>
+      </c>
+      <c r="F751" s="1" t="s">
         <v>2918</v>
       </c>
-      <c r="B751" t="s">
-[...2 lines deleted...]
-      <c r="C751" t="s">
+      <c r="G751" t="s">
         <v>2919</v>
-      </c>
-[...10 lines deleted...]
-        <v>2921</v>
       </c>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" t="s">
+        <v>2920</v>
+      </c>
+      <c r="B752" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C752" t="s">
+        <v>2921</v>
+      </c>
+      <c r="D752" t="s">
+        <v>10</v>
+      </c>
+      <c r="E752" t="s">
+        <v>11</v>
+      </c>
+      <c r="F752" s="1" t="s">
         <v>2922</v>
       </c>
-      <c r="B752" t="s">
-[...2 lines deleted...]
-      <c r="C752" t="s">
+      <c r="G752" t="s">
         <v>2923</v>
-      </c>
-[...10 lines deleted...]
-        <v>2925</v>
       </c>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" t="s">
+        <v>2924</v>
+      </c>
+      <c r="B753" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C753" t="s">
+        <v>2925</v>
+      </c>
+      <c r="D753" t="s">
+        <v>10</v>
+      </c>
+      <c r="E753" t="s">
+        <v>11</v>
+      </c>
+      <c r="F753" s="1" t="s">
         <v>2926</v>
       </c>
-      <c r="B753" t="s">
-[...2 lines deleted...]
-      <c r="C753" t="s">
+      <c r="G753" t="s">
         <v>2927</v>
-      </c>
-[...10 lines deleted...]
-        <v>2929</v>
       </c>
     </row>
     <row r="754" spans="1:7">
       <c r="A754" t="s">
+        <v>2928</v>
+      </c>
+      <c r="B754" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C754" t="s">
+        <v>2929</v>
+      </c>
+      <c r="D754" t="s">
+        <v>10</v>
+      </c>
+      <c r="E754" t="s">
+        <v>11</v>
+      </c>
+      <c r="F754" s="1" t="s">
         <v>2930</v>
       </c>
-      <c r="B754" t="s">
-[...2 lines deleted...]
-      <c r="C754" t="s">
+      <c r="G754" t="s">
         <v>2931</v>
-      </c>
-[...10 lines deleted...]
-        <v>2933</v>
       </c>
     </row>
     <row r="755" spans="1:7">
       <c r="A755" t="s">
+        <v>2932</v>
+      </c>
+      <c r="B755" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C755" t="s">
+        <v>2933</v>
+      </c>
+      <c r="D755" t="s">
+        <v>10</v>
+      </c>
+      <c r="E755" t="s">
+        <v>11</v>
+      </c>
+      <c r="F755" s="1" t="s">
         <v>2934</v>
       </c>
-      <c r="B755" t="s">
-[...2 lines deleted...]
-      <c r="C755" t="s">
+      <c r="G755" t="s">
         <v>2935</v>
-      </c>
-[...10 lines deleted...]
-        <v>2937</v>
       </c>
     </row>
     <row r="756" spans="1:7">
       <c r="A756" t="s">
+        <v>2936</v>
+      </c>
+      <c r="B756" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C756" t="s">
+        <v>2937</v>
+      </c>
+      <c r="D756" t="s">
+        <v>10</v>
+      </c>
+      <c r="E756" t="s">
+        <v>11</v>
+      </c>
+      <c r="F756" s="1" t="s">
         <v>2938</v>
       </c>
-      <c r="B756" t="s">
-[...2 lines deleted...]
-      <c r="C756" t="s">
+      <c r="G756" t="s">
         <v>2939</v>
-      </c>
-[...10 lines deleted...]
-        <v>2941</v>
       </c>
     </row>
     <row r="757" spans="1:7">
       <c r="A757" t="s">
+        <v>2940</v>
+      </c>
+      <c r="B757" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C757" t="s">
+        <v>2941</v>
+      </c>
+      <c r="D757" t="s">
+        <v>10</v>
+      </c>
+      <c r="E757" t="s">
+        <v>11</v>
+      </c>
+      <c r="F757" s="1" t="s">
         <v>2942</v>
       </c>
-      <c r="B757" t="s">
-[...2 lines deleted...]
-      <c r="C757" t="s">
+      <c r="G757" t="s">
         <v>2943</v>
-      </c>
-[...10 lines deleted...]
-        <v>2945</v>
       </c>
     </row>
     <row r="758" spans="1:7">
       <c r="A758" t="s">
+        <v>2944</v>
+      </c>
+      <c r="B758" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C758" t="s">
+        <v>2945</v>
+      </c>
+      <c r="D758" t="s">
+        <v>10</v>
+      </c>
+      <c r="E758" t="s">
+        <v>11</v>
+      </c>
+      <c r="F758" s="1" t="s">
         <v>2946</v>
       </c>
-      <c r="B758" t="s">
-[...2 lines deleted...]
-      <c r="C758" t="s">
+      <c r="G758" t="s">
         <v>2947</v>
-      </c>
-[...10 lines deleted...]
-        <v>2949</v>
       </c>
     </row>
     <row r="759" spans="1:7">
       <c r="A759" t="s">
+        <v>2948</v>
+      </c>
+      <c r="B759" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C759" t="s">
+        <v>2949</v>
+      </c>
+      <c r="D759" t="s">
+        <v>10</v>
+      </c>
+      <c r="E759" t="s">
+        <v>11</v>
+      </c>
+      <c r="F759" s="1" t="s">
         <v>2950</v>
       </c>
-      <c r="B759" t="s">
-[...2 lines deleted...]
-      <c r="C759" t="s">
+      <c r="G759" t="s">
         <v>2951</v>
-      </c>
-[...10 lines deleted...]
-        <v>2953</v>
       </c>
     </row>
     <row r="760" spans="1:7">
       <c r="A760" t="s">
+        <v>2952</v>
+      </c>
+      <c r="B760" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C760" t="s">
+        <v>2953</v>
+      </c>
+      <c r="D760" t="s">
+        <v>10</v>
+      </c>
+      <c r="E760" t="s">
+        <v>11</v>
+      </c>
+      <c r="F760" s="1" t="s">
         <v>2954</v>
       </c>
-      <c r="B760" t="s">
-[...2 lines deleted...]
-      <c r="C760" t="s">
+      <c r="G760" t="s">
         <v>2955</v>
-      </c>
-[...10 lines deleted...]
-        <v>2957</v>
       </c>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" t="s">
+        <v>2956</v>
+      </c>
+      <c r="B761" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C761" t="s">
+        <v>2957</v>
+      </c>
+      <c r="D761" t="s">
+        <v>10</v>
+      </c>
+      <c r="E761" t="s">
+        <v>11</v>
+      </c>
+      <c r="F761" s="1" t="s">
         <v>2958</v>
       </c>
-      <c r="B761" t="s">
-[...2 lines deleted...]
-      <c r="C761" t="s">
+      <c r="G761" t="s">
         <v>2959</v>
-      </c>
-[...10 lines deleted...]
-        <v>2961</v>
       </c>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" t="s">
+        <v>2960</v>
+      </c>
+      <c r="B762" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C762" t="s">
+        <v>2961</v>
+      </c>
+      <c r="D762" t="s">
+        <v>10</v>
+      </c>
+      <c r="E762" t="s">
+        <v>11</v>
+      </c>
+      <c r="F762" s="1" t="s">
         <v>2962</v>
       </c>
-      <c r="B762" t="s">
-[...2 lines deleted...]
-      <c r="C762" t="s">
+      <c r="G762" t="s">
         <v>2963</v>
-      </c>
-[...10 lines deleted...]
-        <v>2965</v>
       </c>
     </row>
     <row r="763" spans="1:7">
       <c r="A763" t="s">
+        <v>2964</v>
+      </c>
+      <c r="B763" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C763" t="s">
+        <v>2965</v>
+      </c>
+      <c r="D763" t="s">
+        <v>10</v>
+      </c>
+      <c r="E763" t="s">
+        <v>11</v>
+      </c>
+      <c r="F763" s="1" t="s">
         <v>2966</v>
       </c>
-      <c r="B763" t="s">
-[...2 lines deleted...]
-      <c r="C763" t="s">
+      <c r="G763" t="s">
         <v>2967</v>
-      </c>
-[...10 lines deleted...]
-        <v>2969</v>
       </c>
     </row>
     <row r="764" spans="1:7">
       <c r="A764" t="s">
+        <v>2968</v>
+      </c>
+      <c r="B764" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C764" t="s">
+        <v>2969</v>
+      </c>
+      <c r="D764" t="s">
+        <v>10</v>
+      </c>
+      <c r="E764" t="s">
+        <v>11</v>
+      </c>
+      <c r="F764" s="1" t="s">
         <v>2970</v>
       </c>
-      <c r="B764" t="s">
-[...2 lines deleted...]
-      <c r="C764" t="s">
+      <c r="G764" t="s">
         <v>2971</v>
-      </c>
-[...10 lines deleted...]
-        <v>2973</v>
       </c>
     </row>
     <row r="765" spans="1:7">
       <c r="A765" t="s">
+        <v>2972</v>
+      </c>
+      <c r="B765" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C765" t="s">
+        <v>2973</v>
+      </c>
+      <c r="D765" t="s">
+        <v>10</v>
+      </c>
+      <c r="E765" t="s">
+        <v>11</v>
+      </c>
+      <c r="F765" s="1" t="s">
         <v>2974</v>
       </c>
-      <c r="B765" t="s">
-[...2 lines deleted...]
-      <c r="C765" t="s">
+      <c r="G765" t="s">
         <v>2975</v>
-      </c>
-[...10 lines deleted...]
-        <v>2977</v>
       </c>
     </row>
     <row r="766" spans="1:7">
       <c r="A766" t="s">
+        <v>2976</v>
+      </c>
+      <c r="B766" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C766" t="s">
+        <v>2977</v>
+      </c>
+      <c r="D766" t="s">
+        <v>10</v>
+      </c>
+      <c r="E766" t="s">
+        <v>11</v>
+      </c>
+      <c r="F766" s="1" t="s">
         <v>2978</v>
       </c>
-      <c r="B766" t="s">
-[...2 lines deleted...]
-      <c r="C766" t="s">
+      <c r="G766" t="s">
         <v>2979</v>
-      </c>
-[...10 lines deleted...]
-        <v>2981</v>
       </c>
     </row>
     <row r="767" spans="1:7">
       <c r="A767" t="s">
+        <v>2980</v>
+      </c>
+      <c r="B767" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C767" t="s">
+        <v>2981</v>
+      </c>
+      <c r="D767" t="s">
+        <v>10</v>
+      </c>
+      <c r="E767" t="s">
+        <v>11</v>
+      </c>
+      <c r="F767" s="1" t="s">
         <v>2982</v>
       </c>
-      <c r="B767" t="s">
-[...2 lines deleted...]
-      <c r="C767" t="s">
+      <c r="G767" t="s">
         <v>2983</v>
-      </c>
-[...10 lines deleted...]
-        <v>2985</v>
       </c>
     </row>
     <row r="768" spans="1:7">
       <c r="A768" t="s">
+        <v>2984</v>
+      </c>
+      <c r="B768" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C768" t="s">
+        <v>2985</v>
+      </c>
+      <c r="D768" t="s">
+        <v>10</v>
+      </c>
+      <c r="E768" t="s">
+        <v>11</v>
+      </c>
+      <c r="F768" s="1" t="s">
         <v>2986</v>
       </c>
-      <c r="B768" t="s">
-[...2 lines deleted...]
-      <c r="C768" t="s">
+      <c r="G768" t="s">
         <v>2987</v>
-      </c>
-[...10 lines deleted...]
-        <v>2989</v>
       </c>
     </row>
     <row r="769" spans="1:7">
       <c r="A769" t="s">
+        <v>2988</v>
+      </c>
+      <c r="B769" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C769" t="s">
+        <v>2989</v>
+      </c>
+      <c r="D769" t="s">
+        <v>10</v>
+      </c>
+      <c r="E769" t="s">
+        <v>11</v>
+      </c>
+      <c r="F769" s="1" t="s">
         <v>2990</v>
       </c>
-      <c r="B769" t="s">
-[...2 lines deleted...]
-      <c r="C769" t="s">
+      <c r="G769" t="s">
         <v>2991</v>
-      </c>
-[...10 lines deleted...]
-        <v>2993</v>
       </c>
     </row>
     <row r="770" spans="1:7">
       <c r="A770" t="s">
+        <v>2992</v>
+      </c>
+      <c r="B770" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C770" t="s">
+        <v>2993</v>
+      </c>
+      <c r="D770" t="s">
+        <v>10</v>
+      </c>
+      <c r="E770" t="s">
+        <v>11</v>
+      </c>
+      <c r="F770" s="1" t="s">
         <v>2994</v>
       </c>
-      <c r="B770" t="s">
-[...2 lines deleted...]
-      <c r="C770" t="s">
+      <c r="G770" t="s">
         <v>2995</v>
-      </c>
-[...10 lines deleted...]
-        <v>2997</v>
       </c>
     </row>
     <row r="771" spans="1:7">
       <c r="A771" t="s">
+        <v>2996</v>
+      </c>
+      <c r="B771" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C771" t="s">
+        <v>2997</v>
+      </c>
+      <c r="D771" t="s">
+        <v>10</v>
+      </c>
+      <c r="E771" t="s">
+        <v>11</v>
+      </c>
+      <c r="F771" s="1" t="s">
         <v>2998</v>
       </c>
-      <c r="B771" t="s">
-[...2 lines deleted...]
-      <c r="C771" t="s">
+      <c r="G771" t="s">
         <v>2999</v>
-      </c>
-[...10 lines deleted...]
-        <v>3001</v>
       </c>
     </row>
     <row r="772" spans="1:7">
       <c r="A772" t="s">
+        <v>3000</v>
+      </c>
+      <c r="B772" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C772" t="s">
+        <v>3001</v>
+      </c>
+      <c r="D772" t="s">
+        <v>10</v>
+      </c>
+      <c r="E772" t="s">
+        <v>11</v>
+      </c>
+      <c r="F772" s="1" t="s">
         <v>3002</v>
       </c>
-      <c r="B772" t="s">
-[...2 lines deleted...]
-      <c r="C772" t="s">
+      <c r="G772" t="s">
         <v>3003</v>
-      </c>
-[...10 lines deleted...]
-        <v>3005</v>
       </c>
     </row>
     <row r="773" spans="1:7">
       <c r="A773" t="s">
+        <v>3004</v>
+      </c>
+      <c r="B773" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C773" t="s">
+        <v>3005</v>
+      </c>
+      <c r="D773" t="s">
+        <v>10</v>
+      </c>
+      <c r="E773" t="s">
+        <v>11</v>
+      </c>
+      <c r="F773" s="1" t="s">
         <v>3006</v>
       </c>
-      <c r="B773" t="s">
-[...2 lines deleted...]
-      <c r="C773" t="s">
+      <c r="G773" t="s">
         <v>3007</v>
-      </c>
-[...10 lines deleted...]
-        <v>3009</v>
       </c>
     </row>
     <row r="774" spans="1:7">
       <c r="A774" t="s">
+        <v>3008</v>
+      </c>
+      <c r="B774" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C774" t="s">
+        <v>3009</v>
+      </c>
+      <c r="D774" t="s">
+        <v>10</v>
+      </c>
+      <c r="E774" t="s">
+        <v>11</v>
+      </c>
+      <c r="F774" s="1" t="s">
         <v>3010</v>
       </c>
-      <c r="B774" t="s">
-[...2 lines deleted...]
-      <c r="C774" t="s">
+      <c r="G774" t="s">
         <v>3011</v>
-      </c>
-[...10 lines deleted...]
-        <v>3013</v>
       </c>
     </row>
     <row r="775" spans="1:7">
       <c r="A775" t="s">
+        <v>3012</v>
+      </c>
+      <c r="B775" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C775" t="s">
+        <v>3013</v>
+      </c>
+      <c r="D775" t="s">
+        <v>10</v>
+      </c>
+      <c r="E775" t="s">
+        <v>11</v>
+      </c>
+      <c r="F775" s="1" t="s">
         <v>3014</v>
       </c>
-      <c r="B775" t="s">
-[...2 lines deleted...]
-      <c r="C775" t="s">
+      <c r="G775" t="s">
         <v>3015</v>
-      </c>
-[...10 lines deleted...]
-        <v>3017</v>
       </c>
     </row>
     <row r="776" spans="1:7">
       <c r="A776" t="s">
+        <v>3016</v>
+      </c>
+      <c r="B776" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C776" t="s">
+        <v>3017</v>
+      </c>
+      <c r="D776" t="s">
+        <v>10</v>
+      </c>
+      <c r="E776" t="s">
+        <v>11</v>
+      </c>
+      <c r="F776" s="1" t="s">
         <v>3018</v>
       </c>
-      <c r="B776" t="s">
-[...2 lines deleted...]
-      <c r="C776" t="s">
+      <c r="G776" t="s">
         <v>3019</v>
-      </c>
-[...10 lines deleted...]
-        <v>3021</v>
       </c>
     </row>
     <row r="777" spans="1:7">
       <c r="A777" t="s">
+        <v>3020</v>
+      </c>
+      <c r="B777" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C777" t="s">
+        <v>3021</v>
+      </c>
+      <c r="D777" t="s">
+        <v>10</v>
+      </c>
+      <c r="E777" t="s">
+        <v>11</v>
+      </c>
+      <c r="F777" s="1" t="s">
         <v>3022</v>
       </c>
-      <c r="B777" t="s">
-[...2 lines deleted...]
-      <c r="C777" t="s">
+      <c r="G777" t="s">
         <v>3023</v>
-      </c>
-[...10 lines deleted...]
-        <v>3025</v>
       </c>
     </row>
     <row r="778" spans="1:7">
       <c r="A778" t="s">
+        <v>3024</v>
+      </c>
+      <c r="B778" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C778" t="s">
+        <v>3025</v>
+      </c>
+      <c r="D778" t="s">
+        <v>10</v>
+      </c>
+      <c r="E778" t="s">
+        <v>11</v>
+      </c>
+      <c r="F778" s="1" t="s">
         <v>3026</v>
       </c>
-      <c r="B778" t="s">
-[...2 lines deleted...]
-      <c r="C778" t="s">
+      <c r="G778" t="s">
         <v>3027</v>
-      </c>
-[...10 lines deleted...]
-        <v>3029</v>
       </c>
     </row>
     <row r="779" spans="1:7">
       <c r="A779" t="s">
+        <v>3028</v>
+      </c>
+      <c r="B779" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C779" t="s">
+        <v>3029</v>
+      </c>
+      <c r="D779" t="s">
+        <v>10</v>
+      </c>
+      <c r="E779" t="s">
+        <v>11</v>
+      </c>
+      <c r="F779" s="1" t="s">
         <v>3030</v>
       </c>
-      <c r="B779" t="s">
-[...2 lines deleted...]
-      <c r="C779" t="s">
+      <c r="G779" t="s">
         <v>3031</v>
-      </c>
-[...10 lines deleted...]
-        <v>3033</v>
       </c>
     </row>
     <row r="780" spans="1:7">
       <c r="A780" t="s">
+        <v>3032</v>
+      </c>
+      <c r="B780" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C780" t="s">
+        <v>3033</v>
+      </c>
+      <c r="D780" t="s">
+        <v>10</v>
+      </c>
+      <c r="E780" t="s">
+        <v>11</v>
+      </c>
+      <c r="F780" s="1" t="s">
         <v>3034</v>
       </c>
-      <c r="B780" t="s">
-[...2 lines deleted...]
-      <c r="C780" t="s">
+      <c r="G780" t="s">
         <v>3035</v>
-      </c>
-[...10 lines deleted...]
-        <v>3037</v>
       </c>
     </row>
     <row r="781" spans="1:7">
       <c r="A781" t="s">
+        <v>3036</v>
+      </c>
+      <c r="B781" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C781" t="s">
+        <v>3037</v>
+      </c>
+      <c r="D781" t="s">
+        <v>10</v>
+      </c>
+      <c r="E781" t="s">
+        <v>11</v>
+      </c>
+      <c r="F781" s="1" t="s">
         <v>3038</v>
       </c>
-      <c r="B781" t="s">
-[...2 lines deleted...]
-      <c r="C781" t="s">
+      <c r="G781" t="s">
         <v>3039</v>
-      </c>
-[...10 lines deleted...]
-        <v>3041</v>
       </c>
     </row>
     <row r="782" spans="1:7">
       <c r="A782" t="s">
+        <v>3040</v>
+      </c>
+      <c r="B782" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C782" t="s">
+        <v>3041</v>
+      </c>
+      <c r="D782" t="s">
+        <v>10</v>
+      </c>
+      <c r="E782" t="s">
+        <v>11</v>
+      </c>
+      <c r="F782" s="1" t="s">
         <v>3042</v>
       </c>
-      <c r="B782" t="s">
-[...2 lines deleted...]
-      <c r="C782" t="s">
+      <c r="G782" t="s">
         <v>3043</v>
-      </c>
-[...10 lines deleted...]
-        <v>3045</v>
       </c>
     </row>
     <row r="783" spans="1:7">
       <c r="A783" t="s">
+        <v>3044</v>
+      </c>
+      <c r="B783" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C783" t="s">
+        <v>3045</v>
+      </c>
+      <c r="D783" t="s">
+        <v>10</v>
+      </c>
+      <c r="E783" t="s">
+        <v>11</v>
+      </c>
+      <c r="F783" s="1" t="s">
         <v>3046</v>
       </c>
-      <c r="B783" t="s">
-[...2 lines deleted...]
-      <c r="C783" t="s">
+      <c r="G783" t="s">
         <v>3047</v>
-      </c>
-[...10 lines deleted...]
-        <v>3049</v>
       </c>
     </row>
     <row r="784" spans="1:7">
       <c r="A784" t="s">
+        <v>3048</v>
+      </c>
+      <c r="B784" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C784" t="s">
+        <v>3049</v>
+      </c>
+      <c r="D784" t="s">
+        <v>10</v>
+      </c>
+      <c r="E784" t="s">
+        <v>11</v>
+      </c>
+      <c r="F784" s="1" t="s">
         <v>3050</v>
       </c>
-      <c r="B784" t="s">
-[...2 lines deleted...]
-      <c r="C784" t="s">
+      <c r="G784" t="s">
         <v>3051</v>
-      </c>
-[...10 lines deleted...]
-        <v>3053</v>
       </c>
     </row>
     <row r="785" spans="1:7">
       <c r="A785" t="s">
+        <v>3052</v>
+      </c>
+      <c r="B785" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C785" t="s">
+        <v>3053</v>
+      </c>
+      <c r="D785" t="s">
+        <v>10</v>
+      </c>
+      <c r="E785" t="s">
+        <v>11</v>
+      </c>
+      <c r="F785" s="1" t="s">
         <v>3054</v>
       </c>
-      <c r="B785" t="s">
-[...2 lines deleted...]
-      <c r="C785" t="s">
+      <c r="G785" t="s">
         <v>3055</v>
-      </c>
-[...10 lines deleted...]
-        <v>3057</v>
       </c>
     </row>
     <row r="786" spans="1:7">
       <c r="A786" t="s">
+        <v>3056</v>
+      </c>
+      <c r="B786" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C786" t="s">
+        <v>3057</v>
+      </c>
+      <c r="D786" t="s">
+        <v>10</v>
+      </c>
+      <c r="E786" t="s">
+        <v>11</v>
+      </c>
+      <c r="F786" s="1" t="s">
         <v>3058</v>
       </c>
-      <c r="B786" t="s">
-[...2 lines deleted...]
-      <c r="C786" t="s">
+      <c r="G786" t="s">
         <v>3059</v>
-      </c>
-[...10 lines deleted...]
-        <v>3061</v>
       </c>
     </row>
     <row r="787" spans="1:7">
       <c r="A787" t="s">
+        <v>3060</v>
+      </c>
+      <c r="B787" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C787" t="s">
+        <v>3061</v>
+      </c>
+      <c r="D787" t="s">
+        <v>10</v>
+      </c>
+      <c r="E787" t="s">
+        <v>11</v>
+      </c>
+      <c r="F787" s="1" t="s">
         <v>3062</v>
       </c>
-      <c r="B787" t="s">
-[...2 lines deleted...]
-      <c r="C787" t="s">
+      <c r="G787" t="s">
         <v>3063</v>
-      </c>
-[...10 lines deleted...]
-        <v>3065</v>
       </c>
     </row>
     <row r="788" spans="1:7">
       <c r="A788" t="s">
+        <v>3064</v>
+      </c>
+      <c r="B788" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C788" t="s">
+        <v>3065</v>
+      </c>
+      <c r="D788" t="s">
+        <v>10</v>
+      </c>
+      <c r="E788" t="s">
+        <v>11</v>
+      </c>
+      <c r="F788" s="1" t="s">
         <v>3066</v>
       </c>
-      <c r="B788" t="s">
-[...2 lines deleted...]
-      <c r="C788" t="s">
+      <c r="G788" t="s">
         <v>3067</v>
-      </c>
-[...10 lines deleted...]
-        <v>3069</v>
       </c>
     </row>
     <row r="789" spans="1:7">
       <c r="A789" t="s">
+        <v>3068</v>
+      </c>
+      <c r="B789" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C789" t="s">
+        <v>3069</v>
+      </c>
+      <c r="D789" t="s">
+        <v>10</v>
+      </c>
+      <c r="E789" t="s">
+        <v>11</v>
+      </c>
+      <c r="F789" s="1" t="s">
         <v>3070</v>
       </c>
-      <c r="B789" t="s">
-[...2 lines deleted...]
-      <c r="C789" t="s">
+      <c r="G789" t="s">
         <v>3071</v>
-      </c>
-[...10 lines deleted...]
-        <v>3073</v>
       </c>
     </row>
     <row r="790" spans="1:7">
       <c r="A790" t="s">
+        <v>3072</v>
+      </c>
+      <c r="B790" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C790" t="s">
+        <v>3073</v>
+      </c>
+      <c r="D790" t="s">
+        <v>10</v>
+      </c>
+      <c r="E790" t="s">
+        <v>11</v>
+      </c>
+      <c r="F790" s="1" t="s">
         <v>3074</v>
       </c>
-      <c r="B790" t="s">
-[...2 lines deleted...]
-      <c r="C790" t="s">
+      <c r="G790" t="s">
         <v>3075</v>
-      </c>
-[...10 lines deleted...]
-        <v>3077</v>
       </c>
     </row>
     <row r="791" spans="1:7">
       <c r="A791" t="s">
+        <v>3076</v>
+      </c>
+      <c r="B791" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C791" t="s">
+        <v>3077</v>
+      </c>
+      <c r="D791" t="s">
+        <v>10</v>
+      </c>
+      <c r="E791" t="s">
+        <v>11</v>
+      </c>
+      <c r="F791" s="1" t="s">
         <v>3078</v>
       </c>
-      <c r="B791" t="s">
-[...2 lines deleted...]
-      <c r="C791" t="s">
+      <c r="G791" t="s">
         <v>3079</v>
-      </c>
-[...10 lines deleted...]
-        <v>3081</v>
       </c>
     </row>
     <row r="792" spans="1:7">
       <c r="A792" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B792" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C792" t="s">
+        <v>3081</v>
+      </c>
+      <c r="D792" t="s">
+        <v>10</v>
+      </c>
+      <c r="E792" t="s">
+        <v>11</v>
+      </c>
+      <c r="F792" s="1" t="s">
         <v>3082</v>
       </c>
-      <c r="B792" t="s">
-[...2 lines deleted...]
-      <c r="C792" t="s">
+      <c r="G792" t="s">
         <v>3083</v>
-      </c>
-[...10 lines deleted...]
-        <v>3085</v>
       </c>
     </row>
     <row r="793" spans="1:7">
       <c r="A793" t="s">
+        <v>3084</v>
+      </c>
+      <c r="B793" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C793" t="s">
+        <v>3085</v>
+      </c>
+      <c r="D793" t="s">
+        <v>10</v>
+      </c>
+      <c r="E793" t="s">
+        <v>11</v>
+      </c>
+      <c r="F793" s="1" t="s">
         <v>3086</v>
       </c>
-      <c r="B793" t="s">
-[...2 lines deleted...]
-      <c r="C793" t="s">
+      <c r="G793" t="s">
         <v>3087</v>
-      </c>
-[...10 lines deleted...]
-        <v>3089</v>
       </c>
     </row>
     <row r="794" spans="1:7">
       <c r="A794" t="s">
+        <v>3088</v>
+      </c>
+      <c r="B794" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C794" t="s">
+        <v>3089</v>
+      </c>
+      <c r="D794" t="s">
+        <v>10</v>
+      </c>
+      <c r="E794" t="s">
+        <v>11</v>
+      </c>
+      <c r="F794" s="1" t="s">
         <v>3090</v>
       </c>
-      <c r="B794" t="s">
-[...2 lines deleted...]
-      <c r="C794" t="s">
+      <c r="G794" t="s">
         <v>3091</v>
-      </c>
-[...10 lines deleted...]
-        <v>3093</v>
       </c>
     </row>
     <row r="795" spans="1:7">
       <c r="A795" t="s">
+        <v>3092</v>
+      </c>
+      <c r="B795" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C795" t="s">
+        <v>3093</v>
+      </c>
+      <c r="D795" t="s">
+        <v>10</v>
+      </c>
+      <c r="E795" t="s">
+        <v>11</v>
+      </c>
+      <c r="F795" s="1" t="s">
         <v>3094</v>
       </c>
-      <c r="B795" t="s">
-[...2 lines deleted...]
-      <c r="C795" t="s">
+      <c r="G795" t="s">
         <v>3095</v>
       </c>
-      <c r="D795" t="s">
-[...5 lines deleted...]
-      <c r="F795" s="1" t="s">
+    </row>
+    <row r="796" spans="1:7">
+      <c r="A796" t="s">
         <v>3096</v>
       </c>
-      <c r="G795" t="s">
+      <c r="B796" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C796" t="s">
         <v>3097</v>
+      </c>
+      <c r="D796" t="s">
+        <v>10</v>
+      </c>
+      <c r="E796" t="s">
+        <v>11</v>
+      </c>
+      <c r="F796" s="1" t="s">
+        <v>3098</v>
+      </c>
+      <c r="G796" t="s">
+        <v>3099</v>
+      </c>
+    </row>
+    <row r="797" spans="1:7">
+      <c r="A797" t="s">
+        <v>3100</v>
+      </c>
+      <c r="B797" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C797" t="s">
+        <v>3101</v>
+      </c>
+      <c r="D797" t="s">
+        <v>10</v>
+      </c>
+      <c r="E797" t="s">
+        <v>11</v>
+      </c>
+      <c r="F797" s="1" t="s">
+        <v>3102</v>
+      </c>
+      <c r="G797" t="s">
+        <v>3103</v>
+      </c>
+    </row>
+    <row r="798" spans="1:7">
+      <c r="A798" t="s">
+        <v>3104</v>
+      </c>
+      <c r="B798" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C798" t="s">
+        <v>3105</v>
+      </c>
+      <c r="D798" t="s">
+        <v>10</v>
+      </c>
+      <c r="E798" t="s">
+        <v>11</v>
+      </c>
+      <c r="F798" s="1" t="s">
+        <v>3106</v>
+      </c>
+      <c r="G798" t="s">
+        <v>3107</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -28898,50 +28997,53 @@
     <hyperlink ref="F771" r:id="rId770"/>
     <hyperlink ref="F772" r:id="rId771"/>
     <hyperlink ref="F773" r:id="rId772"/>
     <hyperlink ref="F774" r:id="rId773"/>
     <hyperlink ref="F775" r:id="rId774"/>
     <hyperlink ref="F776" r:id="rId775"/>
     <hyperlink ref="F777" r:id="rId776"/>
     <hyperlink ref="F778" r:id="rId777"/>
     <hyperlink ref="F779" r:id="rId778"/>
     <hyperlink ref="F780" r:id="rId779"/>
     <hyperlink ref="F781" r:id="rId780"/>
     <hyperlink ref="F782" r:id="rId781"/>
     <hyperlink ref="F783" r:id="rId782"/>
     <hyperlink ref="F784" r:id="rId783"/>
     <hyperlink ref="F785" r:id="rId784"/>
     <hyperlink ref="F786" r:id="rId785"/>
     <hyperlink ref="F787" r:id="rId786"/>
     <hyperlink ref="F788" r:id="rId787"/>
     <hyperlink ref="F789" r:id="rId788"/>
     <hyperlink ref="F790" r:id="rId789"/>
     <hyperlink ref="F791" r:id="rId790"/>
     <hyperlink ref="F792" r:id="rId791"/>
     <hyperlink ref="F793" r:id="rId792"/>
     <hyperlink ref="F794" r:id="rId793"/>
     <hyperlink ref="F795" r:id="rId794"/>
+    <hyperlink ref="F796" r:id="rId795"/>
+    <hyperlink ref="F797" r:id="rId796"/>
+    <hyperlink ref="F798" r:id="rId797"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>